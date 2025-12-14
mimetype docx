--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -1,63 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabladelista31"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1" w:tblpY="1435"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7146"/>
       </w:tblGrid>
       <w:tr w:rsidR="00700DF7" w:rsidRPr="00C21059" w14:paraId="76E3F1CD" w14:textId="77777777" w:rsidTr="005E3F29">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A59ECF3" w14:textId="77777777" w:rsidR="00700DF7" w:rsidRPr="00E116A1" w:rsidRDefault="00AE0F4A" w:rsidP="005E3F29">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
@@ -86,51 +90,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CA97DB4" w14:textId="77777777" w:rsidR="005E3F29" w:rsidRDefault="005E3F29" w:rsidP="005E3F29">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B74530D" wp14:editId="18A2F7AF">
             <wp:extent cx="1945424" cy="209550"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1794728604" name="Imatge 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2029237" cy="218578"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1287,285 +1291,267 @@
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>s</w:t>
               </w:r>
               <w:r w:rsidR="007F3F67" w:rsidRPr="002F1EE1">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>criure text</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="000E5AEF" w:rsidRPr="003C197C" w:rsidSect="00B961A2">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="8" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="8" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="8" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="8" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D6D326F" w14:textId="77777777" w:rsidR="006C54A6" w:rsidRDefault="006C54A6" w:rsidP="00E85EB4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3FBCDE34" w14:textId="77777777" w:rsidR="006C54A6" w:rsidRDefault="006C54A6" w:rsidP="00E85EB4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 55 Roman">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="494DC1EE" w14:textId="77777777" w:rsidR="00A50FE2" w:rsidRDefault="00A50FE2">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="23E83800" w14:textId="77777777" w:rsidR="006815A1" w:rsidRPr="00C21059" w:rsidRDefault="006815A1" w:rsidP="006815A1">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1EB91CC9" w14:textId="77777777" w:rsidR="006815A1" w:rsidRDefault="006815A1" w:rsidP="009D0881">
+  <w:p w14:paraId="1EB91CC9" w14:textId="2B24F188" w:rsidR="006815A1" w:rsidRDefault="006815A1" w:rsidP="009D0881">
     <w:pPr>
       <w:ind w:left="-540" w:right="-470"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00702E61">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Edifici A · Campus de la UAB ·08193 Bellaterra </w:t>
     </w:r>
     <w:r w:rsidR="009D0881">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="009D0881">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="009D0881">
+    <w:r w:rsidR="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="009D0881">
+    <w:r w:rsidR="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="009D0881">
+    <w:r w:rsidR="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="009D0881">
+    <w:r w:rsidR="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B71664">
+    <w:r w:rsidR="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">      </w:t>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B71664">
-[...17 lines deleted...]
-    <w:r w:rsidR="00992733" w:rsidRPr="00702E61">
+    <w:r w:rsidR="00212B8C" w:rsidRPr="00212B8C">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>agp.vinculacions.pdi@uab.cat</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3E921B1E" w14:textId="77777777" w:rsidR="006815A1" w:rsidRDefault="006815A1" w:rsidP="009D0881">
     <w:pPr>
       <w:ind w:left="-540" w:right="-470"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00702E61">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>(Cerdanyola del Vallès) · Barcelona · Spain</w:t>
     </w:r>
     <w:r w:rsidR="009D0881">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -1637,110 +1623,110 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A50FE2">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="06272E69" w14:textId="77777777" w:rsidR="006815A1" w:rsidRPr="006815A1" w:rsidRDefault="006815A1" w:rsidP="009D0881">
     <w:pPr>
       <w:ind w:left="-540"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica 55 Roman" w:hAnsi="Helvetica 55 Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4353AAD7" w14:textId="77777777" w:rsidR="00A50FE2" w:rsidRDefault="00A50FE2">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="750D52A4" w14:textId="77777777" w:rsidR="006C54A6" w:rsidRDefault="006C54A6" w:rsidP="00E85EB4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="762F9893" w14:textId="77777777" w:rsidR="006C54A6" w:rsidRDefault="006C54A6" w:rsidP="00E85EB4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FA0D490" w14:textId="77777777" w:rsidR="00A50FE2" w:rsidRDefault="00A50FE2">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54D76583" w14:textId="77777777" w:rsidR="00B961A2" w:rsidRDefault="00B961A2" w:rsidP="00CE222C">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4067198A" w14:textId="77777777" w:rsidR="00A50FE2" w:rsidRDefault="00A50FE2">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C0345DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A45CF716"/>
     <w:lvl w:ilvl="0" w:tplc="04030001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2168,59 +2154,59 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="601379369">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2060661893">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1292439058">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="903761164">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B71494"/>
     <w:rsid w:val="0002372C"/>
     <w:rsid w:val="00032FB8"/>
     <w:rsid w:val="00035D35"/>
     <w:rsid w:val="00041A0E"/>
     <w:rsid w:val="000475C9"/>
     <w:rsid w:val="00055D9F"/>
@@ -2231,50 +2217,51 @@
     <w:rsid w:val="00096B84"/>
     <w:rsid w:val="000A6B91"/>
     <w:rsid w:val="000B4E1B"/>
     <w:rsid w:val="000D0C9C"/>
     <w:rsid w:val="000D6052"/>
     <w:rsid w:val="000E5AEF"/>
     <w:rsid w:val="000F2EDA"/>
     <w:rsid w:val="0010007F"/>
     <w:rsid w:val="001119E6"/>
     <w:rsid w:val="00120D7C"/>
     <w:rsid w:val="0013000A"/>
     <w:rsid w:val="00136BC4"/>
     <w:rsid w:val="001466E1"/>
     <w:rsid w:val="0017270D"/>
     <w:rsid w:val="00191673"/>
     <w:rsid w:val="00194A1E"/>
     <w:rsid w:val="0019584B"/>
     <w:rsid w:val="001A0301"/>
     <w:rsid w:val="001A11AF"/>
     <w:rsid w:val="001B706D"/>
     <w:rsid w:val="001E114F"/>
     <w:rsid w:val="001F4273"/>
     <w:rsid w:val="001F5AC2"/>
     <w:rsid w:val="0020037D"/>
     <w:rsid w:val="00205E93"/>
+    <w:rsid w:val="00212B8C"/>
     <w:rsid w:val="0021754F"/>
     <w:rsid w:val="00220CB2"/>
     <w:rsid w:val="00246181"/>
     <w:rsid w:val="00247D8D"/>
     <w:rsid w:val="00261DBA"/>
     <w:rsid w:val="00263157"/>
     <w:rsid w:val="00272282"/>
     <w:rsid w:val="0027515B"/>
     <w:rsid w:val="00282324"/>
     <w:rsid w:val="00293BFE"/>
     <w:rsid w:val="002A36B5"/>
     <w:rsid w:val="002E72B5"/>
     <w:rsid w:val="00310BA2"/>
     <w:rsid w:val="00315F4D"/>
     <w:rsid w:val="00337A06"/>
     <w:rsid w:val="00340D98"/>
     <w:rsid w:val="0036049A"/>
     <w:rsid w:val="00362605"/>
     <w:rsid w:val="003713CE"/>
     <w:rsid w:val="003747D9"/>
     <w:rsid w:val="003A16E0"/>
     <w:rsid w:val="003A7988"/>
     <w:rsid w:val="003C095C"/>
     <w:rsid w:val="003C197C"/>
     <w:rsid w:val="003C370E"/>
@@ -2427,50 +2414,51 @@
     <w:rsid w:val="00B961A2"/>
     <w:rsid w:val="00BA7244"/>
     <w:rsid w:val="00BA7B34"/>
     <w:rsid w:val="00BB4D04"/>
     <w:rsid w:val="00BC2863"/>
     <w:rsid w:val="00BE1CA6"/>
     <w:rsid w:val="00BE677D"/>
     <w:rsid w:val="00BF0369"/>
     <w:rsid w:val="00BF0AB6"/>
     <w:rsid w:val="00BF14AC"/>
     <w:rsid w:val="00BF7684"/>
     <w:rsid w:val="00C01F00"/>
     <w:rsid w:val="00C1445B"/>
     <w:rsid w:val="00C17114"/>
     <w:rsid w:val="00C21059"/>
     <w:rsid w:val="00C50690"/>
     <w:rsid w:val="00C77DFC"/>
     <w:rsid w:val="00C96CB3"/>
     <w:rsid w:val="00CA6354"/>
     <w:rsid w:val="00CC0143"/>
     <w:rsid w:val="00CC12A4"/>
     <w:rsid w:val="00CC3850"/>
     <w:rsid w:val="00CC3D83"/>
     <w:rsid w:val="00CC496A"/>
     <w:rsid w:val="00CD7996"/>
+    <w:rsid w:val="00CE1AC2"/>
     <w:rsid w:val="00CE222C"/>
     <w:rsid w:val="00CE6FA0"/>
     <w:rsid w:val="00D02E82"/>
     <w:rsid w:val="00D04325"/>
     <w:rsid w:val="00D1358A"/>
     <w:rsid w:val="00D27163"/>
     <w:rsid w:val="00D30A35"/>
     <w:rsid w:val="00D35613"/>
     <w:rsid w:val="00D5203C"/>
     <w:rsid w:val="00D65524"/>
     <w:rsid w:val="00D750A6"/>
     <w:rsid w:val="00D77429"/>
     <w:rsid w:val="00D85A9A"/>
     <w:rsid w:val="00D87834"/>
     <w:rsid w:val="00D9614B"/>
     <w:rsid w:val="00DC2111"/>
     <w:rsid w:val="00DC375B"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DE0723"/>
     <w:rsid w:val="00DE2848"/>
     <w:rsid w:val="00DE5968"/>
     <w:rsid w:val="00DF0FA7"/>
     <w:rsid w:val="00DF6EE6"/>
     <w:rsid w:val="00DF7540"/>
     <w:rsid w:val="00E116A1"/>
@@ -2496,64 +2484,64 @@
     <w:rsid w:val="00F66F31"/>
     <w:rsid w:val="00F8158D"/>
     <w:rsid w:val="00F8581A"/>
     <w:rsid w:val="00FA71F9"/>
     <w:rsid w:val="00FC7D5F"/>
     <w:rsid w:val="00FE18C0"/>
     <w:rsid w:val="00FE21F7"/>
     <w:rsid w:val="00FF3C01"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="593A2A14"/>
   <w15:docId w15:val="{9F4B6461-32D2-415F-A849-F52A12E1F239}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3448,82 +3436,82 @@
     <w:name w:val="Estilo3"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00587F0B"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Enlla">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="006815A1"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1711882877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="63A70367FEBF4F1E8F0FAAAEED8BEB59"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EE31FA46-872F-4DFA-AF08-EDDE168AB1C3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00431784" w:rsidRDefault="00431784" w:rsidP="00431784">
           <w:pPr>
             <w:pStyle w:val="63A70367FEBF4F1E8F0FAAAEED8BEB593"/>
           </w:pPr>
           <w:r w:rsidRPr="002F1EE1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
@@ -3542,175 +3530,188 @@
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>s</w:t>
           </w:r>
           <w:r w:rsidRPr="002F1EE1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:iCs/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>criure text</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 55 Roman">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B17489"/>
     <w:rsid w:val="0023445F"/>
     <w:rsid w:val="002B43CB"/>
     <w:rsid w:val="00431784"/>
     <w:rsid w:val="008B30FE"/>
     <w:rsid w:val="009D76CA"/>
     <w:rsid w:val="00B17489"/>
+    <w:rsid w:val="00CE1AC2"/>
     <w:rsid w:val="00CE3B2F"/>
     <w:rsid w:val="00EA47E1"/>
     <w:rsid w:val="00ED2EAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4116,51 +4117,51 @@
   <w:style w:type="character" w:styleId="Textdelcontenidor">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00431784"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="63A70367FEBF4F1E8F0FAAAEED8BEB593">
     <w:name w:val="63A70367FEBF4F1E8F0FAAAEED8BEB593"/>
     <w:rsid w:val="00431784"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4387,83 +4388,431 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4af69165-b505-481b-9011-f24b730a8c49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0c41f792-b750-44f5-ae1e-577e00342cf2" xsi:nil="true"/>
+    <SharedWithUsers xmlns="0c41f792-b750-44f5-ae1e-577e00342cf2">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="4af69165-b505-481b-9011-f24b730a8c49" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004854BA6528C73A499BC16285B8E173DC" ma:contentTypeVersion="18" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="69667b425bb77fa1bf6b9b8532724ae9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4af69165-b505-481b-9011-f24b730a8c49" xmlns:ns3="0c41f792-b750-44f5-ae1e-577e00342cf2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a648c8b54d087f3e90dbd1e0437413df" ns2:_="" ns3:_="">
+    <xsd:import namespace="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <xsd:import namespace="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4af69165-b505-481b-9011-f24b730a8c49" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetes de la imatge" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="34c01127-bdf0-454e-9077-a20ba63b60ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0c41f792-b750-44f5-ae1e-577e00342cf2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Compartit amb" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="S'ha compartit amb detalls" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{bd509e3e-3285-4e05-9994-47d8446c3dac}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0c41f792-b750-44f5-ae1e-577e00342cf2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipus de contingut"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Títol"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F0915E4-CEC4-4834-ADE8-A43DFB1595D7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <ds:schemaRef ds:uri="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B953C6E-5A43-4149-93E4-8919F90FA217}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{368082AC-2570-461A-9048-A53371562991}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9846036-25F9-4AE4-8D5E-AC109E5CCA0B}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>83</Words>
-  <Characters>459</Characters>
+  <Words>80</Words>
+  <Characters>462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>541</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Joan Farre Vila</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004854BA6528C73A499BC16285B8E173DC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>107218200</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>