--- v0 (2025-10-17)
+++ v1 (2025-12-25)
@@ -7,66 +7,66 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\2040548\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3CC58C2F-2B67-4D14-A6DD-E2240D60650C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67CC234D-4A45-4AFF-85D9-EEE54A9AB758}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{24CE785A-C8EF-4F3F-949F-C17B710F2806}"/>
   </bookViews>
   <sheets>
     <sheet name="PMP 2025" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'PMP 2025'!$B$1:$P$54</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'PMP 2025'!$B$3:$P$56</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Ràtio operacions pagades</t>
@@ -464,50 +464,56 @@
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>6.24</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6.37</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>7.97</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>6.25</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.42</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5.04</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2.33</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>5.78</c:v>
                 </c:pt>
+                <c:pt idx="9">
+                  <c:v>5.84</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.48</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-134E-46CF-9321-10601F8ADCF8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'PMP 2025'!$C$17</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Ràtio operacions pendents  de pagament</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -577,50 +583,56 @@
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.96</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.74</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1.52</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2.69</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2.5099999999999998</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>9.6300000000000008</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>1.65</c:v>
                 </c:pt>
+                <c:pt idx="9">
+                  <c:v>1.65</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2.89</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-134E-46CF-9321-10601F8ADCF8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'PMP 2025'!$C$19</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>PMP  mensual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -689,50 +701,56 @@
                   <c:v>10.27</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>4.83</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.73</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>6.81</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.98</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.08</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>5.04</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>9.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>5.07</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5.27</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.09</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-134E-46CF-9321-10601F8ADCF8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="932873791"/>
         <c:axId val="932884191"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredLineSeries>
@@ -1836,51 +1854,51 @@
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>876300</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>133351</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1445725</xdr:colOff>
+      <xdr:colOff>1293325</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>38101</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imatge 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3548CB5D-68C2-41DD-A601-283FAB5FAF2D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
@@ -2186,60 +2204,59 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9E09636-AC9E-4CF8-8DE9-A1F2E3EA11B1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:O28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N6" sqref="N6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="12.7109375" customWidth="1"/>
+    <col min="2" max="2" width="15.42578125" customWidth="1"/>
     <col min="3" max="3" width="45.140625" customWidth="1"/>
-    <col min="4" max="11" width="10.42578125" customWidth="1"/>
-    <col min="12" max="15" width="12.7109375" customWidth="1"/>
+    <col min="4" max="15" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="2:15" x14ac:dyDescent="0.25">
       <c r="C2" s="2"/>
     </row>
     <row r="3" spans="2:15" x14ac:dyDescent="0.25">
       <c r="F3" s="3"/>
     </row>
     <row r="5" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:15" x14ac:dyDescent="0.25">
       <c r="G6" s="4"/>
     </row>
     <row r="7" spans="2:15" x14ac:dyDescent="0.25">
       <c r="G7" s="4"/>
     </row>
     <row r="8" spans="2:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G8" s="4"/>
     </row>
     <row r="9" spans="2:15" x14ac:dyDescent="0.25">
       <c r="G9" s="4"/>
     </row>
     <row r="10" spans="2:15" ht="18.75" x14ac:dyDescent="0.3">
@@ -2329,178 +2346,190 @@
       </c>
       <c r="E16" s="16">
         <v>6.24</v>
       </c>
       <c r="F16" s="16">
         <v>6.37</v>
       </c>
       <c r="G16" s="16">
         <v>7.97</v>
       </c>
       <c r="H16" s="16">
         <v>6.25</v>
       </c>
       <c r="I16" s="16">
         <v>6.42</v>
       </c>
       <c r="J16" s="16">
         <v>5.04</v>
       </c>
       <c r="K16" s="16">
         <v>2.33</v>
       </c>
       <c r="L16" s="16">
         <v>5.78</v>
       </c>
-      <c r="M16" s="16"/>
-      <c r="N16" s="16"/>
+      <c r="M16" s="16">
+        <v>5.84</v>
+      </c>
+      <c r="N16" s="16">
+        <v>5.48</v>
+      </c>
       <c r="O16" s="16"/>
     </row>
     <row r="17" spans="3:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C17" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="12">
         <v>2.34</v>
       </c>
       <c r="E17" s="16">
         <v>0.96</v>
       </c>
       <c r="F17" s="16">
         <v>1.74</v>
       </c>
       <c r="G17" s="16">
         <v>1.52</v>
       </c>
       <c r="H17" s="16">
         <v>2.69</v>
       </c>
       <c r="I17" s="16">
         <v>2.5099999999999998</v>
       </c>
       <c r="J17" s="16">
         <v>0</v>
       </c>
       <c r="K17" s="16">
         <v>9.6300000000000008</v>
       </c>
       <c r="L17" s="16">
         <v>1.65</v>
       </c>
-      <c r="M17" s="16"/>
-      <c r="N17" s="16"/>
+      <c r="M17" s="16">
+        <v>1.65</v>
+      </c>
+      <c r="N17" s="16">
+        <v>2.89</v>
+      </c>
       <c r="O17" s="16"/>
     </row>
     <row r="18" spans="3:15" x14ac:dyDescent="0.25">
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="12"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="12"/>
       <c r="M18" s="12"/>
       <c r="N18" s="12"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="3:15" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C19" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="15">
         <v>10.27</v>
       </c>
       <c r="E19" s="15">
         <v>4.83</v>
       </c>
       <c r="F19" s="15">
         <v>5.73</v>
       </c>
       <c r="G19" s="15">
         <v>6.81</v>
       </c>
       <c r="H19" s="15">
         <v>5.98</v>
       </c>
       <c r="I19" s="15">
         <v>6.08</v>
       </c>
       <c r="J19" s="15">
         <v>5.04</v>
       </c>
       <c r="K19" s="15">
         <v>9.1999999999999993</v>
       </c>
       <c r="L19" s="15">
         <v>5.07</v>
       </c>
-      <c r="M19" s="15"/>
-      <c r="N19" s="15"/>
+      <c r="M19" s="15">
+        <v>5.27</v>
+      </c>
+      <c r="N19" s="15">
+        <v>5.09</v>
+      </c>
       <c r="O19" s="15"/>
     </row>
     <row r="20" spans="3:15" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C21" s="6"/>
     </row>
     <row r="28" spans="3:15" ht="18.75" x14ac:dyDescent="0.3">
       <c r="C28" s="7" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="17" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="59b829f41b07b581b8f8bac0cedfbc1f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="94e4a82d8c3cced668c34dce2ff30e9b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="17" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="9e684930e17bd1b3633966829addcf82">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fb480f543c9d5c9fe4379cb077a75ca" ns2:_="" ns3:_="">
     <xsd:import namespace="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <xsd:import namespace="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2723,81 +2752,81 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2880072C-C6D8-48F0-9C9F-CD101B6636B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0CE0DC4-DEC9-447C-9BF4-5618DCE0BF28}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06F7D5CF-87AA-4D35-8083-173D747297DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B626E8CA-BA80-4972-98A8-D536306AEE24}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervals amb nom</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>