--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -4,88 +4,91 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/UISAD377/Documentos compartidos/General/TERCER CICLE/MUF/CALENDARI/2526/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1297" documentId="13_ncr:1_{C5A3680F-EB58-43AE-B35F-72552A764E66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F61D7593-411D-415E-9AB7-F7880EC387D8}"/>
+  <xr:revisionPtr revIDLastSave="1432" documentId="13_ncr:1_{C5A3680F-EB58-43AE-B35F-72552A764E66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBD3149C-C307-46D4-A862-A7EE19A3A15D}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="33525" yWindow="1245" windowWidth="21600" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
     <sheet name="Full2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L42" i="1" l="1"/>
+  <c r="M11" i="1" l="1"/>
+  <c r="L119" i="1"/>
+  <c r="L49" i="1"/>
+  <c r="L42" i="1"/>
   <c r="L122" i="1"/>
   <c r="L123" i="1"/>
   <c r="M123" i="1" s="1"/>
   <c r="F125" i="1"/>
   <c r="L125" i="1"/>
   <c r="F164" i="1" l="1"/>
   <c r="G164" i="1" s="1"/>
   <c r="G163" i="1"/>
   <c r="L158" i="1"/>
   <c r="L152" i="1" l="1"/>
   <c r="L84" i="1" l="1"/>
   <c r="M84" i="1" s="1"/>
   <c r="L151" i="1" l="1"/>
   <c r="L146" i="1"/>
   <c r="M146" i="1" s="1"/>
   <c r="L139" i="1"/>
   <c r="M139" i="1" s="1"/>
   <c r="M140" i="1" s="1"/>
   <c r="F53" i="1" l="1"/>
   <c r="F54" i="1" s="1"/>
   <c r="F55" i="1" s="1"/>
   <c r="F73" i="1"/>
   <c r="G73" i="1" s="1"/>
   <c r="F64" i="1"/>
   <c r="F65" i="1" s="1"/>
@@ -209,155 +212,145 @@
   <c r="L118" i="1"/>
   <c r="M118" i="1" s="1"/>
   <c r="L117" i="1"/>
   <c r="L115" i="1"/>
   <c r="L112" i="1"/>
   <c r="L111" i="1"/>
   <c r="F111" i="1"/>
   <c r="F112" i="1" s="1"/>
   <c r="L110" i="1"/>
   <c r="M110" i="1" s="1"/>
   <c r="G110" i="1"/>
   <c r="F95" i="1"/>
   <c r="F96" i="1" s="1"/>
   <c r="F97" i="1" s="1"/>
   <c r="F98" i="1" s="1"/>
   <c r="F99" i="1" s="1"/>
   <c r="F100" i="1" s="1"/>
   <c r="F101" i="1" s="1"/>
   <c r="F102" i="1" s="1"/>
   <c r="F103" i="1" s="1"/>
   <c r="F104" i="1" s="1"/>
   <c r="F105" i="1" s="1"/>
   <c r="F106" i="1" s="1"/>
   <c r="F107" i="1" s="1"/>
   <c r="F108" i="1" s="1"/>
-  <c r="L90" i="1"/>
   <c r="L89" i="1"/>
   <c r="F90" i="1"/>
   <c r="F91" i="1" s="1"/>
   <c r="F92" i="1" s="1"/>
   <c r="F93" i="1" s="1"/>
   <c r="L88" i="1"/>
   <c r="G89" i="1"/>
   <c r="F88" i="1"/>
   <c r="L87" i="1"/>
   <c r="L70" i="1"/>
   <c r="L69" i="1"/>
   <c r="M69" i="1" s="1"/>
   <c r="M66" i="1"/>
   <c r="L63" i="1"/>
   <c r="G63" i="1"/>
   <c r="L62" i="1"/>
   <c r="L61" i="1"/>
   <c r="L60" i="1"/>
   <c r="M60" i="1" s="1"/>
   <c r="F60" i="1"/>
   <c r="G60" i="1" s="1"/>
   <c r="L59" i="1"/>
   <c r="G59" i="1"/>
   <c r="L55" i="1"/>
   <c r="L54" i="1"/>
   <c r="L53" i="1"/>
   <c r="L52" i="1"/>
   <c r="L48" i="1"/>
   <c r="L47" i="1"/>
   <c r="L46" i="1"/>
   <c r="L45" i="1"/>
   <c r="M45" i="1" s="1"/>
   <c r="F47" i="1"/>
-  <c r="L41" i="1"/>
   <c r="L39" i="1"/>
   <c r="L38" i="1"/>
   <c r="L35" i="1"/>
   <c r="L34" i="1"/>
   <c r="L33" i="1"/>
   <c r="L32" i="1"/>
   <c r="L31" i="1"/>
   <c r="M31" i="1" s="1"/>
   <c r="F31" i="1"/>
   <c r="G31" i="1" s="1"/>
   <c r="F26" i="1"/>
   <c r="F27" i="1" s="1"/>
-  <c r="L20" i="1"/>
   <c r="G20" i="1"/>
   <c r="L19" i="1"/>
   <c r="G19" i="1"/>
   <c r="L18" i="1"/>
   <c r="L17" i="1"/>
   <c r="L14" i="1"/>
   <c r="F16" i="1"/>
   <c r="F17" i="1" s="1"/>
   <c r="G15" i="1"/>
   <c r="G14" i="1"/>
   <c r="L13" i="1"/>
   <c r="M13" i="1" s="1"/>
   <c r="L12" i="1"/>
   <c r="F9" i="1"/>
   <c r="F12" i="1" s="1"/>
   <c r="L7" i="1"/>
   <c r="G8" i="1"/>
   <c r="F4" i="1"/>
   <c r="F5" i="1" s="1"/>
   <c r="L3" i="1"/>
   <c r="M3" i="1" s="1"/>
   <c r="G3" i="1"/>
   <c r="L2" i="1"/>
   <c r="M2" i="1" s="1"/>
   <c r="G2" i="1"/>
-  <c r="M4" i="1" l="1"/>
-  <c r="M46" i="1"/>
+  <c r="M46" i="1" l="1"/>
   <c r="M47" i="1" s="1"/>
-  <c r="M52" i="1"/>
-  <c r="M53" i="1" s="1"/>
+  <c r="M53" i="1"/>
   <c r="M54" i="1" s="1"/>
   <c r="M55" i="1" s="1"/>
   <c r="M14" i="1"/>
   <c r="M17" i="1" s="1"/>
   <c r="M18" i="1" s="1"/>
   <c r="M19" i="1" s="1"/>
-  <c r="M20" i="1" s="1"/>
   <c r="M35" i="1"/>
   <c r="M38" i="1" s="1"/>
   <c r="G9" i="1"/>
   <c r="G5" i="1"/>
   <c r="F6" i="1"/>
   <c r="G6" i="1" s="1"/>
   <c r="M70" i="1"/>
   <c r="G4" i="1"/>
-  <c r="M87" i="1"/>
-  <c r="M88" i="1" s="1"/>
+  <c r="M88" i="1"/>
   <c r="M89" i="1" s="1"/>
-  <c r="M90" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="M12" i="1" s="1"/>
+  <c r="M12" i="1"/>
   <c r="M32" i="1"/>
   <c r="M33" i="1" s="1"/>
   <c r="G90" i="1"/>
   <c r="F32" i="1"/>
-  <c r="M41" i="1"/>
-  <c r="M42" i="1" s="1"/>
+  <c r="M42" i="1"/>
   <c r="G17" i="1"/>
   <c r="F18" i="1"/>
   <c r="G18" i="1" s="1"/>
   <c r="M131" i="1"/>
   <c r="G112" i="1"/>
   <c r="M111" i="1"/>
   <c r="M112" i="1" s="1"/>
   <c r="M115" i="1" s="1"/>
   <c r="M116" i="1" s="1"/>
   <c r="G12" i="1"/>
   <c r="F13" i="1"/>
   <c r="G13" i="1" s="1"/>
   <c r="M61" i="1"/>
   <c r="M62" i="1" s="1"/>
   <c r="M137" i="1"/>
   <c r="F61" i="1"/>
   <c r="G11" i="1"/>
   <c r="G111" i="1"/>
   <c r="G16" i="1"/>
   <c r="G91" i="1"/>
   <c r="F48" i="1"/>
   <c r="F7" i="1" l="1"/>
   <c r="G7" i="1" s="1"/>
   <c r="F33" i="1"/>
   <c r="G32" i="1"/>
@@ -387,51 +380,51 @@
   <c r="G40" i="1"/>
   <c r="F121" i="1"/>
   <c r="G120" i="1"/>
   <c r="F42" i="1" l="1"/>
   <c r="G42" i="1" s="1"/>
   <c r="G41" i="1"/>
   <c r="G121" i="1"/>
   <c r="F126" i="1" l="1"/>
   <c r="G127" i="1" l="1"/>
   <c r="G128" i="1" l="1"/>
   <c r="F133" i="1" l="1"/>
   <c r="F134" i="1" s="1"/>
   <c r="G132" i="1"/>
   <c r="G134" i="1" l="1"/>
   <c r="F135" i="1"/>
   <c r="G135" i="1" s="1"/>
   <c r="G133" i="1"/>
   <c r="F137" i="1" l="1"/>
   <c r="F138" i="1" s="1"/>
   <c r="F142" i="1" l="1"/>
   <c r="F140" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="732" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="739" uniqueCount="291">
   <si>
     <t>Módulo</t>
   </si>
   <si>
     <t>Coord.</t>
   </si>
   <si>
     <t>N semana</t>
   </si>
   <si>
     <t>Asignatura</t>
   </si>
   <si>
     <t>Profesor Responsable</t>
   </si>
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t xml:space="preserve"> d Semana</t>
   </si>
   <si>
     <t>H INI</t>
   </si>
   <si>
@@ -465,50 +458,53 @@
     <t>15:00</t>
   </si>
   <si>
     <t>16:00</t>
   </si>
   <si>
     <t>Seminari 2 PB. UD Sant Pau-Barcelona</t>
   </si>
   <si>
     <t>Francesc Jiménez (UAB-DFTT)</t>
   </si>
   <si>
     <t>Presentación del Máster</t>
   </si>
   <si>
     <t>1. FARMACOLOGÍA BÁSICA AVANZADA (Codi assignatura Sigm@ 42359)</t>
   </si>
   <si>
     <t>Francesc Jiménez</t>
   </si>
   <si>
     <t xml:space="preserve">Antònia Agustí (UAB-DFTT+ HUVH-SFC + FICF) </t>
   </si>
   <si>
     <t>Información de las prácticas curriculares del Máster</t>
+  </si>
+  <si>
+    <t>No hi ha classe programada</t>
   </si>
   <si>
     <t>No hay clase programada</t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <t>Fiesta de la Mercè, patrona de Barcelona</t>
   </si>
   <si>
     <t>Farmacocinética</t>
   </si>
   <si>
     <t>Caridad Pontes</t>
   </si>
   <si>
     <t xml:space="preserve"> (3 ECTS = 24 h presenciales)</t>
   </si>
   <si>
     <t>Caridad Pontes (UAB-DFTT + HUSCSP-CIM + HUSCSP-SECSP)</t>
   </si>
   <si>
     <t>Conceptos generales. Absorción y vías de administración. Distribución, metabolismo y excreción.</t>
   </si>
@@ -566,129 +562,132 @@
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (UAB-DBCFI)</t>
     </r>
   </si>
   <si>
     <t>Presentación de la asignatura / Introducción a la Farmacodinamia</t>
   </si>
   <si>
     <t xml:space="preserve">Aula M0/127.11 Aula docent SID (Aules informàtiques). UD Ciències Mèdiques Bàsiques-Bellaterra </t>
   </si>
   <si>
     <t>Farmacodinamia aplicada I</t>
   </si>
   <si>
     <t>Farmacodinámica</t>
   </si>
   <si>
     <t>Leonardo Pardo (UAB-DPOGMP)</t>
   </si>
   <si>
-    <t>Modelización matemática de la unión y actividad de los receptores I</t>
-[...2 lines deleted...]
-    <t>Modelización matemática de la unión y actividad de los receptores II</t>
+    <t>Herramientas bioinformáticas para estudiar la estructura de los complejos ligando-receptor</t>
+  </si>
+  <si>
+    <t>Análisis computacional de las interacciones ligando-receptor</t>
   </si>
   <si>
     <t xml:space="preserve">Aula M4/001. UD Ciències Mèdiques Bàsiques-Bellaterra </t>
   </si>
   <si>
     <t>María Llorián (VHIR-DRMU + UAB-DFTT)</t>
   </si>
   <si>
     <t>Receptores acoplados a proteinas G: nuevas perspectivas farmacológicas</t>
   </si>
   <si>
     <t>Farmacodinamia aplicada II</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
+    <t xml:space="preserve">Aula M3/218. UD Ciències Mèdiques Bàsiques-Bellaterra </t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Fiesta Nacional de España</t>
+  </si>
+  <si>
+    <t>Montserrat Solé (UAB-DBBM)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Receptores ionotrópicos  </t>
+  </si>
+  <si>
+    <t>Efectos de los Medicamentos: Respuesta Cínica y Efectos Adversos (0,5 ECTS = 4 h presenciales)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Antoni Vallano</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Aula 001. Mòdul NORD. Edifici Pavelló Docent - UD VH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Antoni Vallano (UAB-DFTT + CSPT-SF + SCS)</t>
+  </si>
+  <si>
+    <t>Respuesta clínica a los fármacos y su medición I Los efectos adversos y su identificación</t>
+  </si>
+  <si>
+    <t>Factores Modificadores de la Respuesta a los Fármacos (0,5 ECTS = 4 h presenciales)</t>
+  </si>
+  <si>
+    <t>Magí Farré</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>Magí Farré  (UAB-DFTT + FC-HUGTiP )</t>
+  </si>
+  <si>
+    <t>Modificadores patológicos de la respuesta a los fármacos</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sala de Graus. UD Ciències Mèdiques Bàsiques-Bellaterra </t>
+  </si>
+  <si>
+    <t>Presentación póster científico y evaluación</t>
+  </si>
+  <si>
     <t>No hi ha classe</t>
-  </si>
-[...55 lines deleted...]
-    <t>Presentación póster científico y evaluación</t>
   </si>
   <si>
     <t xml:space="preserve">Seminari A. Facultat de Veterinària - Bellaterra </t>
   </si>
   <si>
     <t>Alhelí Rodríguez (UAB-DFTT + UAB-SAF-LL) | Armand Sánchez (UAB-DCAA + CRAG)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">16:00 Presentación. "Omicamania" </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>|</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
@@ -725,66 +724,57 @@
   <si>
     <t>Microbioma</t>
   </si>
   <si>
     <t>Inmunómica</t>
   </si>
   <si>
     <t>Antoni Barbadilla (UAB-DGM + IBB-UAB)</t>
   </si>
   <si>
     <t xml:space="preserve"> Bioinformática </t>
   </si>
   <si>
     <t>Seminari A. Facultat de Veterinària - Bellaterra</t>
   </si>
   <si>
     <t>Antonio Villaverde (UAB-DGM + IBB-UAB)</t>
   </si>
   <si>
     <t>Nanofarmacología</t>
   </si>
   <si>
     <t>Alhelí Rodríguez</t>
   </si>
   <si>
-    <t>No hi ha classe programada</t>
-[...4 lines deleted...]
-  <si>
     <t>Bárbara Tazón (HD-LDM)</t>
   </si>
   <si>
     <t>Métodos de la Genómica</t>
   </si>
   <si>
     <t>Joan Seoane (UAB-DBBM + VHIO)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Investigación Translacional</t>
   </si>
   <si>
     <t>Fiesta del Día de todos Los Santos</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t>Aula 1 PS. UD Sant Pau-Barcelona</t>
   </si>
   <si>
     <t xml:space="preserve"> Rosa M. Antonijoan (UAB-DFTT + HUSCSP-CIM) &amp; Rosa Morros (UAB-DFTT + HUSCSP-CIM)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Presentación </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
@@ -806,69 +796,72 @@
   <si>
     <t>Rosa Maria Antonijoan</t>
   </si>
   <si>
     <t>20:00</t>
   </si>
   <si>
     <t>Fase III - Preclínica</t>
   </si>
   <si>
     <t>2. FARMACOLOGIA APLICADA (Codi assignatura Sigm@ 42358)</t>
   </si>
   <si>
     <t>Seminari 2 PS. UD Sant Pau-Barcelona</t>
   </si>
   <si>
     <t>Rosa M. Antonijoan (UAB-DFTT + HUSCSP-CIM)</t>
   </si>
   <si>
     <t>Problemática ensayo clínico</t>
   </si>
   <si>
     <t>Desarrollo de los Fármacos y Regulación del Mercado Farmacéutico</t>
   </si>
   <si>
-    <t>(3.5 ECTS = 28 h presenciales)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rosa Morros (UAB-DFTT + HUSCSP-CIM)</t>
   </si>
   <si>
     <t>Fase IV I Efectividad</t>
   </si>
   <si>
     <t>Preparación y discusión del trabajo práctico</t>
   </si>
   <si>
     <t xml:space="preserve">Fernando de Mora (UAB-DFTT) </t>
   </si>
   <si>
     <t>Biosimilares</t>
   </si>
   <si>
     <t>Presentación trabajos</t>
+  </si>
+  <si>
+    <t>Clase Magistral</t>
+  </si>
+  <si>
+    <t>Aula 112. Mòdul SUD. Edifici Pavelló Docent - UD VH</t>
   </si>
   <si>
     <t>Helena Rodríguez Muñoz (Talent Development Technician - Hipra)</t>
   </si>
   <si>
     <t>Clase Magistral Laboratorios Hipra</t>
   </si>
   <si>
     <t>Antònia Agustí (UAB-DFTT + FICF)</t>
   </si>
   <si>
     <t>Uso de medicamentos en comunidad. Necesidad evaluación uso. Estrategias para su estudio. Eficacia vs efectividad, de la investigación a la realidad clínica</t>
   </si>
   <si>
     <t>Evaluación Clínica y Epidemiológica de los Medicamentos</t>
   </si>
   <si>
     <t>Mònica Sabaté</t>
   </si>
   <si>
     <t>Aula Polivalent (Mòdul Sud)</t>
   </si>
   <si>
     <t>Mònica Sabaté i Judit Riera (UAB-DFTT + FICF)</t>
   </si>
@@ -1012,53 +1005,50 @@
   <si>
     <t>Técnicas de Laboratorio</t>
   </si>
   <si>
     <t>Alberto Marco (UAB-DSAA)</t>
   </si>
   <si>
     <t>Técnicas en histopatología</t>
   </si>
   <si>
     <t>(2.5 ECTS = 20 h presenciales)</t>
   </si>
   <si>
     <t>Fernando de Mora</t>
   </si>
   <si>
     <t xml:space="preserve">Fiesta del Día de la Constitución Española  </t>
   </si>
   <si>
     <t>Fiesta de La Inmaculada Concepción</t>
   </si>
   <si>
     <t>Aula 3. Facultat de Veterinària-Bellaterra</t>
   </si>
   <si>
-    <t>Rubén Foj (Lab. Leti)  &amp;  Marcel Jiménez (UAB-DBCFI)</t>
-[...1 lines deleted...]
-  <si>
     <t>Rigor en publicación de resultados
 Discusión ejercicio
 Determinación de moléculas II: Biología Molecular
 Ejercicio</t>
   </si>
   <si>
     <t>Ejercicio</t>
   </si>
   <si>
     <t>Seminari C. Facultat de Veterinària-Bellaterra</t>
   </si>
   <si>
     <t>Determinación de Moléculas II
 Resolución Ejercicio</t>
   </si>
   <si>
     <t>Seminario 2 PB. UD Sant Pau-Barcelona</t>
   </si>
   <si>
     <t>El EMA y el AEMPS</t>
   </si>
   <si>
     <t>Contexto regulatorio de los estudios para evaluar medicamentos</t>
   </si>
   <si>
@@ -1163,50 +1153,53 @@
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>|</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Metaanálisis de ensayos clínicos</t>
     </r>
   </si>
   <si>
     <t>El Ensayo Clínico</t>
   </si>
   <si>
     <t>Inma Fuentes</t>
   </si>
   <si>
     <t>(2,5 ECTS = 20 h presenciales)</t>
   </si>
   <si>
     <t>Judit Riera</t>
+  </si>
+  <si>
+    <t>Antoni Vallano  (UAB-DFTT + CSPT-SF + SCS)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Planificación y preparación de un ensayo clínico </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>|</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Reclutamiento e inclusión | Protocolo del ensayo clínico</t>
     </r>
   </si>
   <si>
     <t>Caridad Pontes  (UAB-DFTT + CSPT-SF)</t>
@@ -1918,124 +1911,133 @@
   <si>
     <r>
       <t xml:space="preserve">Contextualización (CC) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">| </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>Screening de moléculas: automatización y alto rendimiento (JA)</t>
     </r>
   </si>
   <si>
-    <t>No hay clase</t>
-[...1 lines deleted...]
-  <si>
     <t>Estudios de Farmacodinámica</t>
   </si>
   <si>
+    <t>Sara Bertobillo (UAB-SGiCE)</t>
+  </si>
+  <si>
     <t>Cómo elaborar protocolos siguiendo las Buenas Prácticas de Laboratorio</t>
+  </si>
+  <si>
+    <t>M0/127.11 - UD Ciències Mèdiques Bàsiques-Bellaterra (Facultat de Medicina)</t>
   </si>
   <si>
     <t>Ángel González Wong (UAB-DMPiSP)</t>
   </si>
   <si>
     <r>
       <t>Niveles de investigación farmacológica I: Diseño de nuevas moléculas. Visita centro de diseño (</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>per silica</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>) Dpto. Bioestadística</t>
     </r>
   </si>
   <si>
+    <t>Aula M4/001. UD Ciències Mèdiques Bàsiques-Bellaterra (Facultat de Medicina)</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Joaquim Hernández (UAB-DBCFI) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">| Francesc Jimenez (UAB-DFTT) </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Células madre </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>|</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Órganos aislados en el estudio de nuevas moléculas </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">    Anna Pujol Altarriba (UAB-DBBM) [1,5h] I  Vicente Martínez (UAB-DBCFI) [3 h]</t>
+    <t xml:space="preserve">    Anna Pujol Altarriba (UAB-CBATEG) [1,5h] I  Vicente Martínez (UAB-DBCFI) [3 h]</t>
   </si>
   <si>
     <t>Modelos experimentales en animales transgénicos  | Modelos experimentales en animales no transgénicos</t>
+  </si>
+  <si>
+    <t>No hay clase</t>
   </si>
   <si>
     <t>Lydia Giménez (UAB-DPML) I Carles Cristòfol (UAB-DFTT)</t>
   </si>
   <si>
     <t>Análisis de diferentes tests de comportamiento en ratones I Examen</t>
   </si>
   <si>
     <t>David López Ribas (ITC) | Sara Martínez de Cripan (Eurecat)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Introducción: Toxicología en el desarrollo de fármacos </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>|</t>
     </r>
     <r>
       <rPr>
@@ -2169,84 +2171,138 @@
       <t xml:space="preserve"> Efectos sobre el medio ambiente. Examen</t>
     </r>
   </si>
   <si>
     <t>Regulación y Aspectos Bioéticos de la Investigación</t>
   </si>
   <si>
     <t>Vicente Martínez (UAB-DBCFI)</t>
   </si>
   <si>
     <t>Requerimientos éticos de la investigacinó en animales. Comités éticos, BPLs y protocolos</t>
   </si>
   <si>
     <t>Ética y experimentación animal en la industria farmacéutica</t>
   </si>
   <si>
     <t>Vicente Martínez</t>
   </si>
   <si>
     <t>M Jiménez (UAB-DBCFI)</t>
   </si>
   <si>
     <t>F de Mora</t>
   </si>
   <si>
+    <t>Rubén Foj (Lab. Leti)  &amp;  Marcel Jiménez (UAB-DBCFI)</t>
+  </si>
+  <si>
     <t>Determinación de Moléculas II
 Resolución Ejercicio</t>
   </si>
   <si>
-    <t>Aula 112. Mòdul SUD. Edifici Pavelló Docent - UD VH</t>
-[...17 lines deleted...]
-    <t>Clase Magistral</t>
+    <t>Seminario 8 PS. UD Sant Pau-Barcelona</t>
+  </si>
+  <si>
+    <t>Esta clase se ha trasladado al día 7 de Noviembre</t>
+  </si>
+  <si>
+    <t>Rubén Foj (UAB-DFTT + Lab. Leti)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Marcel Jiménez </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>[2h]</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (UAB-DBCFI) &amp; Rubén Foj </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>[1h]</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (UAB-DFTT + Lab. Leti)</t>
+    </r>
+  </si>
+  <si>
+    <t>Investigación Translacional CLASSE CANCEL·LADA PER INDISPOSICIÓ. ES CANVIARÀ EL DIA</t>
+  </si>
+  <si>
+    <t>ON LINE</t>
+  </si>
+  <si>
+    <t>No hi ha classe programada. Es trasllada al dia 16/01/2026</t>
+  </si>
+  <si>
+    <t>No hay clase programada. Se traslada al día 16/01/2026</t>
+  </si>
+  <si>
+    <t>Farmacodinamia aplicada II (Canvi de dia al dia 10?)</t>
+  </si>
+  <si>
+    <t>(3,5 ECTS = 28 h presenciales)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="d\-mmm\-yyyy"/>
     <numFmt numFmtId="165" formatCode="[h]:mm"/>
   </numFmts>
-  <fonts count="40" x14ac:knownFonts="1">
+  <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFF00"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -2414,93 +2470,86 @@
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="60">
+  <fills count="63">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2765,98 +2814,116 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFECECEC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFE2EFD9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor rgb="FFE2EFD9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor rgb="FFECECEC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFECECEC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFDADADA"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor rgb="FFE2EFD9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCFF99"/>
+        <bgColor rgb="FFE2EFD9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2"/>
+        <bgColor rgb="FFE2EFD9"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="105">
+  <borders count="111">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -4146,56 +4213,136 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="997">
+  <cellXfs count="1032">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
@@ -4585,84 +4732,77 @@
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="17" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="21" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="20" fontId="17" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="20" fontId="21" fillId="6" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="20" fontId="21" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4987,53 +5127,50 @@
     </xf>
     <xf numFmtId="20" fontId="17" fillId="43" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="43" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="44" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="43" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="43" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="42" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="44" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="43" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="20" fontId="17" fillId="43" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="42" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="44" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="44" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="26" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5050,53 +5187,50 @@
     </xf>
     <xf numFmtId="14" fontId="17" fillId="21" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="21" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="21" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="17" fillId="6" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="14" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="22" fillId="25" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -5260,53 +5394,50 @@
     </xf>
     <xf numFmtId="165" fontId="17" fillId="45" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="42" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="6" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="32" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="6" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="32" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="17" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5713,53 +5844,50 @@
     </xf>
     <xf numFmtId="0" fontId="19" fillId="15" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="42" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="42" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5782,1405 +5910,1530 @@
     </xf>
     <xf numFmtId="20" fontId="17" fillId="21" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="21" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="21" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="21" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="42" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="35" fillId="44" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="34" fillId="44" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="42" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="44" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="20" fontId="34" fillId="44" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="42" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="42" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="15" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="17" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="17" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="17" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="42" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="42" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="42" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="42" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="52" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="52" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="52" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="52" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="54" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="54" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="55" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="55" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="55" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="55" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="52" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="53" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="53" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="54" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="54" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="52" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="37" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="37" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="37" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="37" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="37" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="37" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="38" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="53" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="10" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="38" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="55" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="55" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="53" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="55" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="53" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="53" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="55" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="44" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="42" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="15" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="15" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="44" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="43" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="43" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="42" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="44" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="43" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="43" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="44" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="44" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="25" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="25" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="25" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="17" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="17" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="25" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="32" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="21" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="42" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="56" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="56" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="56" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="56" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="56" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="56" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="56" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="56" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="56" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="57" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="57" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="47" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="47" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="47" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="56" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="47" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="47" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="47" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="47" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="56" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="56" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="56" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="56" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="56" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="56" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="56" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="56" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="56" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="56" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="56" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="56" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="37" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="38" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="29" fillId="21" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="21" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="21" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="40" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="40" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="15" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="6" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="15" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="21" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="21" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="17" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="17" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="55" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="55" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="22" fillId="25" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="21" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="22" fillId="30" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="30" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="50" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="50" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="50" borderId="94" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="51" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="48" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="48" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="49" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="42" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="42" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="42" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="25" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="15" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="14" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="14" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="17" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="21" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="21" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="21" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="21" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="48" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="6" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="55" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="10" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="53" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="55" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="55" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="53" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="21" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="21" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="30" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="30" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="6" borderId="100" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="18" fillId="21" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="43" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="43" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="42" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="42" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="43" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="43" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="44" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="42" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="44" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="15" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="17" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="22" fillId="25" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="42" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="42" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="44" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="45" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="45" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="42" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="44" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="44" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="17" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="17" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="21" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="21" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="32" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="55" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="20" fontId="35" fillId="44" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="20" fontId="17" fillId="42" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1078 lines deleted...]
-    <xf numFmtId="20" fontId="36" fillId="44" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="35" fillId="44" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="44" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="44" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="42" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="42" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="45" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="47" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="47" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="21" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="104" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="20" fontId="17" fillId="6" borderId="91" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="6" borderId="91" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="6" borderId="91" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="59" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="59" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="58" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="58" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="58" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="58" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="58" borderId="103" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="58" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="58" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="58" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="58" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="58" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="58" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="58" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="44" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="44" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="42" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="42" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="21" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="54" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="53" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="37" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="59" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="38" fillId="58" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="6" borderId="105" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="15" borderId="106" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="59" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="11" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="12" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="11" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="11" borderId="107" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="11" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="11" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="11" borderId="108" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="11" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="12" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="48" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="49" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="12" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="60" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="60" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="55" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="55" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="10" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="10" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="10" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="61" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="61" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="61" borderId="104" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="61" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="61" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="61" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="61" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="61" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="61" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="61" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="61" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="61" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="61" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="15" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="15" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="15" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="15" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="21" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="15" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="15" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="21" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="62" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="62" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="62" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="62" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="62" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="62" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="17" fillId="62" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="62" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="62" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="28" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="16" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="29" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="41" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="41" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="21" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="47" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="47" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="24" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="16" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="35" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="47" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 4" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
-  <dxfs count="80">
+  <dxfs count="78">
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
@@ -7656,127 +7909,127 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
-        <color theme="0" tint="-0.34998626667073579"/>
-[...18 lines deleted...]
-      <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
@@ -7834,73 +8087,58 @@
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
-    <dxf>
-[...13 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFCCFF99"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCCFFCC"/>
-      <color rgb="FFCCFF99"/>
       <color rgb="FFFFFF66"/>
       <color rgb="FF66FF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Oficina">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -8202,52 +8440,52 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:OQ178"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A14" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K20" sqref="K20"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N52" sqref="N52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.42578125" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" customWidth="1"/>
     <col min="3" max="3" width="5.85546875" customWidth="1"/>
     <col min="4" max="4" width="30" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" customWidth="1"/>
     <col min="10" max="10" width="36.5703125" customWidth="1"/>
     <col min="11" max="11" width="45" customWidth="1"/>
     <col min="14" max="14" width="72.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" s="13" customFormat="1" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
@@ -8281,52 +8519,52 @@
       </c>
       <c r="M1" s="8" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="9" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="10"/>
       <c r="P1" s="11" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="12"/>
       <c r="R1" s="12"/>
       <c r="S1" s="12"/>
       <c r="T1" s="12"/>
       <c r="U1" s="12"/>
       <c r="V1" s="12"/>
       <c r="W1" s="12"/>
       <c r="X1" s="12"/>
       <c r="Y1" s="12"/>
       <c r="Z1" s="12"/>
       <c r="AA1" s="12"/>
     </row>
     <row r="2" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="14"/>
-      <c r="B2" s="766"/>
-      <c r="C2" s="962">
+      <c r="B2" s="746"/>
+      <c r="C2" s="1009">
         <v>1</v>
       </c>
       <c r="D2" s="96" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="96" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="97">
         <v>45922</v>
       </c>
       <c r="G2" s="98" t="str">
         <f t="shared" ref="G2:G20" si="0">IF(WEEKDAY(F2)=2,"L",IF(WEEKDAY(F2)=3,"M",IF(WEEKDAY(F2)=4,"X",IF(WEEKDAY(F2)=5,"J",IF(WEEKDAY(F2)=6,"V",IF(WEEKDAY(F2)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
       <c r="H2" s="99" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="99" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="100" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="101" t="s">
@@ -8336,2021 +8574,2012 @@
         <f t="shared" ref="L2:L3" si="1">IF(H2="–",,I2-H2)</f>
         <v>4.166666666666663E-2</v>
       </c>
       <c r="M2" s="102">
         <f t="shared" ref="M2" si="2">L2</f>
         <v>4.166666666666663E-2</v>
       </c>
       <c r="N2" s="103" t="s">
         <v>21</v>
       </c>
       <c r="O2" s="15"/>
       <c r="P2" s="16"/>
       <c r="Q2" s="12"/>
       <c r="R2" s="12"/>
       <c r="S2" s="12"/>
       <c r="T2" s="12"/>
       <c r="U2" s="12"/>
       <c r="V2" s="12"/>
       <c r="W2" s="12"/>
       <c r="X2" s="12"/>
       <c r="Y2" s="12"/>
       <c r="Z2" s="12"/>
       <c r="AA2" s="12"/>
     </row>
     <row r="3" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="963" t="s">
+      <c r="A3" s="1010" t="s">
         <v>22</v>
       </c>
-      <c r="B3" s="984" t="s">
+      <c r="B3" s="1024" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="957"/>
+      <c r="C3" s="993"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
-      <c r="F3" s="105">
+      <c r="F3" s="969">
         <v>45922</v>
       </c>
-      <c r="G3" s="106" t="str">
+      <c r="G3" s="970" t="str">
         <f t="shared" si="0"/>
         <v>L</v>
       </c>
-      <c r="H3" s="107" t="s">
+      <c r="H3" s="971" t="s">
         <v>18</v>
       </c>
-      <c r="I3" s="108">
+      <c r="I3" s="972">
         <v>0.70833333333333337</v>
       </c>
-      <c r="J3" s="109" t="s">
+      <c r="J3" s="187" t="s">
         <v>19</v>
       </c>
-      <c r="K3" s="908" t="s">
+      <c r="K3" s="973" t="s">
         <v>24</v>
       </c>
-      <c r="L3" s="110">
+      <c r="L3" s="974">
         <f t="shared" si="1"/>
         <v>4.1666666666666741E-2</v>
       </c>
-      <c r="M3" s="111">
+      <c r="M3" s="975">
         <f>L3</f>
         <v>4.1666666666666741E-2</v>
       </c>
-      <c r="N3" s="112" t="s">
+      <c r="N3" s="976" t="s">
         <v>25</v>
       </c>
       <c r="O3" s="17"/>
       <c r="P3" s="18"/>
       <c r="Q3" s="12"/>
       <c r="R3" s="12"/>
       <c r="S3" s="12"/>
       <c r="T3" s="12"/>
       <c r="U3" s="12"/>
       <c r="V3" s="12"/>
       <c r="W3" s="12"/>
       <c r="X3" s="12"/>
       <c r="Y3" s="12"/>
       <c r="Z3" s="12"/>
       <c r="AA3" s="12"/>
     </row>
     <row r="4" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="957"/>
-[...1 lines deleted...]
-      <c r="C4" s="957"/>
+      <c r="A4" s="993"/>
+      <c r="B4" s="1025"/>
+      <c r="C4" s="993"/>
       <c r="D4" s="104"/>
       <c r="E4" s="104"/>
       <c r="F4" s="113">
         <f>F3+1</f>
         <v>45923</v>
       </c>
       <c r="G4" s="114" t="str">
         <f t="shared" si="0"/>
         <v>M</v>
       </c>
       <c r="H4" s="115">
         <v>0.70833333333333337</v>
       </c>
-      <c r="I4" s="783">
+      <c r="I4" s="761">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J4" s="268" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="507" t="s">
+      <c r="J4" s="266" t="s">
         <v>26</v>
       </c>
+      <c r="K4" s="502" t="s">
+        <v>27</v>
+      </c>
       <c r="L4" s="117"/>
-      <c r="M4" s="118">
-[...3 lines deleted...]
-      <c r="N4" s="911"/>
+      <c r="M4" s="118"/>
+      <c r="N4" s="873"/>
       <c r="O4" s="17"/>
       <c r="P4" s="18"/>
       <c r="Q4" s="12"/>
       <c r="R4" s="12"/>
       <c r="S4" s="12"/>
       <c r="T4" s="12"/>
       <c r="U4" s="12"/>
       <c r="V4" s="12"/>
       <c r="W4" s="12"/>
       <c r="X4" s="12"/>
       <c r="Y4" s="12"/>
       <c r="Z4" s="12"/>
       <c r="AA4" s="12"/>
     </row>
     <row r="5" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="957"/>
-[...1 lines deleted...]
-      <c r="C5" s="957"/>
+      <c r="A5" s="993"/>
+      <c r="B5" s="1025"/>
+      <c r="C5" s="993"/>
       <c r="D5" s="104"/>
       <c r="E5" s="104"/>
-      <c r="F5" s="785">
+      <c r="F5" s="763">
         <f>F4+1</f>
         <v>45924</v>
       </c>
-      <c r="G5" s="786" t="str">
+      <c r="G5" s="764" t="str">
         <f t="shared" si="0"/>
         <v>X</v>
       </c>
-      <c r="H5" s="787" t="s">
-[...5 lines deleted...]
-      <c r="J5" s="790" t="s">
+      <c r="H5" s="765" t="s">
         <v>28</v>
       </c>
-      <c r="K5" s="507"/>
+      <c r="I5" s="153" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" s="768" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="502"/>
       <c r="L5" s="117"/>
       <c r="M5" s="118"/>
-      <c r="N5" s="911"/>
+      <c r="N5" s="873"/>
       <c r="O5" s="19"/>
       <c r="P5" s="12"/>
       <c r="Q5" s="12"/>
       <c r="R5" s="12"/>
       <c r="S5" s="12"/>
       <c r="T5" s="12"/>
       <c r="U5" s="12"/>
       <c r="V5" s="12"/>
       <c r="W5" s="12"/>
       <c r="X5" s="12"/>
       <c r="Y5" s="12"/>
       <c r="Z5" s="12"/>
       <c r="AA5" s="12"/>
     </row>
     <row r="6" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="957"/>
-[...1 lines deleted...]
-      <c r="C6" s="957"/>
+      <c r="A6" s="993"/>
+      <c r="B6" s="1025"/>
+      <c r="C6" s="993"/>
       <c r="D6" s="104" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="E6" s="506" t="s">
         <v>30</v>
       </c>
-      <c r="F6" s="543">
+      <c r="E6" s="501" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="537">
         <f>F5+1</f>
         <v>45925</v>
       </c>
-      <c r="G6" s="781" t="str">
+      <c r="G6" s="759" t="str">
         <f t="shared" si="0"/>
         <v>J</v>
       </c>
-      <c r="H6" s="909">
+      <c r="H6" s="871">
         <v>0.70833333333333337</v>
       </c>
-      <c r="I6" s="910">
+      <c r="I6" s="872">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J6" s="268" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="507" t="s">
+      <c r="J6" s="266" t="s">
         <v>26</v>
       </c>
+      <c r="K6" s="502" t="s">
+        <v>27</v>
+      </c>
       <c r="L6" s="117"/>
-      <c r="M6" s="118">
-[...2 lines deleted...]
-      <c r="N6" s="911"/>
+      <c r="M6" s="118"/>
+      <c r="N6" s="873"/>
       <c r="O6" s="17"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
       <c r="V6" s="12"/>
       <c r="W6" s="12"/>
       <c r="X6" s="12"/>
       <c r="Y6" s="12"/>
       <c r="Z6" s="12"/>
       <c r="AA6" s="12"/>
     </row>
     <row r="7" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="957"/>
-[...1 lines deleted...]
-      <c r="C7" s="957"/>
+      <c r="A7" s="993"/>
+      <c r="B7" s="1025"/>
+      <c r="C7" s="993"/>
       <c r="D7" s="104" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E7" s="121"/>
-      <c r="F7" s="543">
+      <c r="F7" s="537">
         <f>F6+1</f>
         <v>45926</v>
       </c>
-      <c r="G7" s="178" t="str">
+      <c r="G7" s="176" t="str">
         <f t="shared" si="0"/>
         <v>V</v>
       </c>
-      <c r="H7" s="782">
+      <c r="H7" s="760">
         <v>0.625</v>
       </c>
-      <c r="I7" s="783">
+      <c r="I7" s="761">
         <v>0.79166666666666663</v>
       </c>
       <c r="J7" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="507" t="s">
-        <v>32</v>
+      <c r="K7" s="502" t="s">
+        <v>33</v>
       </c>
       <c r="L7" s="117">
         <f>IF(H7="–",,I7-H7)</f>
         <v>0.16666666666666663</v>
       </c>
       <c r="M7" s="118">
-        <v>0.20833333333333334</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="N7" s="225" t="s">
+        <v>34</v>
       </c>
       <c r="O7" s="19"/>
       <c r="W7" s="12"/>
       <c r="X7" s="12"/>
       <c r="Y7" s="12"/>
       <c r="Z7" s="12"/>
       <c r="AA7" s="12"/>
     </row>
     <row r="8" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="957"/>
-[...1 lines deleted...]
-      <c r="C8" s="958">
+      <c r="A8" s="993"/>
+      <c r="B8" s="1025"/>
+      <c r="C8" s="994">
         <v>2</v>
       </c>
       <c r="D8" s="104"/>
       <c r="E8" s="104"/>
-      <c r="F8" s="785">
+      <c r="F8" s="763">
         <v>45927</v>
       </c>
-      <c r="G8" s="788" t="str">
+      <c r="G8" s="766" t="str">
         <f t="shared" si="0"/>
         <v>S</v>
       </c>
-      <c r="H8" s="552" t="s">
-[...9 lines deleted...]
-      <c r="N8" s="912"/>
+      <c r="H8" s="546" t="s">
+        <v>28</v>
+      </c>
+      <c r="I8" s="547" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8" s="552"/>
+      <c r="K8" s="527"/>
+      <c r="L8" s="527"/>
+      <c r="M8" s="527"/>
+      <c r="N8" s="874"/>
       <c r="O8" s="19"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="12"/>
       <c r="R8" s="12"/>
       <c r="S8" s="12"/>
       <c r="T8" s="12"/>
       <c r="U8" s="12"/>
       <c r="V8" s="12"/>
       <c r="W8" s="12"/>
       <c r="X8" s="12"/>
       <c r="Y8" s="12"/>
       <c r="Z8" s="12"/>
       <c r="AA8" s="12"/>
     </row>
     <row r="9" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="957"/>
-[...1 lines deleted...]
-      <c r="C9" s="964"/>
+      <c r="A9" s="993"/>
+      <c r="B9" s="1025"/>
+      <c r="C9" s="1011"/>
       <c r="D9" s="104"/>
       <c r="E9" s="104"/>
-      <c r="F9" s="785">
+      <c r="F9" s="763">
         <f>F8+1</f>
         <v>45928</v>
       </c>
-      <c r="G9" s="789" t="str">
+      <c r="G9" s="767" t="str">
         <f>IF(WEEKDAY(F9)=2,"L",IF(WEEKDAY(F9)=3,"M",IF(WEEKDAY(F9)=4,"X",IF(WEEKDAY(F9)=5,"J",IF(WEEKDAY(F9)=6,"V",IF(WEEKDAY(F9)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H9" s="552" t="s">
-[...9 lines deleted...]
-      <c r="N9" s="912"/>
+      <c r="H9" s="546" t="s">
+        <v>28</v>
+      </c>
+      <c r="I9" s="547" t="s">
+        <v>28</v>
+      </c>
+      <c r="J9" s="762"/>
+      <c r="K9" s="527"/>
+      <c r="L9" s="527"/>
+      <c r="M9" s="527"/>
+      <c r="N9" s="874"/>
       <c r="O9" s="19"/>
       <c r="P9" s="20"/>
       <c r="Q9" s="12"/>
       <c r="R9" s="12"/>
       <c r="S9" s="12"/>
       <c r="T9" s="12"/>
       <c r="U9" s="12"/>
       <c r="V9" s="12"/>
       <c r="W9" s="12"/>
       <c r="X9" s="12"/>
       <c r="Y9" s="12"/>
       <c r="Z9" s="12"/>
       <c r="AA9" s="12"/>
     </row>
     <row r="10" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="957"/>
-[...1 lines deleted...]
-      <c r="C10" s="957"/>
+      <c r="A10" s="993"/>
+      <c r="B10" s="1025"/>
+      <c r="C10" s="993"/>
       <c r="D10" s="104"/>
       <c r="E10" s="104"/>
-      <c r="F10" s="545">
+      <c r="F10" s="539">
         <v>45929</v>
       </c>
-      <c r="G10" s="547" t="s">
-[...8 lines deleted...]
-      <c r="J10" s="532" t="s">
+      <c r="G10" s="541" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10" s="542">
+        <v>0.375</v>
+      </c>
+      <c r="I10" s="542">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="J10" s="526" t="s">
         <v>19</v>
       </c>
-      <c r="K10" s="507" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="549">
+      <c r="K10" s="502" t="s">
+        <v>33</v>
+      </c>
+      <c r="L10" s="543">
         <v>0.16666666666666666</v>
       </c>
-      <c r="M10" s="550">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="M10" s="544">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="N10" s="878" t="s">
+        <v>36</v>
       </c>
       <c r="O10" s="19"/>
       <c r="P10" s="12"/>
       <c r="Q10" s="12"/>
       <c r="R10" s="12"/>
       <c r="S10" s="12"/>
       <c r="T10" s="12"/>
       <c r="U10" s="12"/>
       <c r="V10" s="12"/>
       <c r="W10" s="12"/>
       <c r="X10" s="12"/>
       <c r="Y10" s="12"/>
       <c r="Z10" s="12"/>
       <c r="AA10" s="12"/>
     </row>
     <row r="11" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="957"/>
-[...1 lines deleted...]
-      <c r="C11" s="959"/>
+      <c r="A11" s="993"/>
+      <c r="B11" s="1025"/>
+      <c r="C11" s="995"/>
       <c r="D11" s="124"/>
       <c r="E11" s="121"/>
       <c r="F11" s="125">
         <v>45930</v>
       </c>
-      <c r="G11" s="546" t="str">
+      <c r="G11" s="540" t="str">
         <f t="shared" si="0"/>
         <v>M</v>
       </c>
       <c r="H11" s="107">
         <v>0.66666666666666663</v>
       </c>
       <c r="I11" s="108">
         <v>0.83333333333333337</v>
       </c>
       <c r="J11" s="109" t="s">
         <v>19</v>
       </c>
-      <c r="K11" s="507" t="s">
-        <v>32</v>
+      <c r="K11" s="502" t="s">
+        <v>33</v>
       </c>
       <c r="L11" s="117">
         <v>0.16666666666666666</v>
       </c>
       <c r="M11" s="118">
         <f>M10+L11</f>
-        <v>0.54166666666666663</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.5</v>
+      </c>
+      <c r="N11" s="176" t="s">
+        <v>37</v>
       </c>
       <c r="O11" s="19"/>
       <c r="P11" s="18"/>
       <c r="Q11" s="12"/>
       <c r="R11" s="12"/>
       <c r="S11" s="12"/>
       <c r="T11" s="12"/>
       <c r="U11" s="12"/>
       <c r="V11" s="12"/>
       <c r="W11" s="12"/>
       <c r="X11" s="12"/>
       <c r="Y11" s="12"/>
       <c r="Z11" s="12"/>
       <c r="AA11" s="12"/>
     </row>
     <row r="12" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="957"/>
-[...2 lines deleted...]
-      <c r="D12" s="569"/>
+      <c r="A12" s="993"/>
+      <c r="B12" s="1025"/>
+      <c r="C12" s="993"/>
+      <c r="D12" s="562"/>
       <c r="E12" s="104"/>
-      <c r="F12" s="570">
+      <c r="F12" s="563">
         <f>F11+1</f>
         <v>45931</v>
       </c>
-      <c r="G12" s="571" t="str">
+      <c r="G12" s="564" t="str">
         <f t="shared" si="0"/>
         <v>X</v>
       </c>
-      <c r="H12" s="568">
+      <c r="H12" s="561">
         <v>0.625</v>
       </c>
       <c r="I12" s="127">
         <v>0.79166666666666663</v>
       </c>
       <c r="J12" s="123" t="s">
         <v>19</v>
       </c>
-      <c r="K12" s="521" t="s">
-        <v>32</v>
+      <c r="K12" s="516" t="s">
+        <v>33</v>
       </c>
       <c r="L12" s="127">
         <f>IF(H12="–",,I12-H12)</f>
         <v>0.16666666666666663</v>
       </c>
       <c r="M12" s="128">
         <f>M11+L12</f>
-        <v>0.70833333333333326</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="N12" s="879" t="s">
+        <v>38</v>
       </c>
       <c r="O12" s="19"/>
       <c r="P12" s="18"/>
       <c r="Q12" s="12"/>
       <c r="R12" s="12"/>
       <c r="S12" s="12"/>
       <c r="T12" s="12"/>
       <c r="U12" s="12"/>
       <c r="V12" s="12"/>
       <c r="W12" s="12"/>
       <c r="X12" s="12"/>
       <c r="Y12" s="12"/>
       <c r="Z12" s="12"/>
       <c r="AA12" s="12"/>
     </row>
     <row r="13" spans="1:27" s="13" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="957"/>
-[...4 lines deleted...]
-      <c r="F13" s="157">
+      <c r="A13" s="993"/>
+      <c r="B13" s="1025"/>
+      <c r="C13" s="995"/>
+      <c r="D13" s="161"/>
+      <c r="E13" s="161"/>
+      <c r="F13" s="155">
         <f>F12+1</f>
         <v>45932</v>
       </c>
       <c r="G13" s="136" t="str">
         <f t="shared" si="0"/>
         <v>J</v>
       </c>
       <c r="H13" s="131">
         <v>0.625</v>
       </c>
       <c r="I13" s="131">
         <v>0.75</v>
       </c>
       <c r="J13" s="132" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K13" s="133" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="L13" s="289">
+        <v>40</v>
+      </c>
+      <c r="L13" s="286">
         <f>IF(H13="–",,I13-H13)</f>
         <v>0.125</v>
       </c>
       <c r="M13" s="134">
         <f>L13</f>
         <v>0.125</v>
       </c>
       <c r="N13" s="135" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="12"/>
       <c r="Q13" s="12"/>
       <c r="R13" s="12"/>
       <c r="S13" s="12"/>
       <c r="T13" s="12"/>
       <c r="U13" s="12"/>
       <c r="V13" s="12"/>
       <c r="W13" s="12"/>
       <c r="X13" s="12"/>
       <c r="Y13" s="12"/>
       <c r="Z13" s="12"/>
       <c r="AA13" s="12"/>
     </row>
     <row r="14" spans="1:27" s="13" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="957"/>
-[...1 lines deleted...]
-      <c r="C14" s="957"/>
+      <c r="A14" s="993"/>
+      <c r="B14" s="1025"/>
+      <c r="C14" s="993"/>
       <c r="D14" s="129"/>
       <c r="E14" s="129"/>
-      <c r="F14" s="555">
+      <c r="F14" s="549">
         <v>45933</v>
       </c>
       <c r="G14" s="130" t="str">
         <f t="shared" si="0"/>
         <v>V</v>
       </c>
-      <c r="H14" s="147">
+      <c r="H14" s="146">
         <v>0.625</v>
       </c>
-      <c r="I14" s="147">
+      <c r="I14" s="146">
         <v>0.75</v>
       </c>
-      <c r="J14" s="551" t="s">
-        <v>41</v>
+      <c r="J14" s="545" t="s">
+        <v>42</v>
       </c>
       <c r="K14" s="141" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="142">
         <f>IF(H14="–",,I14-H14)</f>
         <v>0.125</v>
       </c>
       <c r="M14" s="143">
         <f>L14+M13</f>
         <v>0.25</v>
       </c>
       <c r="N14" s="144" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
       <c r="U14" s="12"/>
       <c r="V14" s="12"/>
       <c r="W14" s="12"/>
       <c r="X14" s="12"/>
       <c r="Y14" s="12"/>
       <c r="Z14" s="12"/>
       <c r="AA14" s="12"/>
     </row>
     <row r="15" spans="1:27" s="13" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="957"/>
-[...1 lines deleted...]
-      <c r="C15" s="957"/>
+      <c r="A15" s="993"/>
+      <c r="B15" s="1025"/>
+      <c r="C15" s="993"/>
       <c r="D15" s="129"/>
       <c r="E15" s="129"/>
-      <c r="F15" s="559">
+      <c r="F15" s="553">
         <v>45934</v>
       </c>
-      <c r="G15" s="560" t="str">
+      <c r="G15" s="554" t="str">
         <f t="shared" si="0"/>
         <v>S</v>
       </c>
-      <c r="H15" s="552" t="s">
-[...5 lines deleted...]
-      <c r="J15" s="557"/>
+      <c r="H15" s="546" t="s">
+        <v>28</v>
+      </c>
+      <c r="I15" s="547" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15" s="551"/>
       <c r="K15" s="137"/>
-      <c r="L15" s="554"/>
+      <c r="L15" s="548"/>
       <c r="M15" s="138"/>
       <c r="N15" s="139"/>
       <c r="O15" s="15"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="12"/>
       <c r="R15" s="12"/>
       <c r="S15" s="12"/>
       <c r="T15" s="12"/>
       <c r="U15" s="12"/>
       <c r="V15" s="12"/>
       <c r="W15" s="12"/>
       <c r="X15" s="12"/>
       <c r="Y15" s="12"/>
       <c r="Z15" s="12"/>
       <c r="AA15" s="12"/>
     </row>
     <row r="16" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="957"/>
-[...1 lines deleted...]
-      <c r="C16" s="965"/>
+      <c r="A16" s="993"/>
+      <c r="B16" s="1025"/>
+      <c r="C16" s="1012"/>
       <c r="D16" s="129" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E16" s="133" t="s">
         <v>23</v>
       </c>
-      <c r="F16" s="561">
+      <c r="F16" s="555">
         <f>F15+1</f>
         <v>45935</v>
       </c>
-      <c r="G16" s="562" t="str">
+      <c r="G16" s="556" t="str">
         <f t="shared" si="0"/>
         <v>D</v>
       </c>
-      <c r="H16" s="552" t="s">
-[...9 lines deleted...]
-      <c r="N16" s="556"/>
+      <c r="H16" s="546" t="s">
+        <v>28</v>
+      </c>
+      <c r="I16" s="547" t="s">
+        <v>28</v>
+      </c>
+      <c r="J16" s="552"/>
+      <c r="K16" s="550"/>
+      <c r="L16" s="550"/>
+      <c r="M16" s="550"/>
+      <c r="N16" s="550"/>
       <c r="O16" s="26"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
       <c r="U16" s="12"/>
       <c r="V16" s="12"/>
       <c r="W16" s="12"/>
       <c r="X16" s="12"/>
       <c r="Y16" s="12"/>
       <c r="Z16" s="12"/>
       <c r="AA16" s="12"/>
     </row>
     <row r="17" spans="1:27" s="13" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="957"/>
-[...1 lines deleted...]
-      <c r="C17" s="966">
+      <c r="A17" s="993"/>
+      <c r="B17" s="1025"/>
+      <c r="C17" s="1004">
         <v>3</v>
       </c>
       <c r="D17" s="129" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E17" s="129"/>
-      <c r="F17" s="555">
+      <c r="F17" s="916">
         <f>F16+1</f>
         <v>45936</v>
       </c>
-      <c r="G17" s="914" t="str">
+      <c r="G17" s="876" t="str">
         <f t="shared" si="0"/>
         <v>L</v>
       </c>
-      <c r="H17" s="147">
+      <c r="H17" s="146">
         <v>0.625</v>
       </c>
-      <c r="I17" s="147">
+      <c r="I17" s="146">
         <v>0.75</v>
       </c>
-      <c r="J17" s="444" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="J17" s="439" t="s">
+        <v>42</v>
+      </c>
+      <c r="K17" s="912" t="s">
+        <v>45</v>
       </c>
       <c r="L17" s="131">
         <f t="shared" ref="L17:L18" si="3">IF(H17="–",,I17-H17)</f>
         <v>0.125</v>
       </c>
-      <c r="M17" s="148">
+      <c r="M17" s="147">
         <f>L17+M14</f>
         <v>0.375</v>
       </c>
-      <c r="N17" s="922" t="s">
-        <v>45</v>
+      <c r="N17" s="362" t="s">
+        <v>46</v>
       </c>
       <c r="O17" s="26"/>
       <c r="P17" s="12"/>
       <c r="Q17" s="12"/>
       <c r="R17" s="12"/>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>
       <c r="U17" s="12"/>
       <c r="V17" s="12"/>
       <c r="W17" s="12"/>
       <c r="X17" s="12"/>
       <c r="Y17" s="12"/>
       <c r="Z17" s="12"/>
       <c r="AA17" s="12"/>
     </row>
     <row r="18" spans="1:27" s="13" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="957"/>
-[...1 lines deleted...]
-      <c r="C18" s="957"/>
+      <c r="A18" s="993"/>
+      <c r="B18" s="1025"/>
+      <c r="C18" s="993"/>
       <c r="D18" s="129"/>
       <c r="E18" s="129"/>
-      <c r="F18" s="145">
+      <c r="F18" s="917">
         <f>F17+1</f>
         <v>45937</v>
       </c>
-      <c r="G18" s="146" t="str">
+      <c r="G18" s="145" t="str">
         <f t="shared" si="0"/>
         <v>M</v>
       </c>
-      <c r="H18" s="915">
+      <c r="H18" s="877">
         <v>0.625</v>
       </c>
       <c r="I18" s="131">
         <v>0.75</v>
       </c>
-      <c r="J18" s="146" t="s">
-[...5 lines deleted...]
-      <c r="L18" s="147">
+      <c r="J18" s="145" t="s">
+        <v>42</v>
+      </c>
+      <c r="K18" s="500" t="s">
+        <v>45</v>
+      </c>
+      <c r="L18" s="146">
         <f t="shared" si="3"/>
         <v>0.125</v>
       </c>
-      <c r="M18" s="150">
+      <c r="M18" s="149">
         <f>L18+M17</f>
         <v>0.5</v>
       </c>
-      <c r="N18" s="923" t="s">
-        <v>46</v>
+      <c r="N18" s="913" t="s">
+        <v>47</v>
       </c>
       <c r="O18" s="26"/>
       <c r="P18" s="12"/>
       <c r="Q18" s="12"/>
       <c r="R18" s="12"/>
       <c r="S18" s="12"/>
       <c r="T18" s="12"/>
       <c r="U18" s="12"/>
       <c r="V18" s="12"/>
       <c r="W18" s="12"/>
       <c r="X18" s="12"/>
       <c r="Y18" s="12"/>
       <c r="Z18" s="12"/>
       <c r="AA18" s="12"/>
     </row>
     <row r="19" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="957"/>
-[...1 lines deleted...]
-      <c r="C19" s="957"/>
+      <c r="A19" s="993"/>
+      <c r="B19" s="1025"/>
+      <c r="C19" s="993"/>
       <c r="D19" s="129"/>
       <c r="E19" s="133"/>
-      <c r="F19" s="145">
+      <c r="F19" s="917">
         <v>45938</v>
       </c>
-      <c r="G19" s="146" t="str">
+      <c r="G19" s="145" t="str">
         <f t="shared" si="0"/>
         <v>X</v>
       </c>
-      <c r="H19" s="153">
+      <c r="H19" s="152">
         <v>0.64583333333333337</v>
       </c>
-      <c r="I19" s="154">
+      <c r="I19" s="153">
         <v>0.77083333333333337</v>
       </c>
-      <c r="J19" s="921" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="155" t="s">
+      <c r="J19" s="883" t="s">
         <v>48</v>
       </c>
-      <c r="L19" s="156">
+      <c r="K19" s="914" t="s">
+        <v>49</v>
+      </c>
+      <c r="L19" s="154">
         <f>IF(H19="–",,I19-H19)</f>
         <v>0.125</v>
       </c>
-      <c r="M19" s="150">
+      <c r="M19" s="149">
         <f>L19+M18</f>
         <v>0.625</v>
       </c>
-      <c r="N19" s="151" t="s">
-        <v>49</v>
+      <c r="N19" s="150" t="s">
+        <v>50</v>
       </c>
       <c r="O19" s="26"/>
       <c r="P19" s="12"/>
       <c r="Q19" s="12"/>
       <c r="R19" s="12"/>
       <c r="S19" s="12"/>
       <c r="T19" s="12"/>
       <c r="U19" s="12"/>
       <c r="V19" s="12"/>
       <c r="W19" s="12"/>
       <c r="X19" s="12"/>
       <c r="Y19" s="12"/>
       <c r="Z19" s="12"/>
       <c r="AA19" s="12"/>
     </row>
     <row r="20" spans="1:27" s="13" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="957"/>
-[...1 lines deleted...]
-      <c r="C20" s="957"/>
+      <c r="A20" s="993"/>
+      <c r="B20" s="1025"/>
+      <c r="C20" s="993"/>
       <c r="D20" s="129"/>
       <c r="E20" s="133"/>
-      <c r="F20" s="157">
+      <c r="F20" s="977">
         <v>45939</v>
       </c>
-      <c r="G20" s="158" t="str">
+      <c r="G20" s="978" t="str">
         <f t="shared" si="0"/>
         <v>J</v>
       </c>
-      <c r="H20" s="152">
+      <c r="H20" s="979">
         <v>0.625</v>
       </c>
-      <c r="I20" s="528">
+      <c r="I20" s="980">
         <v>0.75</v>
       </c>
-      <c r="J20" s="164" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="168" t="s">
+      <c r="J20" s="981" t="s">
+        <v>42</v>
+      </c>
+      <c r="K20" s="982" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="161">
-[...8 lines deleted...]
-        <v>50</v>
+      <c r="L20" s="983"/>
+      <c r="M20" s="984"/>
+      <c r="N20" s="985" t="s">
+        <v>289</v>
       </c>
       <c r="O20" s="26"/>
       <c r="P20" s="12"/>
       <c r="Q20" s="12"/>
       <c r="R20" s="12"/>
       <c r="S20" s="12"/>
       <c r="T20" s="12"/>
       <c r="U20" s="12"/>
       <c r="V20" s="12"/>
       <c r="W20" s="12"/>
       <c r="X20" s="12"/>
       <c r="Y20" s="12"/>
       <c r="Z20" s="12"/>
       <c r="AA20" s="12"/>
     </row>
     <row r="21" spans="1:27" s="13" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="957"/>
-[...1 lines deleted...]
-      <c r="C21" s="957"/>
+      <c r="A21" s="993"/>
+      <c r="B21" s="1025"/>
+      <c r="C21" s="993"/>
       <c r="D21" s="129"/>
       <c r="E21" s="133"/>
-      <c r="F21" s="157">
+      <c r="F21" s="155">
         <v>45940</v>
       </c>
-      <c r="G21" s="158" t="s">
+      <c r="G21" s="156" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21" s="151">
+        <v>0.625</v>
+      </c>
+      <c r="I21" s="522">
+        <v>0.75</v>
+      </c>
+      <c r="J21" s="247" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" s="915" t="s">
+        <v>20</v>
+      </c>
+      <c r="L21" s="298">
+        <v>0.125</v>
+      </c>
+      <c r="M21" s="143">
+        <v>0.75</v>
+      </c>
+      <c r="N21" s="372" t="s">
         <v>51</v>
       </c>
-      <c r="H21" s="563"/>
-[...9 lines deleted...]
-      <c r="N21" s="377"/>
       <c r="O21" s="26"/>
       <c r="P21" s="12"/>
       <c r="Q21" s="12"/>
       <c r="R21" s="12"/>
       <c r="S21" s="12"/>
       <c r="T21" s="12"/>
       <c r="U21" s="12"/>
       <c r="V21" s="12"/>
       <c r="W21" s="12"/>
       <c r="X21" s="12"/>
       <c r="Y21" s="12"/>
       <c r="Z21" s="12"/>
       <c r="AA21" s="12"/>
     </row>
     <row r="22" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="957"/>
-[...1 lines deleted...]
-      <c r="C22" s="957"/>
+      <c r="A22" s="993"/>
+      <c r="B22" s="1025"/>
+      <c r="C22" s="993"/>
       <c r="D22" s="129"/>
       <c r="E22" s="133"/>
-      <c r="F22" s="157">
+      <c r="F22" s="155">
         <v>45941</v>
       </c>
-      <c r="G22" s="146" t="s">
-        <v>53</v>
+      <c r="G22" s="145" t="s">
+        <v>54</v>
       </c>
       <c r="H22" s="119" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-      <c r="N22" s="146"/>
+        <v>28</v>
+      </c>
+      <c r="I22" s="557" t="s">
+        <v>28</v>
+      </c>
+      <c r="J22" s="558"/>
+      <c r="K22" s="559"/>
+      <c r="L22" s="560"/>
+      <c r="M22" s="147"/>
+      <c r="N22" s="145"/>
       <c r="O22" s="26"/>
       <c r="P22" s="12"/>
       <c r="Q22" s="12"/>
       <c r="R22" s="12"/>
       <c r="S22" s="12"/>
       <c r="T22" s="12"/>
       <c r="U22" s="12"/>
       <c r="V22" s="12"/>
       <c r="W22" s="12"/>
       <c r="X22" s="12"/>
       <c r="Y22" s="12"/>
       <c r="Z22" s="12"/>
       <c r="AA22" s="12"/>
     </row>
     <row r="23" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="957"/>
-[...4 lines deleted...]
-      <c r="F23" s="805">
+      <c r="A23" s="993"/>
+      <c r="B23" s="1025"/>
+      <c r="C23" s="995"/>
+      <c r="D23" s="373"/>
+      <c r="E23" s="161"/>
+      <c r="F23" s="781">
         <v>45942</v>
       </c>
-      <c r="G23" s="795" t="s">
-[...8 lines deleted...]
-      <c r="J23" s="798" t="s">
+      <c r="G23" s="773" t="s">
         <v>55</v>
       </c>
-      <c r="K23" s="799"/>
-[...2 lines deleted...]
-      <c r="N23" s="795"/>
+      <c r="H23" s="774" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" s="775" t="s">
+        <v>28</v>
+      </c>
+      <c r="J23" s="776" t="s">
+        <v>56</v>
+      </c>
+      <c r="K23" s="777"/>
+      <c r="L23" s="153"/>
+      <c r="M23" s="778"/>
+      <c r="N23" s="773"/>
       <c r="O23" s="15"/>
       <c r="W23" s="12"/>
       <c r="X23" s="12"/>
       <c r="Y23" s="12"/>
       <c r="Z23" s="12"/>
       <c r="AA23" s="12"/>
     </row>
     <row r="24" spans="1:27" s="13" customFormat="1" ht="64.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="957"/>
-[...4 lines deleted...]
-      <c r="F24" s="503">
+      <c r="A24" s="993"/>
+      <c r="B24" s="1025"/>
+      <c r="C24" s="995"/>
+      <c r="D24" s="161"/>
+      <c r="E24" s="133"/>
+      <c r="F24" s="498">
         <v>45943</v>
       </c>
-      <c r="G24" s="519" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="791">
+      <c r="G24" s="514" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24" s="769">
         <v>0.625</v>
       </c>
-      <c r="I24" s="792">
+      <c r="I24" s="770">
         <v>0.75</v>
       </c>
-      <c r="J24" s="793" t="s">
-[...5 lines deleted...]
-      <c r="L24" s="791">
+      <c r="J24" s="771" t="s">
+        <v>48</v>
+      </c>
+      <c r="K24" s="772" t="s">
+        <v>57</v>
+      </c>
+      <c r="L24" s="769">
         <v>0.125</v>
       </c>
-      <c r="M24" s="791">
+      <c r="M24" s="769">
         <v>0.875</v>
       </c>
-      <c r="N24" s="801" t="s">
-        <v>57</v>
+      <c r="N24" s="779" t="s">
+        <v>58</v>
       </c>
       <c r="O24" s="15"/>
       <c r="W24" s="12"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="12"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="12"/>
     </row>
-    <row r="25" spans="1:27" s="13" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E25" s="803" t="s">
+    <row r="25" spans="1:27" s="13" customFormat="1" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="993"/>
+      <c r="B25" s="1025"/>
+      <c r="C25" s="995"/>
+      <c r="D25" s="935" t="s">
         <v>59</v>
       </c>
-      <c r="F25" s="772">
+      <c r="E25" s="936" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" s="751">
         <v>45944</v>
       </c>
-      <c r="G25" s="773" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="773">
+      <c r="G25" s="752" t="s">
+        <v>61</v>
+      </c>
+      <c r="H25" s="752">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I25" s="774">
+      <c r="I25" s="753">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J25" s="775" t="s">
-[...5 lines deleted...]
-      <c r="L25" s="777">
+      <c r="J25" s="754" t="s">
+        <v>62</v>
+      </c>
+      <c r="K25" s="755" t="s">
+        <v>63</v>
+      </c>
+      <c r="L25" s="756">
         <v>0.16666666666666666</v>
       </c>
-      <c r="M25" s="778">
+      <c r="M25" s="757">
         <v>0.16666666666666666</v>
       </c>
-      <c r="N25" s="802" t="s">
-        <v>62</v>
+      <c r="N25" s="780" t="s">
+        <v>64</v>
       </c>
       <c r="O25" s="15"/>
       <c r="W25" s="12"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="12"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="12"/>
     </row>
-    <row r="26" spans="1:27" s="13" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="F26" s="825">
+    <row r="26" spans="1:27" s="13" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="993"/>
+      <c r="B26" s="1025"/>
+      <c r="C26" s="996"/>
+      <c r="D26" s="799"/>
+      <c r="E26" s="799"/>
+      <c r="F26" s="932">
         <f>F25+1</f>
         <v>45945</v>
       </c>
-      <c r="G26" s="826" t="s">
+      <c r="G26" s="924" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="925">
+        <v>0.625</v>
+      </c>
+      <c r="I26" s="926">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="J26" s="924" t="s">
+        <v>73</v>
+      </c>
+      <c r="K26" s="929" t="s">
+        <v>27</v>
+      </c>
+      <c r="L26" s="925"/>
+      <c r="M26" s="927"/>
+      <c r="N26" s="928"/>
+      <c r="O26" s="528"/>
+      <c r="W26" s="529"/>
+      <c r="X26" s="529"/>
+      <c r="Y26" s="529"/>
+      <c r="Z26" s="529"/>
+      <c r="AA26" s="529"/>
+    </row>
+    <row r="27" spans="1:27" s="13" customFormat="1" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="993"/>
+      <c r="B27" s="1025"/>
+      <c r="C27" s="511"/>
+      <c r="D27" s="937" t="s">
         <v>65</v>
       </c>
-      <c r="H26" s="827">
-[...8 lines deleted...]
-      <c r="K26" s="829" t="s">
+      <c r="E27" s="938" t="s">
         <v>66</v>
       </c>
-      <c r="L26" s="827">
-[...21 lines deleted...]
-      <c r="F27" s="779">
+      <c r="F27" s="933">
         <f>F26+1</f>
         <v>45946</v>
       </c>
-      <c r="G27" s="835" t="s">
+      <c r="G27" s="921" t="s">
+        <v>70</v>
+      </c>
+      <c r="H27" s="922">
+        <v>0.625</v>
+      </c>
+      <c r="I27" s="923">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="J27" s="939" t="s">
+        <v>48</v>
+      </c>
+      <c r="K27" s="930" t="s">
         <v>68</v>
       </c>
-      <c r="H27" s="836">
-[...5 lines deleted...]
-      <c r="J27" s="780" t="s">
+      <c r="L27" s="922">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="M27" s="931">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="N27" s="260" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="O27" s="15"/>
       <c r="W27" s="12"/>
       <c r="X27" s="12"/>
       <c r="Y27" s="12"/>
       <c r="Z27" s="12"/>
       <c r="AA27" s="12"/>
     </row>
     <row r="28" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="957"/>
-[...1 lines deleted...]
-      <c r="C28" s="967">
+      <c r="A28" s="993"/>
+      <c r="B28" s="1025"/>
+      <c r="C28" s="1013">
         <v>4</v>
       </c>
-      <c r="D28" s="769"/>
-[...1 lines deleted...]
-      <c r="F28" s="942">
+      <c r="D28" s="986"/>
+      <c r="E28" s="986"/>
+      <c r="F28" s="934">
         <v>45947</v>
       </c>
-      <c r="G28" s="213" t="s">
-[...4 lines deleted...]
-      <c r="J28" s="213" t="s">
+      <c r="G28" s="211" t="s">
         <v>52</v>
       </c>
-      <c r="K28" s="213" t="s">
-[...4 lines deleted...]
-      <c r="N28" s="832"/>
+      <c r="H28" s="902"/>
+      <c r="I28" s="902"/>
+      <c r="J28" s="211" t="s">
+        <v>73</v>
+      </c>
+      <c r="K28" s="211" t="s">
+        <v>27</v>
+      </c>
+      <c r="L28" s="799"/>
+      <c r="M28" s="799"/>
+      <c r="N28" s="799"/>
       <c r="O28" s="15"/>
       <c r="P28" s="12"/>
       <c r="Q28" s="12"/>
       <c r="R28" s="12"/>
       <c r="S28" s="12"/>
       <c r="T28" s="12"/>
       <c r="U28" s="12"/>
       <c r="V28" s="12"/>
       <c r="W28" s="12"/>
       <c r="X28" s="12"/>
       <c r="Y28" s="12"/>
       <c r="Z28" s="12"/>
       <c r="AA28" s="12"/>
     </row>
     <row r="29" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="957"/>
-[...4 lines deleted...]
-      <c r="F29" s="770">
+      <c r="A29" s="993"/>
+      <c r="B29" s="1025"/>
+      <c r="C29" s="1013"/>
+      <c r="D29" s="987"/>
+      <c r="E29" s="987"/>
+      <c r="F29" s="749">
         <v>45948</v>
       </c>
-      <c r="G29" s="771" t="s">
-        <v>53</v>
+      <c r="G29" s="750" t="s">
+        <v>54</v>
       </c>
       <c r="H29" s="119" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-      <c r="N29" s="572"/>
+        <v>28</v>
+      </c>
+      <c r="I29" s="557" t="s">
+        <v>28</v>
+      </c>
+      <c r="J29" s="552"/>
+      <c r="K29" s="565"/>
+      <c r="L29" s="565"/>
+      <c r="M29" s="565"/>
+      <c r="N29" s="565"/>
       <c r="O29" s="19"/>
       <c r="P29" s="12"/>
       <c r="Q29" s="12"/>
       <c r="R29" s="12"/>
       <c r="S29" s="12"/>
       <c r="T29" s="12"/>
       <c r="U29" s="12"/>
       <c r="V29" s="12"/>
       <c r="W29" s="12"/>
       <c r="X29" s="12"/>
       <c r="Y29" s="12"/>
       <c r="Z29" s="12"/>
       <c r="AA29" s="12"/>
     </row>
     <row r="30" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="957"/>
-[...4 lines deleted...]
-      <c r="F30" s="842">
+      <c r="A30" s="993"/>
+      <c r="B30" s="1025"/>
+      <c r="C30" s="1013"/>
+      <c r="D30" s="988"/>
+      <c r="E30" s="988"/>
+      <c r="F30" s="805">
         <v>45949</v>
       </c>
-      <c r="G30" s="843" t="s">
-[...12 lines deleted...]
-      <c r="N30" s="848"/>
+      <c r="G30" s="806" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30" s="807" t="s">
+        <v>28</v>
+      </c>
+      <c r="I30" s="808" t="s">
+        <v>28</v>
+      </c>
+      <c r="J30" s="809"/>
+      <c r="K30" s="810"/>
+      <c r="L30" s="811"/>
+      <c r="M30" s="812"/>
+      <c r="N30" s="811"/>
       <c r="O30" s="19"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
       <c r="U30" s="12"/>
       <c r="V30" s="12"/>
       <c r="W30" s="12"/>
       <c r="X30" s="12"/>
       <c r="Y30" s="12"/>
       <c r="Z30" s="12"/>
       <c r="AA30" s="12"/>
     </row>
     <row r="31" spans="1:27" s="13" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="957"/>
-[...4 lines deleted...]
-      <c r="F31" s="573">
+      <c r="A31" s="993"/>
+      <c r="B31" s="1025"/>
+      <c r="C31" s="1013"/>
+      <c r="D31" s="587"/>
+      <c r="E31" s="587"/>
+      <c r="F31" s="566">
         <f t="shared" ref="F31:F42" si="4">F30+1</f>
         <v>45950</v>
       </c>
-      <c r="G31" s="574" t="str">
+      <c r="G31" s="567" t="str">
         <f t="shared" ref="G31:G42" si="5">IF(WEEKDAY(F31)=2,"L",IF(WEEKDAY(F31)=3,"M",IF(WEEKDAY(F31)=4,"X",IF(WEEKDAY(F31)=5,"J",IF(WEEKDAY(F31)=6,"V",IF(WEEKDAY(F31)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
-      <c r="H31" s="578" t="s">
+      <c r="H31" s="571" t="s">
         <v>18</v>
       </c>
-      <c r="I31" s="579">
+      <c r="I31" s="572">
         <v>0.75</v>
       </c>
-      <c r="J31" s="580" t="s">
-[...5 lines deleted...]
-      <c r="L31" s="582">
+      <c r="J31" s="573" t="s">
+        <v>74</v>
+      </c>
+      <c r="K31" s="574" t="s">
+        <v>75</v>
+      </c>
+      <c r="L31" s="575">
         <f>IF(H31="–",,I31-H31)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M31" s="604">
+      <c r="M31" s="595">
         <f>L31</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="N31" s="605" t="s">
-        <v>74</v>
+      <c r="N31" s="596" t="s">
+        <v>76</v>
       </c>
       <c r="O31" s="19"/>
       <c r="P31" s="12"/>
       <c r="Q31" s="12"/>
       <c r="R31" s="12"/>
       <c r="S31" s="12"/>
       <c r="T31" s="12"/>
       <c r="U31" s="12"/>
       <c r="V31" s="12"/>
       <c r="W31" s="12"/>
       <c r="X31" s="12"/>
       <c r="Y31" s="12"/>
       <c r="Z31" s="12"/>
       <c r="AA31" s="12"/>
     </row>
     <row r="32" spans="1:27" s="13" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="957"/>
-[...4 lines deleted...]
-      <c r="F32" s="575">
+      <c r="A32" s="993"/>
+      <c r="B32" s="1025"/>
+      <c r="C32" s="1013"/>
+      <c r="D32" s="588"/>
+      <c r="E32" s="589"/>
+      <c r="F32" s="568">
         <f t="shared" si="4"/>
         <v>45951</v>
       </c>
-      <c r="G32" s="576" t="str">
+      <c r="G32" s="569" t="str">
         <f t="shared" si="5"/>
         <v>M</v>
       </c>
-      <c r="H32" s="585" t="s">
+      <c r="H32" s="576" t="s">
         <v>18</v>
       </c>
-      <c r="I32" s="586">
+      <c r="I32" s="577">
         <v>0.75</v>
       </c>
-      <c r="J32" s="587" t="s">
-[...5 lines deleted...]
-      <c r="L32" s="585">
+      <c r="J32" s="578" t="s">
+        <v>74</v>
+      </c>
+      <c r="K32" s="625" t="s">
+        <v>77</v>
+      </c>
+      <c r="L32" s="576">
         <f>IF(H32="–",,I32-H32)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M32" s="589">
+      <c r="M32" s="580">
         <f>L32+M31</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="N32" s="643" t="s">
-        <v>76</v>
+      <c r="N32" s="627" t="s">
+        <v>78</v>
       </c>
       <c r="O32" s="15"/>
       <c r="Q32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
       <c r="Y32" s="12"/>
       <c r="Z32" s="12"/>
       <c r="AA32" s="12"/>
     </row>
     <row r="33" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="957"/>
-[...6 lines deleted...]
-      <c r="F33" s="575">
+      <c r="A33" s="993"/>
+      <c r="B33" s="1025"/>
+      <c r="C33" s="1014"/>
+      <c r="D33" s="738" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="589"/>
+      <c r="F33" s="568">
         <f t="shared" si="4"/>
         <v>45952</v>
       </c>
-      <c r="G33" s="606" t="str">
+      <c r="G33" s="597" t="str">
         <f t="shared" si="5"/>
         <v>X</v>
       </c>
-      <c r="H33" s="591" t="s">
+      <c r="H33" s="582" t="s">
         <v>18</v>
       </c>
-      <c r="I33" s="592">
+      <c r="I33" s="583">
         <v>0.75</v>
       </c>
-      <c r="J33" s="587" t="s">
-[...5 lines deleted...]
-      <c r="L33" s="591">
+      <c r="J33" s="578" t="s">
+        <v>74</v>
+      </c>
+      <c r="K33" s="584" t="s">
+        <v>80</v>
+      </c>
+      <c r="L33" s="582">
         <f>IF(H33="–",,I33-H33)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M33" s="594">
+      <c r="M33" s="585">
         <f>L33+M32</f>
         <v>0.25000000000000011</v>
       </c>
-      <c r="N33" s="595" t="s">
-        <v>79</v>
+      <c r="N33" s="586" t="s">
+        <v>81</v>
       </c>
       <c r="O33" s="35"/>
       <c r="P33" s="12"/>
       <c r="Q33" s="12"/>
       <c r="R33" s="12"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
       <c r="V33" s="12"/>
       <c r="W33" s="12"/>
       <c r="X33" s="12"/>
       <c r="Y33" s="12"/>
       <c r="Z33" s="12"/>
       <c r="AA33" s="12"/>
     </row>
     <row r="34" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="957"/>
-[...1 lines deleted...]
-      <c r="C34" s="961">
+      <c r="A34" s="993"/>
+      <c r="B34" s="1025"/>
+      <c r="C34" s="997">
         <v>5</v>
       </c>
-      <c r="D34" s="806" t="s">
-[...3 lines deleted...]
-      <c r="F34" s="573">
+      <c r="D34" s="782" t="s">
+        <v>82</v>
+      </c>
+      <c r="E34" s="589"/>
+      <c r="F34" s="566">
         <f t="shared" si="4"/>
         <v>45953</v>
       </c>
-      <c r="G34" s="574" t="str">
+      <c r="G34" s="567" t="str">
         <f t="shared" si="5"/>
         <v>J</v>
       </c>
-      <c r="H34" s="607" t="s">
+      <c r="H34" s="598" t="s">
         <v>18</v>
       </c>
-      <c r="I34" s="608" t="s">
-[...8 lines deleted...]
-      <c r="L34" s="607">
+      <c r="I34" s="599" t="s">
+        <v>83</v>
+      </c>
+      <c r="J34" s="600" t="s">
+        <v>74</v>
+      </c>
+      <c r="K34" s="418" t="s">
+        <v>84</v>
+      </c>
+      <c r="L34" s="598">
         <f>IF(H34="–",,I34-H34)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M34" s="611">
+      <c r="M34" s="602">
         <v>0.33333333333333331</v>
       </c>
-      <c r="N34" s="612" t="s">
-        <v>83</v>
+      <c r="N34" s="603" t="s">
+        <v>85</v>
       </c>
       <c r="O34" s="35"/>
       <c r="P34" s="12"/>
       <c r="Q34" s="12"/>
       <c r="R34" s="12"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
       <c r="V34" s="12"/>
       <c r="W34" s="12"/>
       <c r="X34" s="12"/>
       <c r="Y34" s="12"/>
       <c r="Z34" s="12"/>
       <c r="AA34" s="12"/>
     </row>
     <row r="35" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="957"/>
-[...4 lines deleted...]
-      <c r="F35" s="602">
+      <c r="A35" s="993"/>
+      <c r="B35" s="1025"/>
+      <c r="C35" s="993"/>
+      <c r="D35" s="590"/>
+      <c r="E35" s="592"/>
+      <c r="F35" s="593">
         <f t="shared" si="4"/>
         <v>45954</v>
       </c>
-      <c r="G35" s="603" t="str">
+      <c r="G35" s="594" t="str">
         <f t="shared" si="5"/>
         <v>V</v>
       </c>
-      <c r="H35" s="428">
+      <c r="H35" s="423">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I35" s="613">
+      <c r="I35" s="604">
         <v>0.75</v>
       </c>
-      <c r="J35" s="609" t="s">
-[...5 lines deleted...]
-      <c r="L35" s="454">
+      <c r="J35" s="600" t="s">
+        <v>74</v>
+      </c>
+      <c r="K35" s="601" t="s">
+        <v>49</v>
+      </c>
+      <c r="L35" s="449">
         <f>IF(H35="–",,I35-H35)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M35" s="419">
+      <c r="M35" s="414">
         <f>L35+M34</f>
         <v>0.41666666666666669</v>
       </c>
-      <c r="N35" s="420" t="s">
-        <v>84</v>
+      <c r="N35" s="415" t="s">
+        <v>86</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
       <c r="R35" s="12"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
       <c r="V35" s="12"/>
       <c r="W35" s="12"/>
       <c r="X35" s="12"/>
       <c r="Y35" s="12"/>
       <c r="Z35" s="12"/>
       <c r="AA35" s="12"/>
     </row>
     <row r="36" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="957"/>
-[...4 lines deleted...]
-      <c r="F36" s="456">
+      <c r="A36" s="993"/>
+      <c r="B36" s="1025"/>
+      <c r="C36" s="993"/>
+      <c r="D36" s="592"/>
+      <c r="E36" s="605"/>
+      <c r="F36" s="451">
         <f t="shared" si="4"/>
         <v>45955</v>
       </c>
-      <c r="G36" s="457" t="str">
+      <c r="G36" s="452" t="str">
         <f t="shared" si="5"/>
         <v>S</v>
       </c>
-      <c r="H36" s="615" t="s">
-[...9 lines deleted...]
-      <c r="N36" s="616"/>
+      <c r="H36" s="606" t="s">
+        <v>28</v>
+      </c>
+      <c r="I36" s="606" t="s">
+        <v>28</v>
+      </c>
+      <c r="J36" s="552"/>
+      <c r="K36" s="607"/>
+      <c r="L36" s="607"/>
+      <c r="M36" s="607"/>
+      <c r="N36" s="607"/>
       <c r="O36" s="19"/>
       <c r="P36" s="12"/>
       <c r="Q36" s="12"/>
       <c r="R36" s="12"/>
       <c r="S36" s="12"/>
       <c r="T36" s="12"/>
       <c r="U36" s="12"/>
       <c r="V36" s="12"/>
       <c r="W36" s="12"/>
       <c r="X36" s="12"/>
       <c r="Y36" s="12"/>
       <c r="Z36" s="12"/>
       <c r="AA36" s="12"/>
     </row>
     <row r="37" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="957"/>
-[...4 lines deleted...]
-      <c r="F37" s="456">
+      <c r="A37" s="993"/>
+      <c r="B37" s="1025"/>
+      <c r="C37" s="993"/>
+      <c r="D37" s="590"/>
+      <c r="E37" s="605"/>
+      <c r="F37" s="451">
         <f t="shared" si="4"/>
         <v>45956</v>
       </c>
-      <c r="G37" s="617" t="str">
+      <c r="G37" s="608" t="str">
         <f t="shared" si="5"/>
         <v>D</v>
       </c>
-      <c r="H37" s="618" t="s">
-[...9 lines deleted...]
-      <c r="N37" s="619"/>
+      <c r="H37" s="609" t="s">
+        <v>28</v>
+      </c>
+      <c r="I37" s="609" t="s">
+        <v>28</v>
+      </c>
+      <c r="J37" s="552"/>
+      <c r="K37" s="610"/>
+      <c r="L37" s="610"/>
+      <c r="M37" s="610"/>
+      <c r="N37" s="610"/>
       <c r="O37" s="19"/>
       <c r="P37" s="36"/>
       <c r="Q37" s="12"/>
       <c r="R37" s="12"/>
       <c r="S37" s="12"/>
       <c r="T37" s="12"/>
       <c r="U37" s="12"/>
       <c r="V37" s="12"/>
       <c r="W37" s="12"/>
       <c r="X37" s="12"/>
       <c r="Y37" s="12"/>
       <c r="Z37" s="12"/>
       <c r="AA37" s="12"/>
     </row>
     <row r="38" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="957"/>
-[...4 lines deleted...]
-      <c r="F38" s="620">
+      <c r="A38" s="993"/>
+      <c r="B38" s="1025"/>
+      <c r="C38" s="993"/>
+      <c r="D38" s="738"/>
+      <c r="E38" s="592"/>
+      <c r="F38" s="611">
         <v>45957</v>
       </c>
-      <c r="G38" s="621" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="585">
+      <c r="G38" s="612" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38" s="576">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I38" s="586">
+      <c r="I38" s="577">
         <v>0.75</v>
       </c>
-      <c r="J38" s="580" t="s">
-[...5 lines deleted...]
-      <c r="L38" s="622">
+      <c r="J38" s="573" t="s">
+        <v>74</v>
+      </c>
+      <c r="K38" s="605" t="s">
+        <v>87</v>
+      </c>
+      <c r="L38" s="613">
         <f>IF(H38="–",,I38-H38)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M38" s="589">
+      <c r="M38" s="580">
         <f>L38+M35</f>
         <v>0.5</v>
       </c>
-      <c r="N38" s="590" t="s">
-        <v>86</v>
+      <c r="N38" s="581" t="s">
+        <v>88</v>
       </c>
       <c r="O38" s="19"/>
       <c r="P38" s="12"/>
       <c r="Q38" s="12"/>
       <c r="R38" s="12"/>
       <c r="S38" s="12"/>
       <c r="T38" s="12"/>
       <c r="U38" s="12"/>
       <c r="V38" s="12"/>
       <c r="W38" s="12"/>
       <c r="X38" s="12"/>
       <c r="Y38" s="12"/>
       <c r="Z38" s="12"/>
       <c r="AA38" s="12"/>
     </row>
-    <row r="39" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F39" s="905">
+    <row r="39" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="993"/>
+      <c r="B39" s="1025"/>
+      <c r="C39" s="993"/>
+      <c r="D39" s="738"/>
+      <c r="E39" s="592"/>
+      <c r="F39" s="868">
         <v>45958</v>
       </c>
-      <c r="G39" s="623" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="624">
+      <c r="G39" s="614" t="s">
+        <v>61</v>
+      </c>
+      <c r="H39" s="615">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I39" s="624">
+      <c r="I39" s="615">
         <v>0.75</v>
       </c>
-      <c r="J39" s="625" t="s">
-[...5 lines deleted...]
-      <c r="L39" s="627">
+      <c r="J39" s="616" t="s">
+        <v>89</v>
+      </c>
+      <c r="K39" s="617" t="s">
+        <v>90</v>
+      </c>
+      <c r="L39" s="618">
         <f>IF(H39="–",,I39-H39)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M39" s="628">
+      <c r="M39" s="619">
         <v>0.58333333333333337</v>
       </c>
-      <c r="N39" s="629" t="s">
-        <v>89</v>
+      <c r="N39" s="620" t="s">
+        <v>91</v>
       </c>
       <c r="O39" s="37"/>
       <c r="P39" s="12"/>
       <c r="Q39" s="12"/>
       <c r="R39" s="12"/>
       <c r="S39" s="12"/>
       <c r="T39" s="12"/>
       <c r="U39" s="12"/>
       <c r="V39" s="12"/>
       <c r="W39" s="12"/>
       <c r="X39" s="12"/>
       <c r="Y39" s="12"/>
       <c r="Z39" s="12"/>
       <c r="AA39" s="12"/>
     </row>
-    <row r="40" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F40" s="630">
+    <row r="40" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="993"/>
+      <c r="B40" s="1025"/>
+      <c r="C40" s="1012"/>
+      <c r="D40" s="591"/>
+      <c r="E40" s="739" t="s">
+        <v>92</v>
+      </c>
+      <c r="F40" s="919">
         <f t="shared" si="4"/>
         <v>45959</v>
       </c>
-      <c r="G40" s="631" t="str">
+      <c r="G40" s="920" t="str">
         <f t="shared" si="5"/>
         <v>X</v>
       </c>
-      <c r="H40" s="627"/>
-[...9 lines deleted...]
-      <c r="N40" s="584"/>
+      <c r="H40" s="918">
+        <v>0.625</v>
+      </c>
+      <c r="I40" s="801">
+        <v>0.79166666666666663</v>
+      </c>
+      <c r="J40" s="758" t="s">
+        <v>71</v>
+      </c>
+      <c r="K40" s="802" t="s">
+        <v>20</v>
+      </c>
+      <c r="L40" s="800">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="M40" s="803">
+        <v>1.0416666666666667</v>
+      </c>
+      <c r="N40" s="804" t="s">
+        <v>72</v>
+      </c>
       <c r="O40" s="19"/>
       <c r="P40" s="12"/>
       <c r="Q40" s="12"/>
       <c r="R40" s="12"/>
       <c r="S40" s="12"/>
       <c r="T40" s="12"/>
       <c r="U40" s="12"/>
       <c r="V40" s="12"/>
       <c r="W40" s="12"/>
       <c r="X40" s="12"/>
       <c r="Y40" s="12"/>
       <c r="Z40" s="12"/>
       <c r="AA40" s="12"/>
     </row>
     <row r="41" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="957"/>
-[...1 lines deleted...]
-      <c r="C41" s="971">
+      <c r="A41" s="993"/>
+      <c r="B41" s="1025"/>
+      <c r="C41" s="1017">
         <v>6</v>
       </c>
-      <c r="D41" s="600"/>
-[...1 lines deleted...]
-      <c r="F41" s="634">
+      <c r="D41" s="591"/>
+      <c r="E41" s="740"/>
+      <c r="F41" s="621">
         <f t="shared" si="4"/>
         <v>45960</v>
       </c>
-      <c r="G41" s="635" t="str">
+      <c r="G41" s="622" t="str">
         <f t="shared" si="5"/>
         <v>J</v>
       </c>
-      <c r="H41" s="638" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="H41" s="623"/>
+      <c r="I41" s="624"/>
+      <c r="J41" s="942" t="s">
+        <v>73</v>
+      </c>
+      <c r="K41" s="943" t="s">
+        <v>282</v>
+      </c>
+      <c r="L41" s="623"/>
+      <c r="M41" s="626"/>
+      <c r="N41" s="581"/>
       <c r="O41" s="19"/>
       <c r="P41" s="12"/>
       <c r="Q41" s="12"/>
       <c r="R41" s="12"/>
       <c r="S41" s="12"/>
       <c r="T41" s="12"/>
       <c r="U41" s="12"/>
       <c r="V41" s="12"/>
       <c r="W41" s="12"/>
       <c r="X41" s="12"/>
       <c r="Y41" s="12"/>
       <c r="Z41" s="12"/>
       <c r="AA41" s="12"/>
     </row>
     <row r="42" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="957"/>
-[...4 lines deleted...]
-      <c r="F42" s="636">
+      <c r="A42" s="993"/>
+      <c r="B42" s="1025"/>
+      <c r="C42" s="1018"/>
+      <c r="D42" s="590"/>
+      <c r="E42" s="592"/>
+      <c r="F42" s="944">
         <f t="shared" si="4"/>
         <v>45961</v>
       </c>
-      <c r="G42" s="637" t="str">
+      <c r="G42" s="180" t="str">
         <f t="shared" si="5"/>
         <v>V</v>
       </c>
-      <c r="H42" s="627">
+      <c r="H42" s="945">
         <v>0.625</v>
       </c>
-      <c r="I42" s="632">
+      <c r="I42" s="946">
         <v>0.70833333333333337</v>
       </c>
-      <c r="J42" s="587" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="633" t="s">
+      <c r="J42" s="947" t="s">
+        <v>74</v>
+      </c>
+      <c r="K42" s="948" t="s">
         <v>95</v>
       </c>
-      <c r="L42" s="627">
+      <c r="L42" s="945">
         <f>IF(H42="–",,I42-H42)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M42" s="583">
+      <c r="M42" s="949">
         <f>L42+M41</f>
-        <v>0.16666666666666674</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>8.333333333333337E-2</v>
+      </c>
+      <c r="N42" s="950" t="s">
+        <v>285</v>
       </c>
       <c r="O42" s="19"/>
       <c r="P42" s="12"/>
       <c r="Q42" s="12"/>
       <c r="R42" s="12"/>
       <c r="S42" s="12"/>
       <c r="T42" s="12"/>
       <c r="U42" s="12"/>
       <c r="V42" s="12"/>
       <c r="W42" s="12"/>
       <c r="X42" s="12"/>
       <c r="Y42" s="12"/>
       <c r="Z42" s="12"/>
       <c r="AA42" s="12"/>
     </row>
     <row r="43" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="957"/>
-[...4 lines deleted...]
-      <c r="F43" s="181">
+      <c r="A43" s="993"/>
+      <c r="B43" s="1025"/>
+      <c r="C43" s="1018"/>
+      <c r="D43" s="590"/>
+      <c r="E43" s="592"/>
+      <c r="F43" s="179">
         <v>45962</v>
       </c>
-      <c r="G43" s="182" t="s">
-[...14 lines deleted...]
-      <c r="N43" s="616"/>
+      <c r="G43" s="180" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43" s="181" t="s">
+        <v>28</v>
+      </c>
+      <c r="I43" s="181" t="s">
+        <v>28</v>
+      </c>
+      <c r="J43" s="525" t="s">
+        <v>96</v>
+      </c>
+      <c r="K43" s="591"/>
+      <c r="L43" s="607"/>
+      <c r="M43" s="607"/>
+      <c r="N43" s="607"/>
       <c r="O43" s="19"/>
       <c r="P43" s="12"/>
       <c r="Q43" s="12"/>
       <c r="R43" s="12"/>
       <c r="S43" s="12"/>
       <c r="T43" s="12"/>
       <c r="U43" s="12"/>
       <c r="V43" s="12"/>
       <c r="W43" s="12"/>
       <c r="X43" s="12"/>
       <c r="Y43" s="12"/>
       <c r="Z43" s="12"/>
       <c r="AA43" s="12"/>
     </row>
     <row r="44" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="957"/>
-[...4 lines deleted...]
-      <c r="F44" s="809">
+      <c r="A44" s="993"/>
+      <c r="B44" s="1025"/>
+      <c r="C44" s="1018"/>
+      <c r="D44" s="784"/>
+      <c r="E44" s="784"/>
+      <c r="F44" s="785">
         <v>45963</v>
       </c>
-      <c r="G44" s="810" t="s">
-[...12 lines deleted...]
-      <c r="N44" s="817"/>
+      <c r="G44" s="786" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44" s="787" t="s">
+        <v>28</v>
+      </c>
+      <c r="I44" s="788" t="s">
+        <v>28</v>
+      </c>
+      <c r="J44" s="789"/>
+      <c r="K44" s="790"/>
+      <c r="L44" s="791"/>
+      <c r="M44" s="792"/>
+      <c r="N44" s="793"/>
       <c r="O44" s="19"/>
       <c r="P44" s="12"/>
       <c r="Q44" s="12"/>
       <c r="R44" s="12"/>
       <c r="S44" s="12"/>
       <c r="T44" s="12"/>
       <c r="U44" s="12"/>
       <c r="V44" s="12"/>
       <c r="W44" s="12"/>
       <c r="X44" s="12"/>
       <c r="Y44" s="12"/>
       <c r="Z44" s="12"/>
       <c r="AA44" s="12"/>
     </row>
     <row r="45" spans="1:407" s="13" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="957"/>
-[...4 lines deleted...]
-      <c r="F45" s="819">
+      <c r="A45" s="993"/>
+      <c r="B45" s="1025"/>
+      <c r="C45" s="1019"/>
+      <c r="D45" s="794"/>
+      <c r="E45" s="794"/>
+      <c r="F45" s="795">
         <v>45964</v>
       </c>
-      <c r="G45" s="807" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="478" t="s">
+      <c r="G45" s="783" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45" s="473" t="s">
         <v>18</v>
       </c>
-      <c r="I45" s="527" t="s">
+      <c r="I45" s="521" t="s">
+        <v>97</v>
+      </c>
+      <c r="J45" s="187" t="s">
         <v>98</v>
       </c>
-      <c r="J45" s="189" t="s">
+      <c r="K45" s="188" t="s">
         <v>99</v>
       </c>
-      <c r="K45" s="190" t="s">
-[...2 lines deleted...]
-      <c r="L45" s="191">
+      <c r="L45" s="189">
         <f>IF(H45="–",,I45-H45)</f>
         <v>0.125</v>
       </c>
-      <c r="M45" s="192">
+      <c r="M45" s="190">
         <f>L45</f>
         <v>0.125</v>
       </c>
-      <c r="N45" s="193" t="s">
-        <v>101</v>
+      <c r="N45" s="191" t="s">
+        <v>100</v>
       </c>
       <c r="O45" s="19"/>
       <c r="W45" s="38"/>
       <c r="X45" s="38"/>
       <c r="Y45" s="38"/>
       <c r="Z45" s="38"/>
       <c r="AA45" s="38"/>
     </row>
     <row r="46" spans="1:407" s="87" customFormat="1" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="957"/>
-[...1 lines deleted...]
-      <c r="C46" s="974">
+      <c r="A46" s="993"/>
+      <c r="B46" s="1026"/>
+      <c r="C46" s="1020">
         <v>7</v>
       </c>
-      <c r="D46" s="235"/>
-[...1 lines deleted...]
-      <c r="F46" s="208">
+      <c r="D46" s="233"/>
+      <c r="E46" s="233"/>
+      <c r="F46" s="206">
         <v>45965</v>
       </c>
       <c r="G46" s="144" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="H46" s="147">
+        <v>61</v>
+      </c>
+      <c r="H46" s="146">
         <v>0.6875</v>
       </c>
-      <c r="I46" s="524">
+      <c r="I46" s="518">
         <v>0.85416666666666663</v>
       </c>
-      <c r="J46" s="189" t="s">
+      <c r="J46" s="187" t="s">
+        <v>98</v>
+      </c>
+      <c r="K46" s="188" t="s">
         <v>99</v>
       </c>
-      <c r="K46" s="190" t="s">
-[...2 lines deleted...]
-      <c r="L46" s="197">
+      <c r="L46" s="195">
         <f>IF(H46="–",,I46-H46)</f>
         <v>0.16666666666666663</v>
       </c>
-      <c r="M46" s="198">
+      <c r="M46" s="196">
         <f>L46+M45</f>
         <v>0.29166666666666663</v>
       </c>
-      <c r="N46" s="820" t="s">
-[...2 lines deleted...]
-      <c r="O46" s="821"/>
+      <c r="N46" s="796" t="s">
+        <v>101</v>
+      </c>
+      <c r="O46" s="797"/>
       <c r="P46" s="38"/>
       <c r="Q46" s="38"/>
       <c r="R46" s="38"/>
       <c r="S46" s="38"/>
       <c r="T46" s="38"/>
       <c r="U46" s="38"/>
       <c r="V46" s="38"/>
       <c r="W46" s="38"/>
       <c r="X46" s="38"/>
       <c r="Y46" s="38"/>
       <c r="Z46" s="38"/>
       <c r="AA46" s="38"/>
       <c r="AB46" s="13"/>
       <c r="AC46" s="13"/>
       <c r="AD46" s="13"/>
       <c r="AE46" s="13"/>
       <c r="AF46" s="13"/>
       <c r="AG46" s="13"/>
       <c r="AH46" s="13"/>
       <c r="AI46" s="13"/>
       <c r="AJ46" s="13"/>
       <c r="AK46" s="13"/>
       <c r="AL46" s="13"/>
       <c r="AM46" s="13"/>
       <c r="AN46" s="13"/>
@@ -10701,5897 +10930,5907 @@
       <c r="NU46" s="13"/>
       <c r="NV46" s="13"/>
       <c r="NW46" s="13"/>
       <c r="NX46" s="13"/>
       <c r="NY46" s="13"/>
       <c r="NZ46" s="13"/>
       <c r="OA46" s="13"/>
       <c r="OB46" s="13"/>
       <c r="OC46" s="13"/>
       <c r="OD46" s="13"/>
       <c r="OE46" s="13"/>
       <c r="OF46" s="13"/>
       <c r="OG46" s="13"/>
       <c r="OH46" s="13"/>
       <c r="OI46" s="13"/>
       <c r="OJ46" s="13"/>
       <c r="OK46" s="13"/>
       <c r="OL46" s="13"/>
       <c r="OM46" s="13"/>
       <c r="ON46" s="13"/>
       <c r="OO46" s="13"/>
       <c r="OP46" s="13"/>
       <c r="OQ46" s="13"/>
     </row>
     <row r="47" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="957"/>
-[...6 lines deleted...]
-      <c r="F47" s="187">
+      <c r="A47" s="993"/>
+      <c r="B47" s="1015" t="s">
+        <v>102</v>
+      </c>
+      <c r="C47" s="995"/>
+      <c r="D47" s="163"/>
+      <c r="E47" s="163"/>
+      <c r="F47" s="185">
         <f>F46+1</f>
         <v>45966</v>
       </c>
-      <c r="G47" s="188" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="161" t="s">
+      <c r="G47" s="186" t="s">
+        <v>67</v>
+      </c>
+      <c r="H47" s="159" t="s">
         <v>18</v>
       </c>
-      <c r="I47" s="528" t="s">
-[...2 lines deleted...]
-      <c r="J47" s="200" t="s">
+      <c r="I47" s="522" t="s">
+        <v>103</v>
+      </c>
+      <c r="J47" s="198" t="s">
         <v>19</v>
       </c>
-      <c r="K47" s="190" t="s">
-[...2 lines deleted...]
-      <c r="L47" s="201">
+      <c r="K47" s="188" t="s">
+        <v>99</v>
+      </c>
+      <c r="L47" s="199">
         <f>IF(H47="–",,I47-H47)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M47" s="202">
+      <c r="M47" s="200">
         <f>L47+M46</f>
         <v>0.45833333333333337</v>
       </c>
-      <c r="N47" s="203" t="s">
-        <v>105</v>
+      <c r="N47" s="201" t="s">
+        <v>104</v>
       </c>
       <c r="O47" s="19"/>
       <c r="P47" s="12"/>
       <c r="Q47" s="12"/>
       <c r="R47" s="12"/>
       <c r="S47" s="12"/>
       <c r="T47" s="12"/>
       <c r="U47" s="12"/>
       <c r="V47" s="12"/>
       <c r="W47" s="12"/>
       <c r="X47" s="12"/>
       <c r="Y47" s="12"/>
       <c r="Z47" s="12"/>
       <c r="AA47" s="12"/>
     </row>
     <row r="48" spans="1:407" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="975" t="s">
-[...6 lines deleted...]
-      <c r="F48" s="195">
+      <c r="A48" s="1021" t="s">
+        <v>105</v>
+      </c>
+      <c r="B48" s="1016"/>
+      <c r="C48" s="993"/>
+      <c r="D48" s="192"/>
+      <c r="E48" s="192"/>
+      <c r="F48" s="193">
         <f>F47+1</f>
         <v>45967</v>
       </c>
-      <c r="G48" s="149" t="s">
-        <v>68</v>
+      <c r="G48" s="148" t="s">
+        <v>70</v>
       </c>
       <c r="H48" s="142" t="s">
         <v>18</v>
       </c>
-      <c r="I48" s="529" t="s">
-[...2 lines deleted...]
-      <c r="J48" s="196" t="s">
+      <c r="I48" s="523" t="s">
+        <v>97</v>
+      </c>
+      <c r="J48" s="194" t="s">
+        <v>106</v>
+      </c>
+      <c r="K48" s="202" t="s">
         <v>107</v>
       </c>
-      <c r="K48" s="204" t="s">
-[...2 lines deleted...]
-      <c r="L48" s="205">
+      <c r="L48" s="203">
         <f>IF(H48="–",,I48-H48)</f>
         <v>0.125</v>
       </c>
-      <c r="M48" s="206">
+      <c r="M48" s="204">
         <v>0.58333333333333337</v>
       </c>
-      <c r="N48" s="207" t="s">
-        <v>109</v>
+      <c r="N48" s="205" t="s">
+        <v>108</v>
       </c>
       <c r="O48" s="39"/>
       <c r="P48" s="12"/>
       <c r="Q48" s="12"/>
       <c r="R48" s="12"/>
       <c r="S48" s="12"/>
       <c r="T48" s="12"/>
       <c r="U48" s="12"/>
       <c r="V48" s="12"/>
       <c r="W48" s="12"/>
       <c r="X48" s="12"/>
       <c r="Y48" s="12"/>
       <c r="Z48" s="12"/>
       <c r="AA48" s="12"/>
     </row>
     <row r="49" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="954"/>
-[...4 lines deleted...]
-      <c r="F49" s="199">
+      <c r="A49" s="990"/>
+      <c r="B49" s="1016"/>
+      <c r="C49" s="993"/>
+      <c r="D49" s="192"/>
+      <c r="E49" s="192"/>
+      <c r="F49" s="940">
         <f>F48+1</f>
         <v>45968</v>
       </c>
-      <c r="G49" s="645" t="s">
-[...8 lines deleted...]
-      <c r="N49" s="556"/>
+      <c r="G49" s="941" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49" s="623" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" s="624">
+        <v>0.75</v>
+      </c>
+      <c r="J49" s="942" t="s">
+        <v>286</v>
+      </c>
+      <c r="K49" s="579" t="s">
+        <v>93</v>
+      </c>
+      <c r="L49" s="623">
+        <f>IF(H49="–",,I49-H49)</f>
+        <v>8.333333333333337E-2</v>
+      </c>
+      <c r="M49" s="626"/>
+      <c r="N49" s="581" t="s">
+        <v>94</v>
+      </c>
       <c r="O49" s="40"/>
       <c r="P49" s="12"/>
       <c r="Q49" s="12"/>
       <c r="R49" s="12"/>
       <c r="S49" s="12"/>
       <c r="T49" s="12"/>
       <c r="U49" s="12"/>
       <c r="V49" s="12"/>
       <c r="W49" s="12"/>
       <c r="X49" s="12"/>
       <c r="Y49" s="12"/>
       <c r="Z49" s="12"/>
       <c r="AA49" s="12"/>
     </row>
     <row r="50" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="954"/>
-[...4 lines deleted...]
-      <c r="F50" s="208">
+      <c r="A50" s="990"/>
+      <c r="B50" s="1016"/>
+      <c r="C50" s="993"/>
+      <c r="D50" s="166"/>
+      <c r="E50" s="166"/>
+      <c r="F50" s="206">
         <v>45969</v>
       </c>
-      <c r="G50" s="646" t="s">
-[...12 lines deleted...]
-      <c r="N50" s="556"/>
+      <c r="G50" s="629" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I50" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J50" s="552"/>
+      <c r="K50" s="550"/>
+      <c r="L50" s="550"/>
+      <c r="M50" s="550"/>
+      <c r="N50" s="550"/>
       <c r="O50" s="39"/>
       <c r="P50" s="12"/>
       <c r="Q50" s="12"/>
       <c r="R50" s="12"/>
       <c r="S50" s="12"/>
       <c r="T50" s="12"/>
       <c r="U50" s="12"/>
       <c r="V50" s="12"/>
       <c r="W50" s="12"/>
       <c r="X50" s="12"/>
       <c r="Y50" s="12"/>
       <c r="Z50" s="12"/>
       <c r="AA50" s="12"/>
     </row>
     <row r="51" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="954"/>
-[...8 lines deleted...]
-      <c r="F51" s="208">
+      <c r="A51" s="990"/>
+      <c r="B51" s="1016"/>
+      <c r="C51" s="993"/>
+      <c r="D51" s="192" t="s">
+        <v>109</v>
+      </c>
+      <c r="E51" s="166" t="s">
+        <v>102</v>
+      </c>
+      <c r="F51" s="206">
         <v>45970</v>
       </c>
       <c r="G51" s="144" t="s">
-        <v>54</v>
-[...11 lines deleted...]
-      <c r="N51" s="523"/>
+        <v>55</v>
+      </c>
+      <c r="H51" s="289" t="s">
+        <v>28</v>
+      </c>
+      <c r="I51" s="630" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51" s="736"/>
+      <c r="K51" s="517"/>
+      <c r="L51" s="631"/>
+      <c r="M51" s="632"/>
+      <c r="N51" s="517"/>
       <c r="O51" s="39"/>
       <c r="W51" s="12"/>
       <c r="X51" s="12"/>
       <c r="Y51" s="12"/>
       <c r="Z51" s="12"/>
       <c r="AA51" s="12"/>
     </row>
     <row r="52" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="954"/>
-[...6 lines deleted...]
-      <c r="F52" s="208">
+      <c r="A52" s="990"/>
+      <c r="B52" s="1016"/>
+      <c r="C52" s="1012"/>
+      <c r="D52" s="192" t="s">
+        <v>290</v>
+      </c>
+      <c r="E52" s="166"/>
+      <c r="F52" s="206">
         <v>45971</v>
       </c>
       <c r="G52" s="144" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H52" s="142" t="s">
         <v>18</v>
       </c>
-      <c r="I52" s="529" t="s">
-[...2 lines deleted...]
-      <c r="J52" s="196" t="s">
+      <c r="I52" s="523" t="s">
+        <v>103</v>
+      </c>
+      <c r="J52" s="194" t="s">
         <v>19</v>
       </c>
-      <c r="K52" s="204" t="s">
-[...2 lines deleted...]
-      <c r="L52" s="205">
+      <c r="K52" s="202" t="s">
+        <v>110</v>
+      </c>
+      <c r="L52" s="203">
         <f>IF(H52="–",,I52-H52)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M52" s="206">
-[...4 lines deleted...]
-        <v>113</v>
+      <c r="M52" s="204">
+        <v>0.75</v>
+      </c>
+      <c r="N52" s="205" t="s">
+        <v>111</v>
       </c>
       <c r="O52" s="41"/>
       <c r="P52" s="12"/>
       <c r="Q52" s="12"/>
       <c r="R52" s="12"/>
       <c r="S52" s="12"/>
       <c r="T52" s="12"/>
       <c r="U52" s="12"/>
       <c r="V52" s="12"/>
       <c r="W52" s="12"/>
       <c r="X52" s="12"/>
       <c r="Y52" s="12"/>
       <c r="Z52" s="12"/>
       <c r="AA52" s="12"/>
     </row>
     <row r="53" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="954"/>
-[...1 lines deleted...]
-      <c r="C53" s="976">
+      <c r="A53" s="990"/>
+      <c r="B53" s="1016"/>
+      <c r="C53" s="1001">
         <v>8</v>
       </c>
-      <c r="D53" s="168"/>
-[...1 lines deleted...]
-      <c r="F53" s="208">
+      <c r="D53" s="166"/>
+      <c r="E53" s="166"/>
+      <c r="F53" s="206">
         <f>F52+1</f>
         <v>45972</v>
       </c>
       <c r="G53" s="144" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H53" s="131" t="s">
         <v>18</v>
       </c>
-      <c r="I53" s="527" t="s">
-[...2 lines deleted...]
-      <c r="J53" s="189" t="s">
+      <c r="I53" s="521" t="s">
+        <v>97</v>
+      </c>
+      <c r="J53" s="187" t="s">
         <v>19</v>
       </c>
-      <c r="K53" s="190" t="s">
-[...2 lines deleted...]
-      <c r="L53" s="191">
+      <c r="K53" s="188" t="s">
+        <v>99</v>
+      </c>
+      <c r="L53" s="189">
         <f>IF(H53="–",,I53-H53)</f>
         <v>0.125</v>
       </c>
-      <c r="M53" s="192">
+      <c r="M53" s="190">
         <f>L53+M52</f>
-        <v>0.87500000000000011</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>0.875</v>
+      </c>
+      <c r="N53" s="191" t="s">
+        <v>112</v>
       </c>
       <c r="O53" s="41"/>
       <c r="P53" s="12"/>
       <c r="Q53" s="12"/>
       <c r="R53" s="12"/>
       <c r="S53" s="12"/>
       <c r="T53" s="12"/>
       <c r="U53" s="12"/>
       <c r="V53" s="12"/>
       <c r="W53" s="12"/>
       <c r="X53" s="12"/>
       <c r="Y53" s="12"/>
       <c r="Z53" s="12"/>
       <c r="AA53" s="12"/>
     </row>
     <row r="54" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="954"/>
-[...4 lines deleted...]
-      <c r="F54" s="195">
+      <c r="A54" s="990"/>
+      <c r="B54" s="1016"/>
+      <c r="C54" s="995"/>
+      <c r="D54" s="166"/>
+      <c r="E54" s="166"/>
+      <c r="F54" s="193">
         <f>F53+1</f>
         <v>45973</v>
       </c>
-      <c r="G54" s="149" t="s">
-[...2 lines deleted...]
-      <c r="H54" s="161" t="s">
+      <c r="G54" s="148" t="s">
+        <v>67</v>
+      </c>
+      <c r="H54" s="159" t="s">
         <v>18</v>
       </c>
-      <c r="I54" s="528">
+      <c r="I54" s="522">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J54" s="200" t="s">
+      <c r="J54" s="198" t="s">
         <v>19</v>
       </c>
-      <c r="K54" s="209" t="s">
-[...2 lines deleted...]
-      <c r="L54" s="201">
+      <c r="K54" s="207" t="s">
+        <v>113</v>
+      </c>
+      <c r="L54" s="199">
         <f>IF(H54="–",,I54-H54)</f>
         <v>0.125</v>
       </c>
-      <c r="M54" s="202">
+      <c r="M54" s="200">
         <f>L54+M53</f>
         <v>1</v>
       </c>
-      <c r="N54" s="210" t="s">
-        <v>116</v>
+      <c r="N54" s="208" t="s">
+        <v>114</v>
       </c>
       <c r="O54" s="40"/>
       <c r="P54" s="12"/>
       <c r="Q54" s="12"/>
       <c r="R54" s="12"/>
       <c r="S54" s="12"/>
       <c r="T54" s="12"/>
       <c r="U54" s="12"/>
       <c r="V54" s="12"/>
       <c r="W54" s="12"/>
       <c r="X54" s="12"/>
       <c r="Y54" s="12"/>
       <c r="Z54" s="12"/>
       <c r="AA54" s="12"/>
     </row>
     <row r="55" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="954"/>
-[...4 lines deleted...]
-      <c r="F55" s="739">
+      <c r="A55" s="990"/>
+      <c r="B55" s="1016"/>
+      <c r="C55" s="995"/>
+      <c r="D55" s="166"/>
+      <c r="E55" s="166"/>
+      <c r="F55" s="722">
         <f>F54+1</f>
         <v>45974</v>
       </c>
-      <c r="G55" s="159" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="759" t="s">
+      <c r="G55" s="157" t="s">
+        <v>70</v>
+      </c>
+      <c r="H55" s="741" t="s">
         <v>18</v>
       </c>
-      <c r="I55" s="924">
+      <c r="I55" s="884">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J55" s="200" t="s">
+      <c r="J55" s="198" t="s">
         <v>19</v>
       </c>
-      <c r="K55" s="925" t="s">
-[...2 lines deleted...]
-      <c r="L55" s="926">
+      <c r="K55" s="885" t="s">
+        <v>99</v>
+      </c>
+      <c r="L55" s="886">
         <f>IF(H55="–",,I55-H55)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M55" s="927">
+      <c r="M55" s="887">
         <f>L55+M54</f>
         <v>1.1666666666666667</v>
       </c>
-      <c r="N55" s="928" t="s">
-        <v>117</v>
+      <c r="N55" s="888" t="s">
+        <v>115</v>
       </c>
       <c r="O55" s="39"/>
       <c r="P55" s="12"/>
       <c r="Q55" s="12"/>
       <c r="R55" s="12"/>
       <c r="S55" s="12"/>
       <c r="T55" s="12"/>
       <c r="U55" s="12"/>
       <c r="V55" s="12"/>
       <c r="W55" s="12"/>
       <c r="X55" s="12"/>
       <c r="Y55" s="12"/>
       <c r="Z55" s="12"/>
       <c r="AA55" s="12"/>
     </row>
-    <row r="56" spans="1:27" s="941" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F56" s="930">
+    <row r="56" spans="1:27" s="901" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="990"/>
+      <c r="B56" s="1016"/>
+      <c r="C56" s="995"/>
+      <c r="D56" s="911" t="s">
+        <v>116</v>
+      </c>
+      <c r="E56" s="889"/>
+      <c r="F56" s="890">
         <v>45975</v>
       </c>
-      <c r="G56" s="931" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="932">
+      <c r="G56" s="891" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56" s="892">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I56" s="933">
+      <c r="I56" s="893">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J56" s="934" t="s">
-[...2 lines deleted...]
-      <c r="K56" s="935" t="s">
+      <c r="J56" s="894" t="s">
+        <v>117</v>
+      </c>
+      <c r="K56" s="895" t="s">
         <v>118</v>
       </c>
-      <c r="L56" s="936"/>
-[...1 lines deleted...]
-      <c r="N56" s="938" t="s">
+      <c r="L56" s="896"/>
+      <c r="M56" s="897"/>
+      <c r="N56" s="898" t="s">
         <v>119</v>
       </c>
-      <c r="O56" s="939"/>
-[...11 lines deleted...]
-      <c r="AA56" s="940"/>
+      <c r="O56" s="899"/>
+      <c r="P56" s="900"/>
+      <c r="Q56" s="900"/>
+      <c r="R56" s="900"/>
+      <c r="S56" s="900"/>
+      <c r="T56" s="900"/>
+      <c r="U56" s="900"/>
+      <c r="V56" s="900"/>
+      <c r="W56" s="900"/>
+      <c r="X56" s="900"/>
+      <c r="Y56" s="900"/>
+      <c r="Z56" s="900"/>
+      <c r="AA56" s="900"/>
     </row>
     <row r="57" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="954"/>
-[...4 lines deleted...]
-      <c r="F57" s="211">
+      <c r="A57" s="990"/>
+      <c r="B57" s="1016"/>
+      <c r="C57" s="995"/>
+      <c r="D57" s="175"/>
+      <c r="E57" s="178"/>
+      <c r="F57" s="209">
         <v>45976</v>
       </c>
-      <c r="G57" s="212" t="s">
-[...12 lines deleted...]
-      <c r="N57" s="214"/>
+      <c r="G57" s="210" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="I57" s="524" t="s">
+        <v>28</v>
+      </c>
+      <c r="J57" s="737"/>
+      <c r="K57" s="212"/>
+      <c r="L57" s="213"/>
+      <c r="M57" s="214"/>
+      <c r="N57" s="212"/>
       <c r="O57" s="19"/>
       <c r="W57" s="38"/>
       <c r="X57" s="38"/>
       <c r="Y57" s="38"/>
       <c r="Z57" s="38"/>
       <c r="AA57" s="38"/>
     </row>
     <row r="58" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="954"/>
-[...4 lines deleted...]
-      <c r="F58" s="211">
+      <c r="A58" s="990"/>
+      <c r="B58" s="1016"/>
+      <c r="C58" s="996"/>
+      <c r="D58" s="178"/>
+      <c r="E58" s="178"/>
+      <c r="F58" s="209">
         <v>45977</v>
       </c>
-      <c r="G58" s="212" t="s">
-[...12 lines deleted...]
-      <c r="N58" s="185"/>
+      <c r="G58" s="210" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58" s="182" t="s">
+        <v>28</v>
+      </c>
+      <c r="I58" s="520" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58" s="654"/>
+      <c r="K58" s="183"/>
+      <c r="L58" s="183"/>
+      <c r="M58" s="215"/>
+      <c r="N58" s="183"/>
       <c r="O58" s="41"/>
       <c r="P58" s="38"/>
       <c r="Q58" s="38"/>
       <c r="R58" s="38"/>
       <c r="S58" s="38"/>
       <c r="T58" s="38"/>
       <c r="U58" s="38"/>
       <c r="V58" s="38"/>
       <c r="W58" s="38"/>
       <c r="X58" s="38"/>
       <c r="Y58" s="38"/>
       <c r="Z58" s="38"/>
       <c r="AA58" s="38"/>
     </row>
     <row r="59" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="954"/>
-[...1 lines deleted...]
-      <c r="C59" s="966">
+      <c r="A59" s="990"/>
+      <c r="B59" s="1016"/>
+      <c r="C59" s="1004">
         <v>9</v>
       </c>
-      <c r="D59" s="477"/>
-[...1 lines deleted...]
-      <c r="F59" s="218">
+      <c r="D59" s="472"/>
+      <c r="E59" s="472"/>
+      <c r="F59" s="216">
         <v>45978</v>
       </c>
       <c r="G59" s="120" t="str">
         <f>IF(WEEKDAY(F59)=2,"L",IF(WEEKDAY(F59)=3,"M",IF(WEEKDAY(F59)=4,"X",IF(WEEKDAY(F59)=5,"J",IF(WEEKDAY(F59)=6,"V",IF(WEEKDAY(F59)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
       <c r="H59" s="122" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="525" t="s">
-[...5 lines deleted...]
-      <c r="K59" s="508" t="s">
+      <c r="I59" s="519" t="s">
+        <v>97</v>
+      </c>
+      <c r="J59" s="217" t="s">
+        <v>62</v>
+      </c>
+      <c r="K59" s="503" t="s">
         <v>120</v>
       </c>
-      <c r="L59" s="175">
+      <c r="L59" s="173">
         <f t="shared" ref="L59:L63" si="6">IF(H59="–",,I59-H59)</f>
         <v>0.125</v>
       </c>
-      <c r="M59" s="220">
+      <c r="M59" s="218">
         <v>0.125</v>
       </c>
-      <c r="N59" s="221" t="s">
+      <c r="N59" s="219" t="s">
         <v>121</v>
       </c>
       <c r="O59" s="41"/>
       <c r="P59" s="38"/>
       <c r="Q59" s="38"/>
       <c r="R59" s="38"/>
       <c r="S59" s="38"/>
       <c r="T59" s="38"/>
       <c r="U59" s="38"/>
       <c r="V59" s="38"/>
       <c r="W59" s="38"/>
       <c r="X59" s="38"/>
       <c r="Y59" s="38"/>
       <c r="Z59" s="38"/>
       <c r="AA59" s="38"/>
     </row>
     <row r="60" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="954"/>
-[...2 lines deleted...]
-      <c r="D60" s="177" t="s">
+      <c r="A60" s="990"/>
+      <c r="B60" s="1016"/>
+      <c r="C60" s="993"/>
+      <c r="D60" s="175" t="s">
         <v>122</v>
       </c>
-      <c r="E60" s="510" t="s">
+      <c r="E60" s="505" t="s">
         <v>123</v>
       </c>
-      <c r="F60" s="222">
+      <c r="F60" s="220">
         <f>F59+1</f>
         <v>45979</v>
       </c>
       <c r="G60" s="120" t="str">
         <f>IF(WEEKDAY(F60)=2,"L",IF(WEEKDAY(F60)=3,"M",IF(WEEKDAY(F60)=4,"X",IF(WEEKDAY(F60)=5,"J",IF(WEEKDAY(F60)=6,"V",IF(WEEKDAY(F60)=7,"S","D"))))))</f>
         <v>M</v>
       </c>
       <c r="H60" s="122" t="s">
         <v>18</v>
       </c>
-      <c r="I60" s="525" t="s">
-[...2 lines deleted...]
-      <c r="J60" s="223" t="s">
+      <c r="I60" s="519" t="s">
+        <v>97</v>
+      </c>
+      <c r="J60" s="221" t="s">
         <v>124</v>
       </c>
-      <c r="K60" s="509" t="s">
+      <c r="K60" s="504" t="s">
         <v>125</v>
       </c>
       <c r="L60" s="122">
         <f t="shared" si="6"/>
         <v>0.125</v>
       </c>
-      <c r="M60" s="176">
+      <c r="M60" s="174">
         <f t="shared" ref="M60:M62" si="7">L60+M59</f>
         <v>0.25</v>
       </c>
       <c r="N60" s="120" t="s">
         <v>126</v>
       </c>
       <c r="O60" s="19"/>
       <c r="P60" s="38"/>
       <c r="Q60" s="38"/>
       <c r="R60" s="38"/>
       <c r="S60" s="38"/>
       <c r="T60" s="38"/>
       <c r="U60" s="38"/>
       <c r="V60" s="38"/>
       <c r="W60" s="38"/>
       <c r="X60" s="38"/>
       <c r="Y60" s="38"/>
       <c r="Z60" s="38"/>
       <c r="AA60" s="38"/>
     </row>
     <row r="61" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="954"/>
-[...6 lines deleted...]
-      <c r="F61" s="224">
+      <c r="A61" s="990"/>
+      <c r="B61" s="1016"/>
+      <c r="C61" s="993"/>
+      <c r="D61" s="175" t="s">
+        <v>82</v>
+      </c>
+      <c r="E61" s="178"/>
+      <c r="F61" s="222">
         <f>F60+1</f>
         <v>45980</v>
       </c>
       <c r="G61" s="120" t="str">
         <f>IF(WEEKDAY(F61)=2,"L",IF(WEEKDAY(F61)=3,"M",IF(WEEKDAY(F61)=4,"X",IF(WEEKDAY(F61)=5,"J",IF(WEEKDAY(F61)=6,"V",IF(WEEKDAY(F61)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
       <c r="H61" s="122" t="s">
         <v>18</v>
       </c>
-      <c r="I61" s="525" t="s">
-[...5 lines deleted...]
-      <c r="K61" s="225" t="s">
+      <c r="I61" s="519" t="s">
+        <v>97</v>
+      </c>
+      <c r="J61" s="217" t="s">
+        <v>62</v>
+      </c>
+      <c r="K61" s="223" t="s">
         <v>127</v>
       </c>
       <c r="L61" s="122">
         <f t="shared" si="6"/>
         <v>0.125</v>
       </c>
-      <c r="M61" s="176">
+      <c r="M61" s="174">
         <f t="shared" si="7"/>
         <v>0.375</v>
       </c>
       <c r="N61" s="120" t="s">
         <v>128</v>
       </c>
       <c r="O61" s="19"/>
       <c r="P61" s="12"/>
       <c r="Q61" s="12"/>
       <c r="R61" s="12"/>
       <c r="S61" s="12"/>
       <c r="T61" s="12"/>
       <c r="U61" s="12"/>
       <c r="V61" s="12"/>
       <c r="W61" s="12"/>
       <c r="X61" s="12"/>
       <c r="Y61" s="12"/>
       <c r="Z61" s="12"/>
       <c r="AA61" s="12"/>
     </row>
     <row r="62" spans="1:27" s="13" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="954"/>
-[...4 lines deleted...]
-      <c r="F62" s="226">
+      <c r="A62" s="990"/>
+      <c r="B62" s="1016"/>
+      <c r="C62" s="993"/>
+      <c r="D62" s="178"/>
+      <c r="E62" s="178"/>
+      <c r="F62" s="224">
         <f>F61+1</f>
         <v>45981</v>
       </c>
       <c r="G62" s="120" t="str">
         <f>IF(WEEKDAY(F62)=2,"L",IF(WEEKDAY(F62)=3,"M",IF(WEEKDAY(F62)=4,"X",IF(WEEKDAY(F62)=5,"J",IF(WEEKDAY(F62)=6,"V",IF(WEEKDAY(F62)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
       <c r="H62" s="122">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I62" s="525">
+      <c r="I62" s="519">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J62" s="219" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="179" t="s">
+      <c r="J62" s="217" t="s">
+        <v>62</v>
+      </c>
+      <c r="K62" s="177" t="s">
         <v>129</v>
       </c>
       <c r="L62" s="122">
         <f t="shared" si="6"/>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M62" s="176">
+      <c r="M62" s="174">
         <f t="shared" si="7"/>
         <v>0.54166666666666674</v>
       </c>
-      <c r="N62" s="227" t="s">
+      <c r="N62" s="225" t="s">
         <v>130</v>
       </c>
       <c r="O62" s="37"/>
       <c r="P62" s="12"/>
       <c r="Q62" s="12"/>
       <c r="R62" s="12"/>
       <c r="S62" s="12"/>
       <c r="T62" s="12"/>
       <c r="U62" s="12"/>
       <c r="V62" s="12"/>
       <c r="W62" s="12"/>
       <c r="X62" s="12"/>
       <c r="Y62" s="12"/>
       <c r="Z62" s="12"/>
       <c r="AA62" s="12"/>
     </row>
     <row r="63" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="954"/>
-[...4 lines deleted...]
-      <c r="F63" s="228">
+      <c r="A63" s="990"/>
+      <c r="B63" s="1016"/>
+      <c r="C63" s="993"/>
+      <c r="D63" s="381"/>
+      <c r="E63" s="381"/>
+      <c r="F63" s="226">
         <v>45982</v>
       </c>
-      <c r="G63" s="229" t="str">
+      <c r="G63" s="227" t="str">
         <f>IF(WEEKDAY(F63)=2,"L",IF(WEEKDAY(F63)=3,"M",IF(WEEKDAY(F63)=4,"X",IF(WEEKDAY(F63)=5,"J",IF(WEEKDAY(F63)=6,"V",IF(WEEKDAY(F63)=7,"S","D"))))))</f>
         <v>V</v>
       </c>
-      <c r="H63" s="230" t="s">
+      <c r="H63" s="228" t="s">
         <v>18</v>
       </c>
-      <c r="I63" s="230" t="s">
-[...5 lines deleted...]
-      <c r="K63" s="231" t="s">
+      <c r="I63" s="228" t="s">
+        <v>97</v>
+      </c>
+      <c r="J63" s="217" t="s">
+        <v>62</v>
+      </c>
+      <c r="K63" s="229" t="s">
         <v>24</v>
       </c>
-      <c r="L63" s="232">
+      <c r="L63" s="230">
         <f t="shared" si="6"/>
         <v>0.125</v>
       </c>
-      <c r="M63" s="233">
+      <c r="M63" s="231">
         <v>0.66666666666666663</v>
       </c>
-      <c r="N63" s="234" t="s">
+      <c r="N63" s="232" t="s">
         <v>131</v>
       </c>
       <c r="O63" s="19"/>
       <c r="P63" s="12"/>
       <c r="Q63" s="12"/>
       <c r="R63" s="12"/>
       <c r="S63" s="12"/>
       <c r="T63" s="12"/>
       <c r="U63" s="12"/>
       <c r="V63" s="12"/>
       <c r="W63" s="12"/>
       <c r="X63" s="12"/>
       <c r="Y63" s="12"/>
       <c r="Z63" s="12"/>
       <c r="AA63" s="12"/>
     </row>
     <row r="64" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="954"/>
-[...4 lines deleted...]
-      <c r="F64" s="169">
+      <c r="A64" s="990"/>
+      <c r="B64" s="1016"/>
+      <c r="C64" s="993"/>
+      <c r="D64" s="166"/>
+      <c r="E64" s="166"/>
+      <c r="F64" s="167">
         <f t="shared" ref="F64:F65" si="8">F63+1</f>
         <v>45983</v>
       </c>
-      <c r="G64" s="170" t="str">
+      <c r="G64" s="168" t="str">
         <f t="shared" ref="G64:G65" si="9">IF(WEEKDAY(F64)=2,"L",IF(WEEKDAY(F64)=3,"M",IF(WEEKDAY(F64)=4,"X",IF(WEEKDAY(F64)=5,"J",IF(WEEKDAY(F64)=6,"V",IF(WEEKDAY(F64)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H64" s="166" t="s">
-[...9 lines deleted...]
-      <c r="N64" s="167"/>
+      <c r="H64" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I64" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64" s="654"/>
+      <c r="K64" s="165"/>
+      <c r="L64" s="165"/>
+      <c r="M64" s="165"/>
+      <c r="N64" s="165"/>
       <c r="O64" s="15"/>
       <c r="W64" s="12"/>
       <c r="X64" s="12"/>
       <c r="Y64" s="12"/>
       <c r="Z64" s="12"/>
       <c r="AA64" s="12"/>
     </row>
     <row r="65" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="954"/>
-[...4 lines deleted...]
-      <c r="F65" s="169">
+      <c r="A65" s="990"/>
+      <c r="B65" s="1016"/>
+      <c r="C65" s="993"/>
+      <c r="D65" s="166"/>
+      <c r="E65" s="166"/>
+      <c r="F65" s="167">
         <f t="shared" si="8"/>
         <v>45984</v>
       </c>
-      <c r="G65" s="170" t="str">
+      <c r="G65" s="168" t="str">
         <f t="shared" si="9"/>
         <v>D</v>
       </c>
-      <c r="H65" s="166" t="s">
-[...9 lines deleted...]
-      <c r="N65" s="167"/>
+      <c r="H65" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I65" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J65" s="654"/>
+      <c r="K65" s="165"/>
+      <c r="L65" s="165"/>
+      <c r="M65" s="165"/>
+      <c r="N65" s="165"/>
       <c r="O65" s="15"/>
       <c r="W65" s="12"/>
       <c r="X65" s="12"/>
       <c r="Y65" s="12"/>
       <c r="Z65" s="12"/>
       <c r="AA65" s="12"/>
     </row>
     <row r="66" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="954"/>
-[...1 lines deleted...]
-      <c r="C66" s="976">
+      <c r="A66" s="990"/>
+      <c r="B66" s="1016"/>
+      <c r="C66" s="1001">
         <v>10</v>
       </c>
-      <c r="D66" s="235" t="s">
+      <c r="D66" s="233" t="s">
         <v>132</v>
       </c>
-      <c r="E66" s="168"/>
-      <c r="F66" s="236">
+      <c r="E66" s="166"/>
+      <c r="F66" s="234">
         <f>F65+1</f>
         <v>45985</v>
       </c>
-      <c r="G66" s="237" t="str">
+      <c r="G66" s="235" t="str">
         <f>IF(WEEKDAY(F66)=2,"L",IF(WEEKDAY(F66)=3,"M",IF(WEEKDAY(F66)=4,"X",IF(WEEKDAY(F66)=5,"J",IF(WEEKDAY(F66)=6,"V",IF(WEEKDAY(F66)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
-      <c r="H66" s="238">
+      <c r="H66" s="236">
         <v>0.625</v>
       </c>
-      <c r="I66" s="238">
+      <c r="I66" s="236">
         <v>0.75</v>
       </c>
-      <c r="J66" s="239" t="s">
+      <c r="J66" s="237" t="s">
         <v>133</v>
       </c>
-      <c r="K66" s="512" t="s">
+      <c r="K66" s="507" t="s">
         <v>134</v>
       </c>
-      <c r="L66" s="240">
+      <c r="L66" s="238">
         <v>0.125</v>
       </c>
-      <c r="M66" s="241">
+      <c r="M66" s="239">
         <f>L66</f>
         <v>0.125</v>
       </c>
-      <c r="N66" s="242" t="s">
+      <c r="N66" s="240" t="s">
         <v>135</v>
       </c>
       <c r="O66" s="41"/>
       <c r="P66" s="12"/>
       <c r="Q66" s="12"/>
       <c r="R66" s="12"/>
       <c r="S66" s="12"/>
       <c r="T66" s="12"/>
       <c r="U66" s="12"/>
       <c r="V66" s="12"/>
       <c r="W66" s="12"/>
       <c r="X66" s="12"/>
       <c r="Y66" s="12"/>
       <c r="Z66" s="12"/>
       <c r="AA66" s="12"/>
     </row>
     <row r="67" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="954"/>
-[...5 lines deleted...]
-      <c r="E67" s="511" t="s">
+      <c r="A67" s="990"/>
+      <c r="B67" s="1016"/>
+      <c r="C67" s="995"/>
+      <c r="D67" s="241" t="s">
+        <v>82</v>
+      </c>
+      <c r="E67" s="506" t="s">
         <v>136</v>
       </c>
-      <c r="F67" s="187">
+      <c r="F67" s="185">
         <f>F66+1</f>
         <v>45986</v>
       </c>
-      <c r="G67" s="242" t="str">
+      <c r="G67" s="240" t="str">
         <f>IF(WEEKDAY(F67)=2,"L",IF(WEEKDAY(F67)=3,"M",IF(WEEKDAY(F67)=4,"X",IF(WEEKDAY(F67)=5,"J",IF(WEEKDAY(F67)=6,"V",IF(WEEKDAY(F67)=7,"S","D"))))))</f>
         <v>M</v>
       </c>
-      <c r="H67" s="238">
+      <c r="H67" s="236">
         <v>0.625</v>
       </c>
-      <c r="I67" s="238">
+      <c r="I67" s="236">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J67" s="239" t="s">
-[...2 lines deleted...]
-      <c r="K67" s="513" t="s">
+      <c r="J67" s="237" t="s">
+        <v>98</v>
+      </c>
+      <c r="K67" s="508" t="s">
         <v>134</v>
       </c>
-      <c r="L67" s="238">
+      <c r="L67" s="236">
         <v>0.16666666666666663</v>
       </c>
-      <c r="M67" s="246">
+      <c r="M67" s="244">
         <v>0.29166666666666663</v>
       </c>
-      <c r="N67" s="237" t="s">
+      <c r="N67" s="235" t="s">
         <v>137</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="12"/>
       <c r="Q67" s="12"/>
       <c r="R67" s="12"/>
       <c r="S67" s="12"/>
       <c r="T67" s="12"/>
       <c r="U67" s="12"/>
       <c r="V67" s="12"/>
       <c r="W67" s="12"/>
       <c r="X67" s="12"/>
       <c r="Y67" s="12"/>
       <c r="Z67" s="12"/>
       <c r="AA67" s="12"/>
     </row>
     <row r="68" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="954"/>
-[...4 lines deleted...]
-      <c r="F68" s="247">
+      <c r="A68" s="990"/>
+      <c r="B68" s="1016"/>
+      <c r="C68" s="995"/>
+      <c r="D68" s="161"/>
+      <c r="E68" s="161"/>
+      <c r="F68" s="245">
         <f>F67+1</f>
         <v>45987</v>
       </c>
-      <c r="G68" s="237" t="str">
+      <c r="G68" s="235" t="str">
         <f>IF(WEEKDAY(F68)=2,"L",IF(WEEKDAY(F68)=3,"M",IF(WEEKDAY(F68)=4,"X",IF(WEEKDAY(F68)=5,"J",IF(WEEKDAY(F68)=6,"V",IF(WEEKDAY(F68)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
-      <c r="H68" s="238">
+      <c r="H68" s="236">
         <v>0.625</v>
       </c>
-      <c r="I68" s="238">
+      <c r="I68" s="236">
         <v>0.75</v>
       </c>
-      <c r="J68" s="245" t="s">
+      <c r="J68" s="243" t="s">
         <v>19</v>
       </c>
-      <c r="K68" s="513" t="s">
+      <c r="K68" s="508" t="s">
         <v>134</v>
       </c>
-      <c r="L68" s="238">
+      <c r="L68" s="236">
         <v>0.125</v>
       </c>
-      <c r="M68" s="246">
+      <c r="M68" s="244">
         <v>0.41666666666666663</v>
       </c>
-      <c r="N68" s="237" t="s">
+      <c r="N68" s="235" t="s">
         <v>138</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="12"/>
       <c r="Q68" s="12"/>
       <c r="R68" s="12"/>
       <c r="S68" s="12"/>
       <c r="T68" s="12"/>
       <c r="U68" s="12"/>
       <c r="V68" s="12"/>
       <c r="W68" s="12"/>
       <c r="X68" s="12"/>
       <c r="Y68" s="12"/>
       <c r="Z68" s="12"/>
       <c r="AA68" s="12"/>
     </row>
     <row r="69" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="954"/>
-[...4 lines deleted...]
-      <c r="F69" s="248">
+      <c r="A69" s="990"/>
+      <c r="B69" s="1016"/>
+      <c r="C69" s="995"/>
+      <c r="D69" s="233"/>
+      <c r="E69" s="242"/>
+      <c r="F69" s="246">
         <f t="shared" ref="F69:F70" si="10">F68+1</f>
         <v>45988</v>
       </c>
-      <c r="G69" s="249" t="str">
+      <c r="G69" s="247" t="str">
         <f t="shared" ref="G69:G70" si="11">IF(WEEKDAY(F69)=2,"L",IF(WEEKDAY(F69)=3,"M",IF(WEEKDAY(F69)=4,"X",IF(WEEKDAY(F69)=5,"J",IF(WEEKDAY(F69)=6,"V",IF(WEEKDAY(F69)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
-      <c r="H69" s="238">
+      <c r="H69" s="236">
         <v>0.625</v>
       </c>
-      <c r="I69" s="238">
+      <c r="I69" s="236">
         <v>0.75</v>
       </c>
-      <c r="J69" s="245" t="s">
+      <c r="J69" s="243" t="s">
         <v>19</v>
       </c>
-      <c r="K69" s="513" t="s">
+      <c r="K69" s="508" t="s">
         <v>134</v>
       </c>
-      <c r="L69" s="238">
+      <c r="L69" s="236">
         <f>IF(H69="–",,I69-H69)</f>
         <v>0.125</v>
       </c>
-      <c r="M69" s="246">
+      <c r="M69" s="244">
         <f>L69+M68</f>
         <v>0.54166666666666663</v>
       </c>
-      <c r="N69" s="237" t="s">
+      <c r="N69" s="235" t="s">
         <v>139</v>
       </c>
       <c r="O69" s="26"/>
       <c r="P69" s="16"/>
       <c r="Q69" s="12"/>
       <c r="R69" s="12"/>
       <c r="S69" s="12"/>
       <c r="T69" s="12"/>
       <c r="U69" s="12"/>
       <c r="V69" s="12"/>
       <c r="W69" s="12"/>
       <c r="X69" s="12"/>
       <c r="Y69" s="12"/>
       <c r="Z69" s="12"/>
       <c r="AA69" s="12"/>
     </row>
     <row r="70" spans="1:27" s="13" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="954"/>
-[...4 lines deleted...]
-      <c r="F70" s="157">
+      <c r="A70" s="990"/>
+      <c r="B70" s="1016"/>
+      <c r="C70" s="995"/>
+      <c r="D70" s="233"/>
+      <c r="E70" s="248"/>
+      <c r="F70" s="155">
         <f t="shared" si="10"/>
         <v>45989</v>
       </c>
       <c r="G70" s="136" t="str">
         <f t="shared" si="11"/>
         <v>V</v>
       </c>
-      <c r="H70" s="238">
+      <c r="H70" s="236">
         <v>0.625</v>
       </c>
-      <c r="I70" s="238">
+      <c r="I70" s="236">
         <v>0.75</v>
       </c>
-      <c r="J70" s="251" t="s">
+      <c r="J70" s="249" t="s">
         <v>19</v>
       </c>
-      <c r="K70" s="514" t="s">
+      <c r="K70" s="509" t="s">
         <v>134</v>
       </c>
-      <c r="L70" s="252">
+      <c r="L70" s="250">
         <f>IF(H70="–",,I70-H70)</f>
         <v>0.125</v>
       </c>
-      <c r="M70" s="253">
+      <c r="M70" s="251">
         <f>L70+M69</f>
         <v>0.66666666666666663</v>
       </c>
-      <c r="N70" s="254" t="s">
+      <c r="N70" s="252" t="s">
         <v>140</v>
       </c>
       <c r="O70" s="26"/>
       <c r="Q70" s="12"/>
       <c r="R70" s="12"/>
       <c r="S70" s="12"/>
       <c r="T70" s="12"/>
       <c r="U70" s="12"/>
       <c r="V70" s="12"/>
       <c r="W70" s="12"/>
       <c r="X70" s="12"/>
       <c r="Y70" s="12"/>
       <c r="Z70" s="12"/>
       <c r="AA70" s="12"/>
     </row>
     <row r="71" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="954"/>
-[...4 lines deleted...]
-      <c r="F71" s="257">
+      <c r="A71" s="990"/>
+      <c r="B71" s="1016"/>
+      <c r="C71" s="995"/>
+      <c r="D71" s="253"/>
+      <c r="E71" s="254"/>
+      <c r="F71" s="255">
         <v>45990</v>
       </c>
-      <c r="G71" s="258" t="s">
-[...12 lines deleted...]
-      <c r="N71" s="852"/>
+      <c r="G71" s="256" t="s">
+        <v>54</v>
+      </c>
+      <c r="H71" s="813" t="s">
+        <v>28</v>
+      </c>
+      <c r="I71" s="813" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71" s="814"/>
+      <c r="K71" s="815"/>
+      <c r="L71" s="816"/>
+      <c r="M71" s="816"/>
+      <c r="N71" s="815"/>
       <c r="O71" s="26"/>
       <c r="W71" s="12"/>
       <c r="X71" s="12"/>
       <c r="Y71" s="12"/>
       <c r="Z71" s="12"/>
       <c r="AA71" s="12"/>
     </row>
     <row r="72" spans="1:27" s="13" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="954"/>
-[...4 lines deleted...]
-      <c r="F72" s="261">
+      <c r="A72" s="990"/>
+      <c r="B72" s="1016"/>
+      <c r="C72" s="996"/>
+      <c r="D72" s="258"/>
+      <c r="E72" s="258"/>
+      <c r="F72" s="259">
         <v>45991</v>
       </c>
-      <c r="G72" s="262" t="str">
+      <c r="G72" s="260" t="str">
         <f>IF(WEEKDAY(F72)=2,"L",IF(WEEKDAY(F72)=3,"M",IF(WEEKDAY(F72)=4,"X",IF(WEEKDAY(F72)=5,"J",IF(WEEKDAY(F72)=6,"V",IF(WEEKDAY(F72)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H72" s="213" t="s">
-[...9 lines deleted...]
-      <c r="N72" s="263"/>
+      <c r="H72" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="I72" s="211" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72" s="747"/>
+      <c r="K72" s="261"/>
+      <c r="L72" s="262"/>
+      <c r="M72" s="263"/>
+      <c r="N72" s="261"/>
       <c r="O72" s="41"/>
       <c r="P72" s="12"/>
       <c r="Q72" s="12"/>
       <c r="R72" s="12"/>
       <c r="S72" s="12"/>
       <c r="T72" s="12"/>
       <c r="U72" s="12"/>
       <c r="V72" s="12"/>
       <c r="W72" s="12"/>
       <c r="X72" s="12"/>
       <c r="Y72" s="12"/>
       <c r="Z72" s="12"/>
       <c r="AA72" s="12"/>
     </row>
     <row r="73" spans="1:27" s="13" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="954"/>
-[...1 lines deleted...]
-      <c r="C73" s="966">
+      <c r="A73" s="990"/>
+      <c r="B73" s="1016"/>
+      <c r="C73" s="1004">
         <v>11</v>
       </c>
-      <c r="D73" s="260"/>
-[...1 lines deleted...]
-      <c r="F73" s="266">
+      <c r="D73" s="258"/>
+      <c r="E73" s="258"/>
+      <c r="F73" s="264">
         <f t="shared" ref="F73" si="12">F72+1</f>
         <v>45992</v>
       </c>
       <c r="G73" s="120" t="str">
         <f t="shared" ref="G73" si="13">IF(WEEKDAY(F73)=2,"L",IF(WEEKDAY(F73)=3,"M",IF(WEEKDAY(F73)=4,"X",IF(WEEKDAY(F73)=5,"J",IF(WEEKDAY(F73)=6,"V",IF(WEEKDAY(F73)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
-      <c r="H73" s="267" t="s">
+      <c r="H73" s="265" t="s">
         <v>18</v>
       </c>
-      <c r="I73" s="267">
+      <c r="I73" s="265">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J73" s="268" t="s">
-[...5 lines deleted...]
-      <c r="L73" s="270">
+      <c r="J73" s="266" t="s">
+        <v>133</v>
+      </c>
+      <c r="K73" s="267" t="s">
+        <v>283</v>
+      </c>
+      <c r="L73" s="268">
         <f>IF(H73="–",,I73-H73)</f>
         <v>0.125</v>
       </c>
-      <c r="M73" s="271">
+      <c r="M73" s="269">
         <v>0.125</v>
       </c>
-      <c r="N73" s="272" t="s">
+      <c r="N73" s="270" t="s">
         <v>143</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="12"/>
       <c r="Q73" s="12"/>
       <c r="R73" s="12"/>
       <c r="S73" s="12"/>
       <c r="T73" s="12"/>
       <c r="U73" s="12"/>
       <c r="V73" s="12"/>
       <c r="W73" s="12"/>
       <c r="X73" s="12"/>
       <c r="Y73" s="12"/>
       <c r="Z73" s="12"/>
       <c r="AA73" s="12"/>
     </row>
     <row r="74" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="954"/>
-[...4 lines deleted...]
-      <c r="F74" s="273">
+      <c r="A74" s="990"/>
+      <c r="B74" s="1016"/>
+      <c r="C74" s="993"/>
+      <c r="D74" s="258"/>
+      <c r="E74" s="258"/>
+      <c r="F74" s="271">
         <v>45993</v>
       </c>
-      <c r="G74" s="274" t="str">
+      <c r="G74" s="272" t="str">
         <f>IF(WEEKDAY(F74)=2,"L",IF(WEEKDAY(F74)=3,"M",IF(WEEKDAY(F74)=4,"X",IF(WEEKDAY(F74)=5,"J",IF(WEEKDAY(F74)=6,"V",IF(WEEKDAY(F74)=7,"S","D"))))))</f>
         <v>M</v>
       </c>
-      <c r="H74" s="267" t="s">
+      <c r="H74" s="265" t="s">
         <v>18</v>
       </c>
-      <c r="I74" s="267">
+      <c r="I74" s="265">
         <v>0.77083333333333337</v>
       </c>
-      <c r="J74" s="268" t="s">
+      <c r="J74" s="266" t="s">
         <v>141</v>
       </c>
-      <c r="K74" s="275" t="s">
+      <c r="K74" s="273" t="s">
         <v>144</v>
       </c>
-      <c r="L74" s="267">
+      <c r="L74" s="265">
         <f>IF(H74="–",,I74-H74)</f>
         <v>0.10416666666666674</v>
       </c>
-      <c r="M74" s="276">
+      <c r="M74" s="274">
         <f>L74+M73</f>
         <v>0.22916666666666674</v>
       </c>
-      <c r="N74" s="277" t="s">
+      <c r="N74" s="275" t="s">
         <v>145</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="12"/>
       <c r="Q74" s="12"/>
       <c r="R74" s="12"/>
       <c r="S74" s="12"/>
       <c r="T74" s="12"/>
       <c r="U74" s="12"/>
       <c r="V74" s="12"/>
       <c r="W74" s="12"/>
       <c r="X74" s="12"/>
       <c r="Y74" s="12"/>
       <c r="Z74" s="12"/>
       <c r="AA74" s="12"/>
     </row>
     <row r="75" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="954"/>
-[...4 lines deleted...]
-      <c r="F75" s="273">
+      <c r="A75" s="990"/>
+      <c r="B75" s="1016"/>
+      <c r="C75" s="993"/>
+      <c r="D75" s="258"/>
+      <c r="E75" s="258"/>
+      <c r="F75" s="271">
         <f>F74+1</f>
         <v>45994</v>
       </c>
-      <c r="G75" s="274" t="str">
+      <c r="G75" s="272" t="str">
         <f>IF(WEEKDAY(F75)=2,"L",IF(WEEKDAY(F75)=3,"M",IF(WEEKDAY(F75)=4,"X",IF(WEEKDAY(F75)=5,"J",IF(WEEKDAY(F75)=6,"V",IF(WEEKDAY(F75)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
-      <c r="H75" s="264" t="s">
+      <c r="H75" s="262" t="s">
         <v>18</v>
       </c>
-      <c r="I75" s="264">
+      <c r="I75" s="262">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J75" s="268" t="s">
-[...5 lines deleted...]
-      <c r="L75" s="279">
+      <c r="J75" s="266" t="s">
+        <v>281</v>
+      </c>
+      <c r="K75" s="267" t="s">
+        <v>283</v>
+      </c>
+      <c r="L75" s="276">
         <v>0.125</v>
       </c>
-      <c r="M75" s="280">
+      <c r="M75" s="277">
         <v>0.35416666666666669</v>
       </c>
-      <c r="N75" s="281" t="s">
+      <c r="N75" s="278" t="s">
         <v>146</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="12"/>
       <c r="Q75" s="12"/>
       <c r="R75" s="12"/>
       <c r="S75" s="12"/>
       <c r="T75" s="12"/>
       <c r="U75" s="12"/>
       <c r="V75" s="12"/>
       <c r="W75" s="12"/>
       <c r="X75" s="12"/>
       <c r="Y75" s="12"/>
       <c r="Z75" s="12"/>
       <c r="AA75" s="12"/>
     </row>
     <row r="76" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="954"/>
-[...2 lines deleted...]
-      <c r="D76" s="260" t="s">
+      <c r="A76" s="990"/>
+      <c r="B76" s="1016"/>
+      <c r="C76" s="993"/>
+      <c r="D76" s="258" t="s">
         <v>147</v>
       </c>
-      <c r="E76" s="260"/>
-      <c r="F76" s="282">
+      <c r="E76" s="258"/>
+      <c r="F76" s="279">
         <f>F75+1</f>
         <v>45995</v>
       </c>
       <c r="G76" s="112" t="str">
         <f>IF(WEEKDAY(F76)=2,"L",IF(WEEKDAY(F76)=3,"M",IF(WEEKDAY(F76)=4,"X",IF(WEEKDAY(F76)=5,"J",IF(WEEKDAY(F76)=6,"V",IF(WEEKDAY(F76)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
-      <c r="H76" s="654">
+      <c r="H76" s="637">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I76" s="654">
+      <c r="I76" s="637">
         <v>0.75</v>
       </c>
-      <c r="J76" s="655" t="s">
+      <c r="J76" s="638" t="s">
         <v>141</v>
       </c>
-      <c r="K76" s="283" t="s">
+      <c r="K76" s="280" t="s">
         <v>148</v>
       </c>
-      <c r="L76" s="656">
+      <c r="L76" s="639">
         <v>8.3333333333333329E-2</v>
       </c>
-      <c r="M76" s="657">
+      <c r="M76" s="640">
         <f>L76+M75</f>
         <v>0.4375</v>
       </c>
-      <c r="N76" s="658" t="s">
+      <c r="N76" s="641" t="s">
         <v>149</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="12"/>
       <c r="Q76" s="12"/>
       <c r="R76" s="12"/>
       <c r="S76" s="12"/>
       <c r="T76" s="12"/>
       <c r="U76" s="12"/>
       <c r="V76" s="12"/>
       <c r="W76" s="12"/>
       <c r="X76" s="12"/>
       <c r="Y76" s="12"/>
       <c r="Z76" s="12"/>
       <c r="AA76" s="12"/>
     </row>
     <row r="77" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="954"/>
-[...5 lines deleted...]
-      <c r="E77" s="260" t="s">
+      <c r="A77" s="990"/>
+      <c r="B77" s="1016"/>
+      <c r="C77" s="995"/>
+      <c r="D77" s="258" t="s">
+        <v>182</v>
+      </c>
+      <c r="E77" s="258" t="s">
         <v>151</v>
       </c>
-      <c r="F77" s="402">
+      <c r="F77" s="397">
         <f t="shared" ref="F77:F79" si="14">F76+1</f>
         <v>45996</v>
       </c>
-      <c r="G77" s="651" t="str">
+      <c r="G77" s="634" t="str">
         <f t="shared" ref="G77:G79" si="15">IF(WEEKDAY(F77)=2,"L",IF(WEEKDAY(F77)=3,"M",IF(WEEKDAY(F77)=4,"X",IF(WEEKDAY(F77)=5,"J",IF(WEEKDAY(F77)=6,"V",IF(WEEKDAY(F77)=7,"S","D"))))))</f>
         <v>V</v>
       </c>
-      <c r="H77" s="533"/>
-[...5 lines deleted...]
-      <c r="N77" s="533"/>
+      <c r="H77" s="527"/>
+      <c r="I77" s="527"/>
+      <c r="J77" s="215" t="s">
+        <v>27</v>
+      </c>
+      <c r="K77" s="215" t="s">
+        <v>26</v>
+      </c>
+      <c r="L77" s="527"/>
+      <c r="M77" s="527"/>
+      <c r="N77" s="527"/>
       <c r="O77" s="15"/>
       <c r="P77" s="12"/>
       <c r="Q77" s="12"/>
       <c r="R77" s="12"/>
       <c r="S77" s="12"/>
       <c r="T77" s="12"/>
       <c r="U77" s="12"/>
       <c r="V77" s="12"/>
       <c r="W77" s="12"/>
       <c r="X77" s="12"/>
       <c r="Y77" s="12"/>
       <c r="Z77" s="12"/>
       <c r="AA77" s="12"/>
     </row>
     <row r="78" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="954"/>
-[...4 lines deleted...]
-      <c r="F78" s="187">
+      <c r="A78" s="990"/>
+      <c r="B78" s="1016"/>
+      <c r="C78" s="995"/>
+      <c r="D78" s="258"/>
+      <c r="E78" s="258"/>
+      <c r="F78" s="185">
         <f t="shared" si="14"/>
         <v>45997</v>
       </c>
-      <c r="G78" s="652" t="str">
+      <c r="G78" s="635" t="str">
         <f t="shared" si="15"/>
         <v>S</v>
       </c>
-      <c r="H78" s="285" t="s">
-[...5 lines deleted...]
-      <c r="J78" s="287" t="s">
+      <c r="H78" s="282" t="s">
+        <v>28</v>
+      </c>
+      <c r="I78" s="283" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78" s="284" t="s">
         <v>152</v>
       </c>
-      <c r="K78" s="660"/>
-[...2 lines deleted...]
-      <c r="N78" s="660"/>
+      <c r="K78" s="643"/>
+      <c r="L78" s="644"/>
+      <c r="M78" s="645"/>
+      <c r="N78" s="643"/>
       <c r="O78" s="19"/>
       <c r="W78" s="12"/>
       <c r="X78" s="12"/>
       <c r="Y78" s="12"/>
       <c r="Z78" s="12"/>
       <c r="AA78" s="12"/>
     </row>
     <row r="79" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="954"/>
-[...4 lines deleted...]
-      <c r="F79" s="247">
+      <c r="A79" s="990"/>
+      <c r="B79" s="1016"/>
+      <c r="C79" s="995"/>
+      <c r="D79" s="258"/>
+      <c r="E79" s="258"/>
+      <c r="F79" s="245">
         <f t="shared" si="14"/>
         <v>45998</v>
       </c>
-      <c r="G79" s="653" t="str">
+      <c r="G79" s="636" t="str">
         <f t="shared" si="15"/>
         <v>D</v>
       </c>
-      <c r="H79" s="285" t="s">
-[...9 lines deleted...]
-      <c r="N79" s="185"/>
+      <c r="H79" s="282" t="s">
+        <v>28</v>
+      </c>
+      <c r="I79" s="283" t="s">
+        <v>28</v>
+      </c>
+      <c r="J79" s="284"/>
+      <c r="K79" s="183"/>
+      <c r="L79" s="644"/>
+      <c r="M79" s="645"/>
+      <c r="N79" s="183"/>
       <c r="O79" s="41"/>
       <c r="P79" s="12"/>
       <c r="Q79" s="12"/>
       <c r="R79" s="12"/>
       <c r="S79" s="12"/>
       <c r="T79" s="12"/>
       <c r="U79" s="12"/>
       <c r="V79" s="12"/>
       <c r="W79" s="12"/>
       <c r="X79" s="12"/>
       <c r="Y79" s="12"/>
       <c r="Z79" s="12"/>
       <c r="AA79" s="12"/>
     </row>
     <row r="80" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="954"/>
-[...1 lines deleted...]
-      <c r="C80" s="992">
+      <c r="A80" s="990"/>
+      <c r="B80" s="1016"/>
+      <c r="C80" s="1005">
         <v>12</v>
       </c>
-      <c r="D80" s="260"/>
-[...1 lines deleted...]
-      <c r="F80" s="663">
+      <c r="D80" s="258"/>
+      <c r="E80" s="258"/>
+      <c r="F80" s="646">
         <f>F79+1</f>
         <v>45999</v>
       </c>
-      <c r="G80" s="664" t="str">
+      <c r="G80" s="647" t="str">
         <f>IF(WEEKDAY(F80)=2,"L",IF(WEEKDAY(F80)=3,"M",IF(WEEKDAY(F80)=4,"X",IF(WEEKDAY(F80)=5,"J",IF(WEEKDAY(F80)=6,"V",IF(WEEKDAY(F80)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
-      <c r="H80" s="285" t="s">
-[...5 lines deleted...]
-      <c r="J80" s="287" t="s">
+      <c r="H80" s="282" t="s">
+        <v>28</v>
+      </c>
+      <c r="I80" s="283" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80" s="284" t="s">
         <v>153</v>
       </c>
-      <c r="K80" s="533"/>
-[...2 lines deleted...]
-      <c r="N80" s="533"/>
+      <c r="K80" s="527"/>
+      <c r="L80" s="527"/>
+      <c r="M80" s="527"/>
+      <c r="N80" s="527"/>
       <c r="O80" s="19"/>
       <c r="P80" s="12"/>
       <c r="Q80" s="12"/>
       <c r="R80" s="12"/>
       <c r="S80" s="12"/>
       <c r="T80" s="12"/>
       <c r="U80" s="12"/>
       <c r="V80" s="12"/>
       <c r="W80" s="12"/>
       <c r="X80" s="12"/>
       <c r="Y80" s="12"/>
       <c r="Z80" s="12"/>
       <c r="AA80" s="12"/>
     </row>
     <row r="81" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="954"/>
-[...4 lines deleted...]
-      <c r="F81" s="650">
+      <c r="A81" s="990"/>
+      <c r="B81" s="1016"/>
+      <c r="C81" s="1005"/>
+      <c r="D81" s="258"/>
+      <c r="E81" s="258"/>
+      <c r="F81" s="633">
         <v>46000</v>
       </c>
-      <c r="G81" s="223" t="s">
-[...2 lines deleted...]
-      <c r="H81" s="270" t="s">
+      <c r="G81" s="221" t="s">
+        <v>61</v>
+      </c>
+      <c r="H81" s="268" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="270">
+      <c r="I81" s="268">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J81" s="659" t="s">
+      <c r="J81" s="642" t="s">
         <v>154</v>
       </c>
-      <c r="K81" s="260" t="s">
-[...2 lines deleted...]
-      <c r="L81" s="270">
+      <c r="K81" s="258" t="s">
+        <v>284</v>
+      </c>
+      <c r="L81" s="268">
         <v>0.125</v>
       </c>
-      <c r="M81" s="220">
+      <c r="M81" s="218">
         <f>L81+M76</f>
         <v>0.5625</v>
       </c>
-      <c r="N81" s="219" t="s">
-        <v>156</v>
+      <c r="N81" s="217" t="s">
+        <v>155</v>
       </c>
       <c r="O81" s="19"/>
       <c r="P81" s="12"/>
       <c r="Q81" s="12"/>
       <c r="R81" s="12"/>
       <c r="S81" s="12"/>
       <c r="T81" s="12"/>
       <c r="U81" s="12"/>
       <c r="V81" s="12"/>
       <c r="W81" s="12"/>
       <c r="X81" s="12"/>
       <c r="Y81" s="12"/>
       <c r="Z81" s="12"/>
       <c r="AA81" s="12"/>
     </row>
     <row r="82" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="954"/>
-[...4 lines deleted...]
-      <c r="F82" s="266">
+      <c r="A82" s="990"/>
+      <c r="B82" s="1016"/>
+      <c r="C82" s="1005"/>
+      <c r="D82" s="258"/>
+      <c r="E82" s="258"/>
+      <c r="F82" s="264">
         <v>46001</v>
       </c>
       <c r="G82" s="120" t="str">
         <f>IF(WEEKDAY(F82)=2,"L",IF(WEEKDAY(F82)=3,"M",IF(WEEKDAY(F82)=4,"X",IF(WEEKDAY(F82)=5,"J",IF(WEEKDAY(F82)=6,"V",IF(WEEKDAY(F82)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
-      <c r="H82" s="267">
+      <c r="H82" s="265">
         <v>0.70833333333333337</v>
       </c>
-      <c r="I82" s="267">
+      <c r="I82" s="265">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J82" s="268" t="s">
+      <c r="J82" s="266" t="s">
         <v>141</v>
       </c>
-      <c r="K82" s="288" t="s">
+      <c r="K82" s="285" t="s">
         <v>148</v>
       </c>
-      <c r="L82" s="267">
+      <c r="L82" s="265">
         <f>IF(H82="–",,I82-H82)</f>
         <v>8.3333333333333259E-2</v>
       </c>
-      <c r="M82" s="176">
+      <c r="M82" s="174">
         <f>L82+M81</f>
         <v>0.64583333333333326</v>
       </c>
-      <c r="N82" s="223" t="s">
-        <v>157</v>
+      <c r="N82" s="221" t="s">
+        <v>156</v>
       </c>
       <c r="O82" s="19"/>
       <c r="P82" s="12"/>
       <c r="Q82" s="12"/>
       <c r="R82" s="12"/>
       <c r="S82" s="12"/>
       <c r="T82" s="12"/>
       <c r="U82" s="12"/>
       <c r="V82" s="12"/>
       <c r="W82" s="12"/>
       <c r="X82" s="12"/>
       <c r="Y82" s="12"/>
       <c r="Z82" s="12"/>
       <c r="AA82" s="12"/>
     </row>
     <row r="83" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="954"/>
-[...4 lines deleted...]
-      <c r="F83" s="856">
+      <c r="A83" s="990"/>
+      <c r="B83" s="1016"/>
+      <c r="C83" s="1005"/>
+      <c r="D83" s="817"/>
+      <c r="E83" s="818"/>
+      <c r="F83" s="819">
         <f>F82+1</f>
         <v>46002</v>
       </c>
-      <c r="G83" s="857" t="str">
+      <c r="G83" s="820" t="str">
         <f>IF(WEEKDAY(F83)=2,"L",IF(WEEKDAY(F83)=3,"M",IF(WEEKDAY(F83)=4,"X",IF(WEEKDAY(F83)=5,"J",IF(WEEKDAY(F83)=6,"V",IF(WEEKDAY(F83)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
-      <c r="H83" s="858" t="s">
+      <c r="H83" s="821" t="s">
         <v>18</v>
       </c>
-      <c r="I83" s="858">
+      <c r="I83" s="821">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J83" s="859" t="s">
-[...2 lines deleted...]
-      <c r="K83" s="860" t="s">
+      <c r="J83" s="822" t="s">
+        <v>159</v>
+      </c>
+      <c r="K83" s="823" t="s">
         <v>142</v>
       </c>
-      <c r="L83" s="858">
+      <c r="L83" s="821">
         <f>IF(H83="–",,I83-H83)</f>
         <v>0.125</v>
       </c>
-      <c r="M83" s="861">
+      <c r="M83" s="824">
         <f>L83+M82</f>
         <v>0.77083333333333326</v>
       </c>
-      <c r="N83" s="862" t="s">
-        <v>159</v>
+      <c r="N83" s="825" t="s">
+        <v>158</v>
       </c>
       <c r="O83" s="19"/>
       <c r="P83" s="12"/>
       <c r="Q83" s="12"/>
       <c r="R83" s="12"/>
       <c r="S83" s="12"/>
       <c r="T83" s="12"/>
       <c r="U83" s="12"/>
       <c r="V83" s="12"/>
       <c r="W83" s="12"/>
       <c r="X83" s="12"/>
       <c r="Y83" s="12"/>
       <c r="Z83" s="12"/>
       <c r="AA83" s="12"/>
     </row>
     <row r="84" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="954"/>
-[...4 lines deleted...]
-      <c r="F84" s="864">
+      <c r="A84" s="990"/>
+      <c r="B84" s="1016"/>
+      <c r="C84" s="1005"/>
+      <c r="D84" s="826"/>
+      <c r="E84" s="826"/>
+      <c r="F84" s="827">
         <v>46003</v>
       </c>
-      <c r="G84" s="242" t="s">
-[...2 lines deleted...]
-      <c r="H84" s="171" t="s">
+      <c r="G84" s="240" t="s">
+        <v>52</v>
+      </c>
+      <c r="H84" s="169" t="s">
         <v>18</v>
       </c>
-      <c r="I84" s="171" t="s">
-[...8 lines deleted...]
-      <c r="L84" s="171">
+      <c r="I84" s="169" t="s">
+        <v>97</v>
+      </c>
+      <c r="J84" s="237" t="s">
+        <v>159</v>
+      </c>
+      <c r="K84" s="745" t="s">
+        <v>110</v>
+      </c>
+      <c r="L84" s="169">
         <f>IF(H84="–",,I84-H84)</f>
         <v>0.125</v>
       </c>
-      <c r="M84" s="436">
+      <c r="M84" s="431">
         <f>L84</f>
         <v>0.125</v>
       </c>
-      <c r="N84" s="170" t="s">
-        <v>161</v>
+      <c r="N84" s="168" t="s">
+        <v>160</v>
       </c>
       <c r="O84" s="19"/>
       <c r="P84" s="12"/>
       <c r="Q84" s="12"/>
       <c r="R84" s="12"/>
       <c r="S84" s="12"/>
       <c r="T84" s="12"/>
       <c r="U84" s="12"/>
       <c r="V84" s="12"/>
       <c r="W84" s="12"/>
       <c r="X84" s="12"/>
       <c r="Y84" s="12"/>
       <c r="Z84" s="12"/>
       <c r="AA84" s="12"/>
     </row>
     <row r="85" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="954"/>
-[...4 lines deleted...]
-      <c r="F85" s="665">
+      <c r="A85" s="990"/>
+      <c r="B85" s="1016"/>
+      <c r="C85" s="1005"/>
+      <c r="D85" s="233"/>
+      <c r="E85" s="163"/>
+      <c r="F85" s="648">
         <v>46004</v>
       </c>
-      <c r="G85" s="666" t="s">
-[...5 lines deleted...]
-      <c r="K85" s="765"/>
+      <c r="G85" s="649" t="s">
+        <v>70</v>
+      </c>
+      <c r="H85" s="650"/>
+      <c r="I85" s="650"/>
+      <c r="J85" s="651"/>
+      <c r="K85" s="745"/>
       <c r="L85" s="142"/>
       <c r="M85" s="143"/>
       <c r="N85" s="144"/>
       <c r="O85" s="19"/>
       <c r="P85" s="12"/>
       <c r="Q85" s="12"/>
       <c r="R85" s="12"/>
       <c r="S85" s="12"/>
       <c r="T85" s="12"/>
       <c r="U85" s="12"/>
       <c r="V85" s="12"/>
       <c r="W85" s="12"/>
       <c r="X85" s="12"/>
       <c r="Y85" s="12"/>
       <c r="Z85" s="12"/>
       <c r="AA85" s="12"/>
     </row>
     <row r="86" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="954"/>
-[...4 lines deleted...]
-      <c r="F86" s="669">
+      <c r="A86" s="990"/>
+      <c r="B86" s="1016"/>
+      <c r="C86" s="1005"/>
+      <c r="D86" s="233"/>
+      <c r="E86" s="163"/>
+      <c r="F86" s="652">
         <v>46005</v>
       </c>
-      <c r="G86" s="670" t="s">
-[...8 lines deleted...]
-      <c r="N86" s="167"/>
+      <c r="G86" s="653" t="s">
+        <v>52</v>
+      </c>
+      <c r="H86" s="654"/>
+      <c r="I86" s="654"/>
+      <c r="J86" s="570"/>
+      <c r="K86" s="164"/>
+      <c r="L86" s="165"/>
+      <c r="M86" s="165"/>
+      <c r="N86" s="165"/>
       <c r="O86" s="19"/>
       <c r="P86" s="12"/>
       <c r="Q86" s="12"/>
       <c r="R86" s="12"/>
       <c r="S86" s="12"/>
       <c r="T86" s="12"/>
       <c r="U86" s="12"/>
       <c r="V86" s="12"/>
       <c r="W86" s="12"/>
       <c r="X86" s="12"/>
       <c r="Y86" s="12"/>
       <c r="Z86" s="12"/>
       <c r="AA86" s="12"/>
     </row>
     <row r="87" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="954"/>
-[...2 lines deleted...]
-      <c r="D87" s="163" t="s">
+      <c r="A87" s="990"/>
+      <c r="B87" s="1016"/>
+      <c r="C87" s="1006"/>
+      <c r="D87" s="161" t="s">
+        <v>161</v>
+      </c>
+      <c r="E87" s="133" t="s">
         <v>162</v>
       </c>
-      <c r="E87" s="133" t="s">
+      <c r="F87" s="288">
+        <v>46006</v>
+      </c>
+      <c r="G87" s="170" t="s">
+        <v>35</v>
+      </c>
+      <c r="H87" s="146" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87" s="146" t="s">
+        <v>97</v>
+      </c>
+      <c r="J87" s="243" t="s">
+        <v>159</v>
+      </c>
+      <c r="K87" s="293" t="s">
         <v>163</v>
       </c>
-      <c r="F87" s="291">
-[...17 lines deleted...]
-      <c r="L87" s="147">
+      <c r="L87" s="146">
         <f>IF(H87="–",,I87-H87)</f>
         <v>0.125</v>
       </c>
-      <c r="M87" s="297">
-[...4 lines deleted...]
-        <v>165</v>
+      <c r="M87" s="294">
+        <v>0.25</v>
+      </c>
+      <c r="N87" s="295" t="s">
+        <v>164</v>
       </c>
       <c r="O87" s="37"/>
       <c r="P87" s="12"/>
       <c r="Q87" s="12"/>
       <c r="R87" s="12"/>
       <c r="S87" s="12"/>
       <c r="T87" s="12"/>
       <c r="U87" s="12"/>
       <c r="V87" s="12"/>
       <c r="W87" s="12"/>
       <c r="X87" s="12"/>
       <c r="Y87" s="12"/>
       <c r="Z87" s="12"/>
       <c r="AA87" s="12"/>
     </row>
     <row r="88" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="954"/>
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="A88" s="990"/>
+      <c r="B88" s="1016"/>
+      <c r="C88" s="1006"/>
+      <c r="D88" s="161" t="s">
+        <v>82</v>
       </c>
       <c r="E88" s="133"/>
-      <c r="F88" s="291">
+      <c r="F88" s="288">
         <f>F87+1</f>
         <v>46007</v>
       </c>
-      <c r="G88" s="174" t="s">
-[...2 lines deleted...]
-      <c r="H88" s="300">
+      <c r="G88" s="172" t="s">
+        <v>61</v>
+      </c>
+      <c r="H88" s="296">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I88" s="289">
+      <c r="I88" s="286">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J88" s="251" t="s">
-[...5 lines deleted...]
-      <c r="L88" s="161">
+      <c r="J88" s="249" t="s">
+        <v>159</v>
+      </c>
+      <c r="K88" s="297" t="s">
+        <v>165</v>
+      </c>
+      <c r="L88" s="159">
         <f>IF(H88="–",,I88-H88)</f>
         <v>0.125</v>
       </c>
-      <c r="M88" s="297">
+      <c r="M88" s="294">
         <f>L88+M87</f>
-        <v>0.25</v>
+        <v>0.375</v>
       </c>
       <c r="N88" s="135" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="O88" s="41"/>
       <c r="P88" s="12"/>
       <c r="Q88" s="12"/>
       <c r="R88" s="12"/>
       <c r="S88" s="12"/>
       <c r="T88" s="12"/>
       <c r="U88" s="12"/>
       <c r="V88" s="12"/>
       <c r="W88" s="12"/>
       <c r="X88" s="12"/>
       <c r="Y88" s="12"/>
       <c r="Z88" s="12"/>
       <c r="AA88" s="12"/>
     </row>
     <row r="89" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="954"/>
-[...1 lines deleted...]
-      <c r="C89" s="994">
+      <c r="A89" s="990"/>
+      <c r="B89" s="1016"/>
+      <c r="C89" s="1007">
         <v>13</v>
       </c>
-      <c r="D89" s="173"/>
-[...1 lines deleted...]
-      <c r="F89" s="294">
+      <c r="D89" s="171"/>
+      <c r="E89" s="290"/>
+      <c r="F89" s="291">
         <v>46008</v>
       </c>
-      <c r="G89" s="295" t="str">
+      <c r="G89" s="292" t="str">
         <f>IF(WEEKDAY(F89)=2,"L",IF(WEEKDAY(F89)=3,"M",IF(WEEKDAY(F89)=4,"X",IF(WEEKDAY(F89)=5,"J",IF(WEEKDAY(F89)=6,"V",IF(WEEKDAY(F89)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
-      <c r="H89" s="302" t="s">
+      <c r="H89" s="298" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="142">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J89" s="245" t="s">
-        <v>160</v>
+      <c r="J89" s="243" t="s">
+        <v>159</v>
       </c>
       <c r="K89" s="141" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="L89" s="142">
         <f>IF(H89="–",,I89-H89)</f>
         <v>0.125</v>
       </c>
-      <c r="M89" s="297">
+      <c r="M89" s="294">
         <f>L89+M88</f>
-        <v>0.375</v>
+        <v>0.5</v>
       </c>
       <c r="N89" s="144" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="O89" s="35"/>
       <c r="P89" s="12"/>
       <c r="Q89" s="12"/>
       <c r="R89" s="12"/>
       <c r="S89" s="12"/>
       <c r="T89" s="12"/>
       <c r="U89" s="12"/>
       <c r="V89" s="12"/>
       <c r="W89" s="12"/>
       <c r="X89" s="12"/>
       <c r="Y89" s="12"/>
       <c r="Z89" s="12"/>
       <c r="AA89" s="12"/>
     </row>
     <row r="90" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="954"/>
-[...4 lines deleted...]
-      <c r="F90" s="299">
+      <c r="A90" s="990"/>
+      <c r="B90" s="1016"/>
+      <c r="C90" s="1007"/>
+      <c r="D90" s="171"/>
+      <c r="E90" s="290"/>
+      <c r="F90" s="962">
         <f>F89+1</f>
         <v>46009</v>
       </c>
-      <c r="G90" s="135" t="str">
+      <c r="G90" s="963" t="str">
         <f>IF(WEEKDAY(F90)=2,"L",IF(WEEKDAY(F90)=3,"M",IF(WEEKDAY(F90)=4,"X",IF(WEEKDAY(F90)=5,"J",IF(WEEKDAY(F90)=6,"V",IF(WEEKDAY(F90)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
-      <c r="H90" s="758" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="H90" s="955"/>
+      <c r="I90" s="964"/>
+      <c r="J90" s="965" t="s">
+        <v>287</v>
+      </c>
+      <c r="K90" s="966" t="s">
+        <v>288</v>
+      </c>
+      <c r="L90" s="967"/>
+      <c r="M90" s="968"/>
+      <c r="N90" s="963"/>
       <c r="O90" s="35"/>
       <c r="P90" s="12"/>
       <c r="Q90" s="12"/>
       <c r="R90" s="12"/>
       <c r="S90" s="12"/>
       <c r="T90" s="12"/>
       <c r="U90" s="12"/>
       <c r="V90" s="12"/>
       <c r="W90" s="12"/>
       <c r="X90" s="12"/>
       <c r="Y90" s="12"/>
       <c r="Z90" s="12"/>
       <c r="AA90" s="12"/>
     </row>
     <row r="91" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="954"/>
-[...4 lines deleted...]
-      <c r="F91" s="871">
+      <c r="A91" s="990"/>
+      <c r="B91" s="1016"/>
+      <c r="C91" s="1007"/>
+      <c r="D91" s="253"/>
+      <c r="E91" s="497"/>
+      <c r="F91" s="834">
         <f>F90+1</f>
         <v>46010</v>
       </c>
-      <c r="G91" s="801" t="str">
+      <c r="G91" s="779" t="str">
         <f>IF(WEEKDAY(F91)=2,"L",IF(WEEKDAY(F91)=3,"M",IF(WEEKDAY(F91)=4,"X",IF(WEEKDAY(F91)=5,"J",IF(WEEKDAY(F91)=6,"V",IF(WEEKDAY(F91)=7,"S","D"))))))</f>
         <v>V</v>
       </c>
-      <c r="H91" s="872"/>
-[...5 lines deleted...]
-      <c r="N91" s="872"/>
+      <c r="H91" s="835"/>
+      <c r="I91" s="835"/>
+      <c r="J91" s="835"/>
+      <c r="K91" s="835"/>
+      <c r="L91" s="835"/>
+      <c r="M91" s="835"/>
+      <c r="N91" s="835"/>
       <c r="O91" s="35"/>
       <c r="P91" s="12"/>
       <c r="Q91" s="12"/>
       <c r="R91" s="12"/>
       <c r="S91" s="12"/>
       <c r="T91" s="12"/>
       <c r="U91" s="12"/>
       <c r="V91" s="12"/>
       <c r="W91" s="12"/>
       <c r="X91" s="12"/>
       <c r="Y91" s="12"/>
       <c r="Z91" s="12"/>
       <c r="AA91" s="12"/>
     </row>
     <row r="92" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="954"/>
-[...4 lines deleted...]
-      <c r="F92" s="874">
+      <c r="A92" s="990"/>
+      <c r="B92" s="1016"/>
+      <c r="C92" s="1008"/>
+      <c r="D92" s="838"/>
+      <c r="E92" s="830"/>
+      <c r="F92" s="837">
         <f>F91+1</f>
         <v>46011</v>
       </c>
-      <c r="G92" s="869" t="s">
-[...11 lines deleted...]
-      <c r="K92" s="870"/>
+      <c r="G92" s="832" t="s">
+        <v>54</v>
+      </c>
+      <c r="H92" s="742" t="s">
+        <v>28</v>
+      </c>
+      <c r="I92" s="743" t="s">
+        <v>28</v>
+      </c>
+      <c r="J92" s="744" t="s">
+        <v>170</v>
+      </c>
+      <c r="K92" s="833"/>
       <c r="L92" s="41"/>
       <c r="M92" s="41"/>
       <c r="N92" s="41"/>
       <c r="O92" s="35"/>
       <c r="P92" s="12"/>
       <c r="Q92" s="12"/>
       <c r="R92" s="12"/>
       <c r="S92" s="12"/>
       <c r="T92" s="12"/>
       <c r="U92" s="12"/>
       <c r="V92" s="12"/>
       <c r="W92" s="12"/>
       <c r="X92" s="12"/>
       <c r="Y92" s="12"/>
       <c r="Z92" s="12"/>
       <c r="AA92" s="12"/>
     </row>
     <row r="93" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="954"/>
-[...4 lines deleted...]
-      <c r="F93" s="500">
+      <c r="A93" s="990"/>
+      <c r="B93" s="1016"/>
+      <c r="C93" s="1008"/>
+      <c r="D93" s="831"/>
+      <c r="E93" s="830"/>
+      <c r="F93" s="495">
         <f>F92+1</f>
         <v>46012</v>
       </c>
-      <c r="G93" s="501" t="s">
-[...14 lines deleted...]
-      <c r="N93" s="865"/>
+      <c r="G93" s="496" t="s">
+        <v>55</v>
+      </c>
+      <c r="H93" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I93" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J93" s="836" t="s">
+        <v>171</v>
+      </c>
+      <c r="K93" s="828"/>
+      <c r="L93" s="828"/>
+      <c r="M93" s="829"/>
+      <c r="N93" s="828"/>
       <c r="O93" s="35"/>
       <c r="P93" s="12"/>
       <c r="Q93" s="12"/>
       <c r="R93" s="12"/>
       <c r="S93" s="12"/>
       <c r="T93" s="12"/>
       <c r="U93" s="12"/>
       <c r="V93" s="12"/>
       <c r="W93" s="12"/>
       <c r="X93" s="12"/>
       <c r="Y93" s="12"/>
       <c r="Z93" s="12"/>
       <c r="AA93" s="12"/>
     </row>
     <row r="94" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="954"/>
-[...1 lines deleted...]
-      <c r="C94" s="958">
+      <c r="A94" s="990"/>
+      <c r="B94" s="1016"/>
+      <c r="C94" s="994">
         <v>14</v>
       </c>
-      <c r="D94" s="304"/>
-[...1 lines deleted...]
-      <c r="F94" s="311">
+      <c r="D94" s="300"/>
+      <c r="E94" s="300"/>
+      <c r="F94" s="307">
         <v>46013</v>
       </c>
-      <c r="G94" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N94" s="312"/>
+      <c r="G94" s="302" t="s">
+        <v>35</v>
+      </c>
+      <c r="H94" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I94" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J94" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K94" s="308"/>
+      <c r="L94" s="309"/>
+      <c r="M94" s="310"/>
+      <c r="N94" s="308"/>
       <c r="O94" s="35"/>
       <c r="P94" s="12"/>
       <c r="Q94" s="12"/>
       <c r="R94" s="12"/>
       <c r="S94" s="12"/>
       <c r="T94" s="12"/>
       <c r="U94" s="12"/>
       <c r="V94" s="12"/>
       <c r="W94" s="12"/>
       <c r="X94" s="12"/>
       <c r="Y94" s="12"/>
       <c r="Z94" s="12"/>
       <c r="AA94" s="12"/>
     </row>
     <row r="95" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="954"/>
-[...4 lines deleted...]
-      <c r="F95" s="315">
+      <c r="A95" s="990"/>
+      <c r="B95" s="1016"/>
+      <c r="C95" s="993"/>
+      <c r="D95" s="300"/>
+      <c r="E95" s="300"/>
+      <c r="F95" s="311">
         <f t="shared" ref="F95:F108" si="16">F94+1</f>
         <v>46014</v>
       </c>
-      <c r="G95" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N95" s="312"/>
+      <c r="G95" s="302" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I95" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J95" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K95" s="308"/>
+      <c r="L95" s="309"/>
+      <c r="M95" s="310"/>
+      <c r="N95" s="308"/>
       <c r="O95" s="35"/>
       <c r="P95" s="12"/>
       <c r="Q95" s="12"/>
       <c r="R95" s="12"/>
       <c r="S95" s="12"/>
       <c r="T95" s="12"/>
       <c r="U95" s="12"/>
       <c r="V95" s="12"/>
       <c r="W95" s="12"/>
       <c r="X95" s="12"/>
       <c r="Y95" s="12"/>
       <c r="Z95" s="12"/>
       <c r="AA95" s="12"/>
     </row>
     <row r="96" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="954"/>
-[...4 lines deleted...]
-      <c r="F96" s="315">
+      <c r="A96" s="990"/>
+      <c r="B96" s="1016"/>
+      <c r="C96" s="993"/>
+      <c r="D96" s="300"/>
+      <c r="E96" s="300"/>
+      <c r="F96" s="311">
         <f t="shared" si="16"/>
         <v>46015</v>
       </c>
-      <c r="G96" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N96" s="312"/>
+      <c r="G96" s="302" t="s">
+        <v>67</v>
+      </c>
+      <c r="H96" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I96" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J96" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K96" s="308"/>
+      <c r="L96" s="309"/>
+      <c r="M96" s="310"/>
+      <c r="N96" s="308"/>
       <c r="O96" s="35"/>
       <c r="P96" s="12"/>
       <c r="Q96" s="12"/>
       <c r="R96" s="12"/>
       <c r="S96" s="12"/>
       <c r="T96" s="12"/>
       <c r="U96" s="12"/>
       <c r="V96" s="12"/>
       <c r="W96" s="12"/>
       <c r="X96" s="12"/>
       <c r="Y96" s="12"/>
       <c r="Z96" s="12"/>
       <c r="AA96" s="12"/>
     </row>
     <row r="97" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="954"/>
-[...4 lines deleted...]
-      <c r="F97" s="315">
+      <c r="A97" s="990"/>
+      <c r="B97" s="1016"/>
+      <c r="C97" s="993"/>
+      <c r="D97" s="300"/>
+      <c r="E97" s="300"/>
+      <c r="F97" s="311">
         <f t="shared" si="16"/>
         <v>46016</v>
       </c>
-      <c r="G97" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N97" s="312"/>
+      <c r="G97" s="302" t="s">
+        <v>70</v>
+      </c>
+      <c r="H97" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I97" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J97" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K97" s="308"/>
+      <c r="L97" s="309"/>
+      <c r="M97" s="310"/>
+      <c r="N97" s="308"/>
       <c r="O97" s="35"/>
       <c r="P97" s="12"/>
       <c r="Q97" s="12"/>
       <c r="R97" s="12"/>
       <c r="S97" s="12"/>
       <c r="T97" s="12"/>
       <c r="U97" s="12"/>
       <c r="V97" s="12"/>
       <c r="W97" s="12"/>
       <c r="X97" s="12"/>
       <c r="Y97" s="12"/>
       <c r="Z97" s="12"/>
       <c r="AA97" s="12"/>
     </row>
     <row r="98" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="954"/>
-[...4 lines deleted...]
-      <c r="F98" s="315">
+      <c r="A98" s="990"/>
+      <c r="B98" s="1016"/>
+      <c r="C98" s="993"/>
+      <c r="D98" s="300"/>
+      <c r="E98" s="300"/>
+      <c r="F98" s="311">
         <f t="shared" si="16"/>
         <v>46017</v>
       </c>
-      <c r="G98" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N98" s="312"/>
+      <c r="G98" s="302" t="s">
+        <v>52</v>
+      </c>
+      <c r="H98" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I98" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J98" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K98" s="308"/>
+      <c r="L98" s="309"/>
+      <c r="M98" s="310"/>
+      <c r="N98" s="308"/>
       <c r="O98" s="35"/>
       <c r="P98" s="12"/>
       <c r="Q98" s="12"/>
       <c r="R98" s="12"/>
       <c r="S98" s="12"/>
       <c r="T98" s="12"/>
       <c r="U98" s="12"/>
       <c r="V98" s="12"/>
       <c r="W98" s="12"/>
       <c r="X98" s="12"/>
       <c r="Y98" s="12"/>
       <c r="Z98" s="12"/>
       <c r="AA98" s="12"/>
     </row>
     <row r="99" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="954"/>
-[...4 lines deleted...]
-      <c r="F99" s="315">
+      <c r="A99" s="990"/>
+      <c r="B99" s="1016"/>
+      <c r="C99" s="993"/>
+      <c r="D99" s="300"/>
+      <c r="E99" s="300"/>
+      <c r="F99" s="311">
         <f t="shared" si="16"/>
         <v>46018</v>
       </c>
-      <c r="G99" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N99" s="312"/>
+      <c r="G99" s="302" t="s">
+        <v>54</v>
+      </c>
+      <c r="H99" s="303" t="s">
+        <v>28</v>
+      </c>
+      <c r="I99" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J99" s="281" t="s">
+        <v>171</v>
+      </c>
+      <c r="K99" s="308"/>
+      <c r="L99" s="309"/>
+      <c r="M99" s="310"/>
+      <c r="N99" s="308"/>
       <c r="O99" s="35"/>
       <c r="P99" s="12"/>
       <c r="Q99" s="12"/>
       <c r="R99" s="12"/>
       <c r="S99" s="12"/>
       <c r="T99" s="12"/>
       <c r="U99" s="12"/>
       <c r="V99" s="12"/>
       <c r="W99" s="12"/>
       <c r="X99" s="12"/>
       <c r="Y99" s="12"/>
       <c r="Z99" s="12"/>
       <c r="AA99" s="12"/>
     </row>
     <row r="100" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="954"/>
-[...4 lines deleted...]
-      <c r="F100" s="315">
+      <c r="A100" s="990"/>
+      <c r="B100" s="1016"/>
+      <c r="C100" s="993"/>
+      <c r="D100" s="300"/>
+      <c r="E100" s="300"/>
+      <c r="F100" s="311">
         <f t="shared" si="16"/>
         <v>46019</v>
       </c>
-      <c r="G100" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N100" s="312"/>
+      <c r="G100" s="302" t="s">
+        <v>55</v>
+      </c>
+      <c r="H100" s="312" t="s">
+        <v>28</v>
+      </c>
+      <c r="I100" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J100" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K100" s="308"/>
+      <c r="L100" s="309"/>
+      <c r="M100" s="310"/>
+      <c r="N100" s="308"/>
       <c r="O100" s="35"/>
       <c r="P100" s="12"/>
       <c r="Q100" s="12"/>
       <c r="R100" s="12"/>
       <c r="S100" s="12"/>
       <c r="T100" s="12"/>
       <c r="U100" s="12"/>
       <c r="V100" s="12"/>
       <c r="W100" s="12"/>
       <c r="X100" s="12"/>
       <c r="Y100" s="12"/>
       <c r="Z100" s="12"/>
       <c r="AA100" s="12"/>
     </row>
     <row r="101" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="954"/>
-[...1 lines deleted...]
-      <c r="C101" s="982">
+      <c r="A101" s="990"/>
+      <c r="B101" s="1016"/>
+      <c r="C101" s="1022">
         <v>15</v>
       </c>
-      <c r="D101" s="304"/>
-[...1 lines deleted...]
-      <c r="F101" s="315">
+      <c r="D101" s="300"/>
+      <c r="E101" s="300"/>
+      <c r="F101" s="311">
         <f t="shared" si="16"/>
         <v>46020</v>
       </c>
-      <c r="G101" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N101" s="312"/>
+      <c r="G101" s="302" t="s">
+        <v>35</v>
+      </c>
+      <c r="H101" s="312" t="s">
+        <v>28</v>
+      </c>
+      <c r="I101" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J101" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K101" s="308"/>
+      <c r="L101" s="309"/>
+      <c r="M101" s="310"/>
+      <c r="N101" s="308"/>
       <c r="O101" s="35"/>
       <c r="P101" s="12"/>
       <c r="Q101" s="12"/>
       <c r="R101" s="12"/>
       <c r="S101" s="12"/>
       <c r="T101" s="12"/>
       <c r="U101" s="12"/>
       <c r="V101" s="12"/>
       <c r="W101" s="12"/>
       <c r="X101" s="12"/>
       <c r="Y101" s="12"/>
       <c r="Z101" s="12"/>
       <c r="AA101" s="12"/>
     </row>
     <row r="102" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="954"/>
-[...4 lines deleted...]
-      <c r="F102" s="315">
+      <c r="A102" s="990"/>
+      <c r="B102" s="1016"/>
+      <c r="C102" s="1023"/>
+      <c r="D102" s="300"/>
+      <c r="E102" s="300"/>
+      <c r="F102" s="311">
         <f t="shared" si="16"/>
         <v>46021</v>
       </c>
-      <c r="G102" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N102" s="312"/>
+      <c r="G102" s="302" t="s">
+        <v>61</v>
+      </c>
+      <c r="H102" s="312" t="s">
+        <v>28</v>
+      </c>
+      <c r="I102" s="304" t="s">
+        <v>28</v>
+      </c>
+      <c r="J102" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K102" s="308"/>
+      <c r="L102" s="309"/>
+      <c r="M102" s="310"/>
+      <c r="N102" s="308"/>
       <c r="O102" s="35"/>
       <c r="P102" s="12"/>
       <c r="Q102" s="12"/>
       <c r="R102" s="12"/>
       <c r="S102" s="12"/>
       <c r="T102" s="12"/>
       <c r="U102" s="12"/>
       <c r="V102" s="12"/>
       <c r="W102" s="12"/>
       <c r="X102" s="12"/>
       <c r="Y102" s="12"/>
       <c r="Z102" s="12"/>
       <c r="AA102" s="12"/>
     </row>
     <row r="103" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="954"/>
-[...4 lines deleted...]
-      <c r="F103" s="317">
+      <c r="A103" s="990"/>
+      <c r="B103" s="1016"/>
+      <c r="C103" s="1023"/>
+      <c r="D103" s="300"/>
+      <c r="E103" s="300"/>
+      <c r="F103" s="313">
         <f t="shared" si="16"/>
         <v>46022</v>
       </c>
-      <c r="G103" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N103" s="312"/>
+      <c r="G103" s="302" t="s">
+        <v>61</v>
+      </c>
+      <c r="H103" s="314" t="s">
+        <v>28</v>
+      </c>
+      <c r="I103" s="315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J103" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K103" s="308"/>
+      <c r="L103" s="309"/>
+      <c r="M103" s="310"/>
+      <c r="N103" s="308"/>
       <c r="O103" s="35"/>
       <c r="P103" s="12"/>
       <c r="Q103" s="12"/>
       <c r="R103" s="12"/>
       <c r="S103" s="12"/>
       <c r="T103" s="12"/>
       <c r="U103" s="12"/>
       <c r="V103" s="12"/>
       <c r="W103" s="12"/>
       <c r="X103" s="12"/>
       <c r="Y103" s="12"/>
       <c r="Z103" s="12"/>
       <c r="AA103" s="12"/>
     </row>
     <row r="104" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="954"/>
-[...4 lines deleted...]
-      <c r="F104" s="320">
+      <c r="A104" s="990"/>
+      <c r="B104" s="1016"/>
+      <c r="C104" s="1023"/>
+      <c r="D104" s="300"/>
+      <c r="E104" s="300"/>
+      <c r="F104" s="316">
         <f t="shared" si="16"/>
         <v>46023</v>
       </c>
-      <c r="G104" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N104" s="312"/>
+      <c r="G104" s="302" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" s="314" t="s">
+        <v>28</v>
+      </c>
+      <c r="I104" s="315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J104" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K104" s="308"/>
+      <c r="L104" s="309"/>
+      <c r="M104" s="310"/>
+      <c r="N104" s="308"/>
       <c r="O104" s="35"/>
       <c r="P104" s="12"/>
       <c r="Q104" s="12"/>
       <c r="R104" s="12"/>
       <c r="S104" s="12"/>
       <c r="T104" s="12"/>
       <c r="U104" s="12"/>
       <c r="V104" s="12"/>
       <c r="W104" s="12"/>
       <c r="X104" s="12"/>
       <c r="Y104" s="12"/>
       <c r="Z104" s="12"/>
       <c r="AA104" s="12"/>
     </row>
     <row r="105" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="954"/>
-[...4 lines deleted...]
-      <c r="F105" s="321">
+      <c r="A105" s="990"/>
+      <c r="B105" s="1016"/>
+      <c r="C105" s="1023"/>
+      <c r="D105" s="300"/>
+      <c r="E105" s="300"/>
+      <c r="F105" s="317">
         <f t="shared" si="16"/>
         <v>46024</v>
       </c>
-      <c r="G105" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N105" s="309"/>
+      <c r="G105" s="302" t="s">
+        <v>52</v>
+      </c>
+      <c r="H105" s="314" t="s">
+        <v>28</v>
+      </c>
+      <c r="I105" s="315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J105" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K105" s="305"/>
+      <c r="L105" s="305"/>
+      <c r="M105" s="306"/>
+      <c r="N105" s="305"/>
       <c r="O105" s="41"/>
       <c r="P105" s="12"/>
       <c r="Q105" s="12"/>
       <c r="R105" s="12"/>
       <c r="S105" s="12"/>
       <c r="T105" s="12"/>
       <c r="U105" s="12"/>
       <c r="V105" s="12"/>
       <c r="W105" s="12"/>
       <c r="X105" s="12"/>
       <c r="Y105" s="12"/>
       <c r="Z105" s="12"/>
       <c r="AA105" s="12"/>
     </row>
     <row r="106" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="954"/>
-[...4 lines deleted...]
-      <c r="F106" s="321">
+      <c r="A106" s="990"/>
+      <c r="B106" s="1016"/>
+      <c r="C106" s="1023"/>
+      <c r="D106" s="300"/>
+      <c r="E106" s="300"/>
+      <c r="F106" s="317">
         <f t="shared" si="16"/>
         <v>46025</v>
       </c>
-      <c r="G106" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N106" s="309"/>
+      <c r="G106" s="302" t="s">
+        <v>54</v>
+      </c>
+      <c r="H106" s="314" t="s">
+        <v>28</v>
+      </c>
+      <c r="I106" s="315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J106" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K106" s="305"/>
+      <c r="L106" s="305"/>
+      <c r="M106" s="306"/>
+      <c r="N106" s="305"/>
       <c r="O106" s="41"/>
       <c r="P106" s="12"/>
       <c r="Q106" s="12"/>
       <c r="R106" s="12"/>
       <c r="S106" s="12"/>
       <c r="T106" s="12"/>
       <c r="U106" s="12"/>
       <c r="V106" s="12"/>
       <c r="W106" s="12"/>
       <c r="X106" s="12"/>
       <c r="Y106" s="12"/>
       <c r="Z106" s="12"/>
       <c r="AA106" s="12"/>
     </row>
     <row r="107" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="954"/>
-[...4 lines deleted...]
-      <c r="F107" s="321">
+      <c r="A107" s="990"/>
+      <c r="B107" s="1016"/>
+      <c r="C107" s="1023"/>
+      <c r="D107" s="300"/>
+      <c r="E107" s="300"/>
+      <c r="F107" s="317">
         <f t="shared" si="16"/>
         <v>46026</v>
       </c>
-      <c r="G107" s="306" t="s">
-[...14 lines deleted...]
-      <c r="N107" s="309"/>
+      <c r="G107" s="302" t="s">
+        <v>55</v>
+      </c>
+      <c r="H107" s="318" t="s">
+        <v>28</v>
+      </c>
+      <c r="I107" s="319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J107" s="320" t="s">
+        <v>172</v>
+      </c>
+      <c r="K107" s="305"/>
+      <c r="L107" s="305"/>
+      <c r="M107" s="306"/>
+      <c r="N107" s="305"/>
       <c r="O107" s="41"/>
       <c r="P107" s="12"/>
       <c r="Q107" s="12"/>
       <c r="R107" s="12"/>
       <c r="S107" s="12"/>
       <c r="T107" s="12"/>
       <c r="U107" s="12"/>
       <c r="V107" s="12"/>
       <c r="W107" s="12"/>
       <c r="X107" s="12"/>
       <c r="Y107" s="12"/>
       <c r="Z107" s="12"/>
       <c r="AA107" s="12"/>
     </row>
     <row r="108" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="954"/>
-[...4 lines deleted...]
-      <c r="F108" s="321">
+      <c r="A108" s="990"/>
+      <c r="B108" s="1016"/>
+      <c r="C108" s="1023"/>
+      <c r="D108" s="300"/>
+      <c r="E108" s="300"/>
+      <c r="F108" s="317">
         <f t="shared" si="16"/>
         <v>46027</v>
       </c>
-      <c r="G108" s="672" t="s">
-[...14 lines deleted...]
-      <c r="N108" s="309"/>
+      <c r="G108" s="655" t="s">
+        <v>35</v>
+      </c>
+      <c r="H108" s="314" t="s">
+        <v>28</v>
+      </c>
+      <c r="I108" s="315" t="s">
+        <v>28</v>
+      </c>
+      <c r="J108" s="158" t="s">
+        <v>171</v>
+      </c>
+      <c r="K108" s="305"/>
+      <c r="L108" s="305"/>
+      <c r="M108" s="306"/>
+      <c r="N108" s="305"/>
       <c r="O108" s="41"/>
       <c r="P108" s="12"/>
       <c r="Q108" s="12"/>
       <c r="R108" s="12"/>
       <c r="S108" s="12"/>
       <c r="T108" s="12"/>
       <c r="U108" s="12"/>
       <c r="V108" s="12"/>
       <c r="W108" s="12"/>
       <c r="X108" s="12"/>
       <c r="Y108" s="12"/>
       <c r="Z108" s="12"/>
       <c r="AA108" s="12"/>
     </row>
     <row r="109" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="954"/>
-[...4 lines deleted...]
-      <c r="F109" s="878">
+      <c r="A109" s="990"/>
+      <c r="B109" s="1016"/>
+      <c r="C109" s="1023"/>
+      <c r="D109" s="839"/>
+      <c r="E109" s="840"/>
+      <c r="F109" s="841">
         <v>46028</v>
       </c>
-      <c r="G109" s="879" t="s">
-[...14 lines deleted...]
-      <c r="N109" s="882"/>
+      <c r="G109" s="842" t="s">
+        <v>61</v>
+      </c>
+      <c r="H109" s="843" t="s">
+        <v>28</v>
+      </c>
+      <c r="I109" s="844" t="s">
+        <v>28</v>
+      </c>
+      <c r="J109" s="321" t="s">
+        <v>173</v>
+      </c>
+      <c r="K109" s="845"/>
+      <c r="L109" s="845"/>
+      <c r="M109" s="846"/>
+      <c r="N109" s="845"/>
       <c r="O109" s="41"/>
       <c r="P109" s="12"/>
       <c r="Q109" s="12"/>
       <c r="R109" s="12"/>
       <c r="S109" s="12"/>
       <c r="T109" s="12"/>
       <c r="U109" s="12"/>
       <c r="V109" s="12"/>
       <c r="W109" s="12"/>
       <c r="X109" s="12"/>
       <c r="Y109" s="12"/>
       <c r="Z109" s="12"/>
       <c r="AA109" s="12"/>
     </row>
     <row r="110" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="953" t="s">
+      <c r="A110" s="989" t="s">
+        <v>174</v>
+      </c>
+      <c r="B110" s="998" t="s">
         <v>175</v>
       </c>
-      <c r="B110" s="987" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="956">
+      <c r="C110" s="992">
         <v>16</v>
       </c>
       <c r="D110" s="121"/>
-      <c r="E110" s="180"/>
-      <c r="F110" s="326">
+      <c r="E110" s="178"/>
+      <c r="F110" s="322">
         <v>46029</v>
       </c>
-      <c r="G110" s="327" t="str">
+      <c r="G110" s="323" t="str">
         <f t="shared" ref="G110:G119" si="17">IF(WEEKDAY(F110)=2,"L",IF(WEEKDAY(F110)=3,"M",IF(WEEKDAY(F110)=4,"X",IF(WEEKDAY(F110)=5,"J",IF(WEEKDAY(F110)=6,"V",IF(WEEKDAY(F110)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
       <c r="H110" s="107" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="107">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J110" s="328" t="s">
-[...5 lines deleted...]
-      <c r="L110" s="330">
+      <c r="J110" s="324" t="s">
+        <v>62</v>
+      </c>
+      <c r="K110" s="325" t="s">
+        <v>176</v>
+      </c>
+      <c r="L110" s="326">
         <f>IF(H110="–",,I110-H110)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M110" s="331">
+      <c r="M110" s="327">
         <f>L110</f>
         <v>0.16666666666666674</v>
       </c>
       <c r="N110" s="106" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="O110" s="41"/>
       <c r="P110" s="12"/>
       <c r="Q110" s="12"/>
       <c r="R110" s="12"/>
       <c r="S110" s="12"/>
       <c r="T110" s="12"/>
       <c r="U110" s="12"/>
       <c r="V110" s="12"/>
       <c r="W110" s="12"/>
       <c r="X110" s="12"/>
       <c r="Y110" s="12"/>
       <c r="Z110" s="12"/>
       <c r="AA110" s="12"/>
     </row>
     <row r="111" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="954"/>
-[...1 lines deleted...]
-      <c r="C111" s="957"/>
+      <c r="A111" s="990"/>
+      <c r="B111" s="999"/>
+      <c r="C111" s="993"/>
       <c r="D111" s="121"/>
-      <c r="E111" s="180"/>
+      <c r="E111" s="178"/>
       <c r="F111" s="105">
         <f t="shared" ref="F111:F138" si="18">F110+1</f>
         <v>46030</v>
       </c>
       <c r="G111" s="106" t="str">
         <f t="shared" si="17"/>
         <v>J</v>
       </c>
       <c r="H111" s="107" t="s">
         <v>18</v>
       </c>
-      <c r="I111" s="332" t="s">
-[...8 lines deleted...]
-      <c r="L111" s="334">
+      <c r="I111" s="328" t="s">
+        <v>97</v>
+      </c>
+      <c r="J111" s="324" t="s">
+        <v>62</v>
+      </c>
+      <c r="K111" s="329" t="s">
+        <v>176</v>
+      </c>
+      <c r="L111" s="330">
         <f t="shared" ref="L111:L117" si="19">IF(H111="–",,I111-H111)</f>
         <v>0.125</v>
       </c>
-      <c r="M111" s="335">
+      <c r="M111" s="331">
         <f t="shared" ref="M111:M112" si="20">L111+M110</f>
         <v>0.29166666666666674</v>
       </c>
-      <c r="N111" s="336" t="s">
-        <v>179</v>
+      <c r="N111" s="332" t="s">
+        <v>178</v>
       </c>
       <c r="O111" s="19"/>
       <c r="P111" s="12"/>
       <c r="Q111" s="12"/>
       <c r="R111" s="12"/>
       <c r="S111" s="12"/>
       <c r="T111" s="12"/>
       <c r="U111" s="12"/>
       <c r="V111" s="12"/>
       <c r="W111" s="12"/>
       <c r="X111" s="12"/>
       <c r="Y111" s="12"/>
       <c r="Z111" s="12"/>
       <c r="AA111" s="12"/>
     </row>
     <row r="112" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="954"/>
-[...1 lines deleted...]
-      <c r="C112" s="957"/>
+      <c r="A112" s="990"/>
+      <c r="B112" s="999"/>
+      <c r="C112" s="993"/>
       <c r="D112" s="104"/>
-      <c r="E112" s="337"/>
+      <c r="E112" s="333"/>
       <c r="F112" s="113">
         <f t="shared" si="18"/>
         <v>46031</v>
       </c>
       <c r="G112" s="126" t="str">
         <f t="shared" si="17"/>
         <v>V</v>
       </c>
       <c r="H112" s="107">
         <v>0.66666666666666663</v>
       </c>
       <c r="I112" s="108">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J112" s="328" t="s">
-[...5 lines deleted...]
-      <c r="L112" s="345">
+      <c r="J112" s="324" t="s">
+        <v>62</v>
+      </c>
+      <c r="K112" s="847" t="s">
+        <v>176</v>
+      </c>
+      <c r="L112" s="341">
         <f t="shared" si="19"/>
         <v>0.125</v>
       </c>
-      <c r="M112" s="346">
+      <c r="M112" s="342">
         <f t="shared" si="20"/>
         <v>0.41666666666666674</v>
       </c>
-      <c r="N112" s="885" t="s">
-        <v>180</v>
+      <c r="N112" s="848" t="s">
+        <v>179</v>
       </c>
       <c r="O112" s="19"/>
       <c r="P112" s="12"/>
       <c r="Q112" s="12"/>
       <c r="R112" s="12"/>
       <c r="S112" s="12"/>
       <c r="T112" s="12"/>
       <c r="U112" s="12"/>
       <c r="V112" s="12"/>
       <c r="W112" s="12"/>
       <c r="X112" s="12"/>
       <c r="Y112" s="12"/>
       <c r="Z112" s="12"/>
       <c r="AA112" s="12"/>
     </row>
     <row r="113" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="954"/>
-[...1 lines deleted...]
-      <c r="C113" s="957"/>
+      <c r="A113" s="990"/>
+      <c r="B113" s="999"/>
+      <c r="C113" s="993"/>
       <c r="D113" s="121" t="s">
+        <v>180</v>
+      </c>
+      <c r="E113" s="333" t="s">
         <v>181</v>
       </c>
-      <c r="E113" s="337" t="s">
-[...2 lines deleted...]
-      <c r="F113" s="343">
+      <c r="F113" s="339">
         <v>46032</v>
       </c>
-      <c r="G113" s="344" t="str">
+      <c r="G113" s="340" t="str">
         <f>IF(WEEKDAY(F113)=2,"L",IF(WEEKDAY(F113)=3,"M",IF(WEEKDAY(F113)=4,"X",IF(WEEKDAY(F113)=5,"J",IF(WEEKDAY(F113)=6,"V",IF(WEEKDAY(F113)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H113" s="184" t="s">
-[...9 lines deleted...]
-      <c r="N113" s="533"/>
+      <c r="H113" s="182" t="s">
+        <v>28</v>
+      </c>
+      <c r="I113" s="182" t="s">
+        <v>28</v>
+      </c>
+      <c r="J113" s="538"/>
+      <c r="K113" s="527"/>
+      <c r="L113" s="527"/>
+      <c r="M113" s="527"/>
+      <c r="N113" s="527"/>
       <c r="O113" s="19"/>
       <c r="P113" s="12"/>
       <c r="Q113" s="12"/>
       <c r="R113" s="12"/>
       <c r="S113" s="12"/>
       <c r="T113" s="12"/>
       <c r="U113" s="12"/>
       <c r="V113" s="12"/>
       <c r="W113" s="12"/>
       <c r="X113" s="12"/>
       <c r="Y113" s="12"/>
       <c r="Z113" s="12"/>
       <c r="AA113" s="12"/>
     </row>
     <row r="114" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="954"/>
-[...1 lines deleted...]
-      <c r="C114" s="957"/>
+      <c r="A114" s="990"/>
+      <c r="B114" s="999"/>
+      <c r="C114" s="993"/>
       <c r="D114" s="104" t="s">
+        <v>182</v>
+      </c>
+      <c r="E114" s="333" t="s">
         <v>183</v>
       </c>
-      <c r="E114" s="337" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="347">
+      <c r="F114" s="343">
         <f>F113+1</f>
         <v>46033</v>
       </c>
-      <c r="G114" s="348" t="str">
+      <c r="G114" s="344" t="str">
         <f>IF(WEEKDAY(F114)=2,"L",IF(WEEKDAY(F114)=3,"M",IF(WEEKDAY(F114)=4,"X",IF(WEEKDAY(F114)=5,"J",IF(WEEKDAY(F114)=6,"V",IF(WEEKDAY(F114)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H114" s="184" t="s">
-[...9 lines deleted...]
-      <c r="N114" s="886"/>
+      <c r="H114" s="182" t="s">
+        <v>28</v>
+      </c>
+      <c r="I114" s="182" t="s">
+        <v>28</v>
+      </c>
+      <c r="J114" s="656"/>
+      <c r="K114" s="849"/>
+      <c r="L114" s="850"/>
+      <c r="M114" s="851"/>
+      <c r="N114" s="849"/>
       <c r="O114" s="88"/>
       <c r="P114" s="12"/>
       <c r="Q114" s="12"/>
       <c r="R114" s="12"/>
       <c r="S114" s="12"/>
       <c r="T114" s="12"/>
       <c r="U114" s="12"/>
       <c r="V114" s="12"/>
       <c r="W114" s="12"/>
       <c r="X114" s="12"/>
       <c r="Y114" s="12"/>
       <c r="Z114" s="12"/>
       <c r="AA114" s="12"/>
     </row>
     <row r="115" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="954"/>
-[...1 lines deleted...]
-      <c r="C115" s="957"/>
+      <c r="A115" s="990"/>
+      <c r="B115" s="999"/>
+      <c r="C115" s="993"/>
       <c r="D115" s="121"/>
-      <c r="E115" s="180"/>
-      <c r="F115" s="338">
+      <c r="E115" s="178"/>
+      <c r="F115" s="334">
         <v>46034</v>
       </c>
-      <c r="G115" s="339" t="s">
-[...2 lines deleted...]
-      <c r="H115" s="340" t="s">
+      <c r="G115" s="335" t="s">
+        <v>35</v>
+      </c>
+      <c r="H115" s="336" t="s">
         <v>18</v>
       </c>
-      <c r="I115" s="340">
+      <c r="I115" s="336">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J115" s="341" t="s">
+      <c r="J115" s="337" t="s">
         <v>19</v>
       </c>
-      <c r="K115" s="884" t="s">
-[...2 lines deleted...]
-      <c r="L115" s="334">
+      <c r="K115" s="847" t="s">
+        <v>184</v>
+      </c>
+      <c r="L115" s="330">
         <f>IF(H115="–",,I115-H115)</f>
         <v>0.125</v>
       </c>
-      <c r="M115" s="335">
+      <c r="M115" s="331">
         <f>L115+M112</f>
         <v>0.54166666666666674</v>
       </c>
-      <c r="N115" s="342" t="s">
+      <c r="N115" s="338" t="s">
         <v>185</v>
       </c>
       <c r="O115" s="19"/>
       <c r="P115" s="12"/>
       <c r="Q115" s="12"/>
       <c r="R115" s="12"/>
       <c r="S115" s="12"/>
       <c r="T115" s="12"/>
       <c r="U115" s="12"/>
       <c r="V115" s="12"/>
       <c r="W115" s="12"/>
       <c r="X115" s="12"/>
       <c r="Y115" s="12"/>
       <c r="Z115" s="12"/>
       <c r="AA115" s="12"/>
     </row>
     <row r="116" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="954"/>
-[...1 lines deleted...]
-      <c r="C116" s="957"/>
+      <c r="A116" s="990"/>
+      <c r="B116" s="999"/>
+      <c r="C116" s="993"/>
       <c r="D116" s="121"/>
-      <c r="E116" s="180"/>
-      <c r="F116" s="349">
+      <c r="E116" s="178"/>
+      <c r="F116" s="345">
         <v>46035</v>
       </c>
-      <c r="G116" s="350" t="s">
-[...2 lines deleted...]
-      <c r="H116" s="351">
+      <c r="G116" s="346" t="s">
+        <v>61</v>
+      </c>
+      <c r="H116" s="347">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I116" s="351">
+      <c r="I116" s="347">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J116" s="913" t="s">
+      <c r="J116" s="875" t="s">
         <v>19</v>
       </c>
-      <c r="K116" s="918" t="s">
+      <c r="K116" s="880" t="s">
         <v>186</v>
       </c>
-      <c r="L116" s="352">
+      <c r="L116" s="348">
         <v>0.16666666666666666</v>
       </c>
-      <c r="M116" s="353">
+      <c r="M116" s="349">
         <f>L116+M115</f>
         <v>0.70833333333333337</v>
       </c>
       <c r="N116" s="120" t="s">
         <v>187</v>
       </c>
       <c r="O116" s="41"/>
       <c r="P116" s="12"/>
       <c r="Q116" s="12"/>
       <c r="R116" s="12"/>
       <c r="S116" s="12"/>
       <c r="T116" s="12"/>
       <c r="U116" s="12"/>
       <c r="V116" s="12"/>
       <c r="W116" s="12"/>
       <c r="X116" s="12"/>
       <c r="Y116" s="12"/>
       <c r="Z116" s="12"/>
       <c r="AA116" s="12"/>
     </row>
     <row r="117" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="954"/>
-[...1 lines deleted...]
-      <c r="C117" s="958">
+      <c r="A117" s="990"/>
+      <c r="B117" s="999"/>
+      <c r="C117" s="994">
         <v>17</v>
       </c>
-      <c r="D117" s="354"/>
-[...1 lines deleted...]
-      <c r="F117" s="355">
+      <c r="D117" s="350"/>
+      <c r="E117" s="184"/>
+      <c r="F117" s="351">
         <f t="shared" si="18"/>
         <v>46036</v>
       </c>
-      <c r="G117" s="356" t="s">
-[...2 lines deleted...]
-      <c r="H117" s="357" t="s">
+      <c r="G117" s="352" t="s">
+        <v>67</v>
+      </c>
+      <c r="H117" s="353" t="s">
         <v>18</v>
       </c>
-      <c r="I117" s="358" t="s">
-[...2 lines deleted...]
-      <c r="J117" s="504" t="s">
+      <c r="I117" s="354" t="s">
+        <v>103</v>
+      </c>
+      <c r="J117" s="499" t="s">
         <v>19</v>
       </c>
-      <c r="K117" s="359" t="s">
-[...2 lines deleted...]
-      <c r="L117" s="360">
+      <c r="K117" s="355" t="s">
+        <v>184</v>
+      </c>
+      <c r="L117" s="356">
         <f t="shared" si="19"/>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M117" s="361">
+      <c r="M117" s="357">
         <f>L117+M116</f>
         <v>0.87500000000000011</v>
       </c>
-      <c r="N117" s="362" t="s">
+      <c r="N117" s="358" t="s">
         <v>188</v>
       </c>
       <c r="O117" s="41"/>
       <c r="P117" s="12"/>
       <c r="Q117" s="12"/>
       <c r="R117" s="12"/>
       <c r="S117" s="12"/>
       <c r="T117" s="12"/>
       <c r="U117" s="12"/>
       <c r="V117" s="12"/>
       <c r="W117" s="12"/>
       <c r="X117" s="12"/>
       <c r="Y117" s="12"/>
       <c r="Z117" s="12"/>
       <c r="AA117" s="12"/>
     </row>
     <row r="118" spans="1:27" s="13" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="954"/>
-[...4 lines deleted...]
-      <c r="F118" s="363">
+      <c r="A118" s="990"/>
+      <c r="B118" s="999"/>
+      <c r="C118" s="993"/>
+      <c r="D118" s="192"/>
+      <c r="E118" s="166"/>
+      <c r="F118" s="359">
         <f t="shared" si="18"/>
         <v>46037</v>
       </c>
-      <c r="G118" s="364" t="s">
-        <v>68</v>
+      <c r="G118" s="360" t="s">
+        <v>70</v>
       </c>
       <c r="H118" s="131" t="s">
         <v>18</v>
       </c>
-      <c r="I118" s="365" t="s">
-[...2 lines deleted...]
-      <c r="J118" s="366" t="s">
+      <c r="I118" s="361" t="s">
+        <v>103</v>
+      </c>
+      <c r="J118" s="661" t="s">
         <v>189</v>
       </c>
-      <c r="K118" s="367" t="s">
+      <c r="K118" s="363" t="s">
         <v>190</v>
       </c>
-      <c r="L118" s="131">
+      <c r="L118" s="286">
         <f>IF(H118="–",,I118-H118)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M118" s="368">
+      <c r="M118" s="951">
         <f>L118</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="N118" s="369" t="s">
+      <c r="N118" s="952" t="s">
         <v>191</v>
       </c>
       <c r="O118" s="19"/>
       <c r="P118" s="12"/>
       <c r="Q118" s="12"/>
       <c r="R118" s="12"/>
       <c r="S118" s="12"/>
       <c r="T118" s="12"/>
       <c r="U118" s="12"/>
       <c r="V118" s="12"/>
       <c r="W118" s="12"/>
       <c r="X118" s="12"/>
       <c r="Y118" s="12"/>
       <c r="Z118" s="12"/>
       <c r="AA118" s="12"/>
     </row>
     <row r="119" spans="1:27" s="13" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="954"/>
-[...4 lines deleted...]
-      <c r="F119" s="195">
+      <c r="A119" s="990"/>
+      <c r="B119" s="999"/>
+      <c r="C119" s="993"/>
+      <c r="D119" s="192"/>
+      <c r="E119" s="166"/>
+      <c r="F119" s="953">
         <f t="shared" si="18"/>
         <v>46038</v>
       </c>
-      <c r="G119" s="370" t="str">
+      <c r="G119" s="954" t="str">
         <f t="shared" si="17"/>
         <v>V</v>
       </c>
-      <c r="H119" s="131"/>
-[...5 lines deleted...]
-      <c r="N119" s="130"/>
+      <c r="H119" s="955" t="s">
+        <v>18</v>
+      </c>
+      <c r="I119" s="956">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="J119" s="957" t="s">
+        <v>159</v>
+      </c>
+      <c r="K119" s="958" t="s">
+        <v>163</v>
+      </c>
+      <c r="L119" s="959">
+        <f>IF(H119="–",,I119-H119)</f>
+        <v>0.16666666666666674</v>
+      </c>
+      <c r="M119" s="960"/>
+      <c r="N119" s="961" t="s">
+        <v>169</v>
+      </c>
       <c r="O119" s="26"/>
       <c r="P119" s="12"/>
       <c r="Q119" s="12"/>
       <c r="R119" s="12"/>
       <c r="S119" s="12"/>
       <c r="T119" s="12"/>
       <c r="U119" s="12"/>
       <c r="V119" s="12"/>
       <c r="W119" s="12"/>
       <c r="X119" s="12"/>
       <c r="Y119" s="12"/>
       <c r="Z119" s="12"/>
       <c r="AA119" s="12"/>
     </row>
     <row r="120" spans="1:27" s="13" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="954"/>
-[...2 lines deleted...]
-      <c r="D120" s="194" t="s">
+      <c r="A120" s="990"/>
+      <c r="B120" s="999"/>
+      <c r="C120" s="993"/>
+      <c r="D120" s="192" t="s">
         <v>192</v>
       </c>
-      <c r="E120" s="168"/>
-      <c r="F120" s="374">
+      <c r="E120" s="166"/>
+      <c r="F120" s="369">
         <v>46039</v>
       </c>
       <c r="G120" s="140" t="str">
         <f>IF(WEEKDAY(F120)=2,"L",IF(WEEKDAY(F120)=3,"M",IF(WEEKDAY(F120)=4,"X",IF(WEEKDAY(F120)=5,"J",IF(WEEKDAY(F120)=6,"V",IF(WEEKDAY(F120)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H120" s="166" t="s">
-[...9 lines deleted...]
-      <c r="N120" s="164"/>
+      <c r="H120" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I120" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J120" s="734"/>
+      <c r="K120" s="368"/>
+      <c r="L120" s="286"/>
+      <c r="M120" s="364"/>
+      <c r="N120" s="438"/>
       <c r="O120" s="26"/>
       <c r="P120" s="12"/>
       <c r="Q120" s="12"/>
       <c r="R120" s="12"/>
       <c r="S120" s="12"/>
       <c r="T120" s="12"/>
       <c r="U120" s="12"/>
       <c r="V120" s="12"/>
       <c r="W120" s="12"/>
       <c r="X120" s="12"/>
       <c r="Y120" s="12"/>
       <c r="Z120" s="12"/>
       <c r="AA120" s="12"/>
     </row>
     <row r="121" spans="1:27" s="13" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="954"/>
-[...8 lines deleted...]
-      <c r="F121" s="376">
+      <c r="A121" s="990"/>
+      <c r="B121" s="999"/>
+      <c r="C121" s="993"/>
+      <c r="D121" s="192" t="s">
+        <v>182</v>
+      </c>
+      <c r="E121" s="166" t="s">
+        <v>175</v>
+      </c>
+      <c r="F121" s="371">
         <f>F120+1</f>
         <v>46040</v>
       </c>
-      <c r="G121" s="377" t="str">
+      <c r="G121" s="372" t="str">
         <f>IF(WEEKDAY(F121)=2,"L",IF(WEEKDAY(F121)=3,"M",IF(WEEKDAY(F121)=4,"X",IF(WEEKDAY(F121)=5,"J",IF(WEEKDAY(F121)=6,"V",IF(WEEKDAY(F121)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H121" s="166" t="s">
-[...6 lines deleted...]
-      <c r="K121" s="375"/>
+      <c r="H121" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I121" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J121" s="735"/>
+      <c r="K121" s="370"/>
       <c r="L121" s="142"/>
-      <c r="M121" s="162"/>
-      <c r="N121" s="167"/>
+      <c r="M121" s="160"/>
+      <c r="N121" s="165"/>
       <c r="O121" s="26"/>
       <c r="P121" s="89"/>
       <c r="Q121" s="12"/>
       <c r="R121" s="12"/>
       <c r="S121" s="12"/>
       <c r="T121" s="12"/>
       <c r="U121" s="12"/>
       <c r="V121" s="12"/>
       <c r="W121" s="12"/>
       <c r="X121" s="12"/>
       <c r="Y121" s="12"/>
       <c r="Z121" s="12"/>
       <c r="AA121" s="12"/>
     </row>
     <row r="122" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="954"/>
-[...4 lines deleted...]
-      <c r="F122" s="157">
+      <c r="A122" s="990"/>
+      <c r="B122" s="999"/>
+      <c r="C122" s="995"/>
+      <c r="D122" s="161"/>
+      <c r="E122" s="161"/>
+      <c r="F122" s="155">
         <v>46041</v>
       </c>
-      <c r="G122" s="370" t="s">
-        <v>34</v>
+      <c r="G122" s="365" t="s">
+        <v>35</v>
       </c>
       <c r="H122" s="131" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="131">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J122" s="366" t="s">
+      <c r="J122" s="362" t="s">
         <v>189</v>
       </c>
-      <c r="K122" s="371" t="s">
+      <c r="K122" s="366" t="s">
         <v>193</v>
       </c>
-      <c r="L122" s="372">
+      <c r="L122" s="367">
         <f t="shared" ref="L122:L123" si="21">IF(H122="–",,I122-H122)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M122" s="297">
+      <c r="M122" s="294">
         <v>0.33333333333333331</v>
       </c>
       <c r="N122" s="130" t="s">
         <v>194</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="12"/>
       <c r="Q122" s="12"/>
       <c r="R122" s="12"/>
       <c r="S122" s="12"/>
       <c r="T122" s="12"/>
       <c r="U122" s="12"/>
       <c r="V122" s="12"/>
       <c r="W122" s="12"/>
       <c r="X122" s="12"/>
       <c r="Y122" s="12"/>
       <c r="Z122" s="12"/>
       <c r="AA122" s="12"/>
     </row>
     <row r="123" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="954"/>
-[...4 lines deleted...]
-      <c r="F123" s="157">
+      <c r="A123" s="990"/>
+      <c r="B123" s="999"/>
+      <c r="C123" s="995"/>
+      <c r="D123" s="161"/>
+      <c r="E123" s="161"/>
+      <c r="F123" s="155">
         <v>46042</v>
       </c>
-      <c r="G123" s="674" t="s">
-[...2 lines deleted...]
-      <c r="H123" s="372" t="s">
+      <c r="G123" s="657" t="s">
+        <v>61</v>
+      </c>
+      <c r="H123" s="367" t="s">
         <v>18</v>
       </c>
-      <c r="I123" s="147">
+      <c r="I123" s="146">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J123" s="366" t="s">
+      <c r="J123" s="362" t="s">
         <v>189</v>
       </c>
-      <c r="K123" s="373" t="s">
+      <c r="K123" s="368" t="s">
         <v>190</v>
       </c>
-      <c r="L123" s="289">
+      <c r="L123" s="286">
         <f t="shared" si="21"/>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M123" s="297">
+      <c r="M123" s="294">
         <f t="shared" ref="M123" si="22">L123+M122</f>
         <v>0.5</v>
       </c>
-      <c r="N123" s="164" t="s">
+      <c r="N123" s="162" t="s">
         <v>195</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="12"/>
       <c r="Q123" s="12"/>
       <c r="R123" s="12"/>
       <c r="S123" s="12"/>
       <c r="T123" s="12"/>
       <c r="U123" s="12"/>
       <c r="V123" s="12"/>
       <c r="W123" s="12"/>
       <c r="X123" s="12"/>
       <c r="Y123" s="12"/>
       <c r="Z123" s="12"/>
       <c r="AA123" s="12"/>
     </row>
     <row r="124" spans="1:27" s="13" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="954"/>
-[...4 lines deleted...]
-      <c r="F124" s="379">
+      <c r="A124" s="990"/>
+      <c r="B124" s="999"/>
+      <c r="C124" s="996"/>
+      <c r="D124" s="373"/>
+      <c r="E124" s="373"/>
+      <c r="F124" s="374">
         <v>46043</v>
       </c>
-      <c r="G124" s="380" t="s">
-[...2 lines deleted...]
-      <c r="H124" s="381">
+      <c r="G124" s="375" t="s">
+        <v>67</v>
+      </c>
+      <c r="H124" s="376">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I124" s="381">
+      <c r="I124" s="376">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J124" s="366" t="s">
+      <c r="J124" s="362" t="s">
         <v>189</v>
       </c>
-      <c r="K124" s="382" t="s">
+      <c r="K124" s="377" t="s">
         <v>196</v>
       </c>
       <c r="L124" s="142">
         <v>0.125</v>
       </c>
-      <c r="M124" s="162">
+      <c r="M124" s="160">
         <v>0.625</v>
       </c>
-      <c r="N124" s="159" t="s">
+      <c r="N124" s="157" t="s">
         <v>197</v>
       </c>
       <c r="O124" s="41"/>
       <c r="P124" s="12"/>
       <c r="Q124" s="12"/>
       <c r="R124" s="12"/>
       <c r="S124" s="12"/>
       <c r="T124" s="12"/>
       <c r="U124" s="12"/>
       <c r="V124" s="12"/>
       <c r="W124" s="12"/>
       <c r="X124" s="12"/>
       <c r="Y124" s="12"/>
       <c r="Z124" s="12"/>
       <c r="AA124" s="12"/>
     </row>
     <row r="125" spans="1:27" s="13" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="954"/>
-[...1 lines deleted...]
-      <c r="C125" s="961">
+      <c r="A125" s="990"/>
+      <c r="B125" s="999"/>
+      <c r="C125" s="997">
         <v>18</v>
       </c>
-      <c r="D125" s="293"/>
-[...1 lines deleted...]
-      <c r="F125" s="383">
+      <c r="D125" s="290"/>
+      <c r="E125" s="290"/>
+      <c r="F125" s="378">
         <f t="shared" si="18"/>
         <v>46044</v>
       </c>
-      <c r="G125" s="384" t="s">
-[...2 lines deleted...]
-      <c r="H125" s="554" t="s">
+      <c r="G125" s="379" t="s">
+        <v>70</v>
+      </c>
+      <c r="H125" s="548" t="s">
         <v>18</v>
       </c>
-      <c r="I125" s="554" t="s">
-[...2 lines deleted...]
-      <c r="J125" s="366" t="s">
+      <c r="I125" s="548" t="s">
+        <v>97</v>
+      </c>
+      <c r="J125" s="362" t="s">
         <v>189</v>
       </c>
       <c r="K125" s="137" t="s">
         <v>198</v>
       </c>
-      <c r="L125" s="554">
+      <c r="L125" s="548">
         <f t="shared" ref="L125" si="23">IF(H125="–",,I125-H125)</f>
         <v>0.125</v>
       </c>
       <c r="M125" s="138">
         <v>0.75</v>
       </c>
       <c r="N125" s="139" t="s">
         <v>199</v>
       </c>
       <c r="O125" s="41"/>
       <c r="P125" s="89"/>
       <c r="Q125" s="12"/>
       <c r="R125" s="12"/>
       <c r="S125" s="12"/>
       <c r="T125" s="12"/>
       <c r="U125" s="12"/>
       <c r="V125" s="12"/>
       <c r="W125" s="12"/>
       <c r="X125" s="12"/>
       <c r="Y125" s="12"/>
       <c r="Z125" s="12"/>
       <c r="AA125" s="12"/>
     </row>
     <row r="126" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="954"/>
-[...4 lines deleted...]
-      <c r="F126" s="236">
+      <c r="A126" s="990"/>
+      <c r="B126" s="999"/>
+      <c r="C126" s="995"/>
+      <c r="D126" s="861"/>
+      <c r="E126" s="861"/>
+      <c r="F126" s="234">
         <f t="shared" si="18"/>
         <v>46045</v>
       </c>
-      <c r="G126" s="237" t="s">
-[...8 lines deleted...]
-      <c r="N126" s="556"/>
+      <c r="G126" s="235" t="s">
+        <v>52</v>
+      </c>
+      <c r="H126" s="550"/>
+      <c r="I126" s="550"/>
+      <c r="J126" s="550"/>
+      <c r="K126" s="550"/>
+      <c r="L126" s="550"/>
+      <c r="M126" s="550"/>
+      <c r="N126" s="550"/>
       <c r="O126" s="15"/>
       <c r="P126" s="12"/>
       <c r="Q126" s="12"/>
       <c r="R126" s="12"/>
       <c r="S126" s="12"/>
       <c r="T126" s="12"/>
       <c r="U126" s="12"/>
       <c r="V126" s="12"/>
       <c r="W126" s="12"/>
       <c r="X126" s="12"/>
       <c r="Y126" s="12"/>
       <c r="Z126" s="12"/>
       <c r="AA126" s="12"/>
     </row>
     <row r="127" spans="1:27" s="13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="954"/>
-[...4 lines deleted...]
-      <c r="F127" s="896">
+      <c r="A127" s="990"/>
+      <c r="B127" s="999"/>
+      <c r="C127" s="993"/>
+      <c r="D127" s="628"/>
+      <c r="E127" s="854"/>
+      <c r="F127" s="859">
         <v>46046</v>
       </c>
-      <c r="G127" s="897" t="str">
+      <c r="G127" s="860" t="str">
         <f>IF(WEEKDAY(F127)=2,"L",IF(WEEKDAY(F127)=3,"M",IF(WEEKDAY(F127)=4,"X",IF(WEEKDAY(F127)=5,"J",IF(WEEKDAY(F127)=6,"V",IF(WEEKDAY(F127)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H127" s="292" t="s">
-[...9 lines deleted...]
-      <c r="N127" s="822"/>
+      <c r="H127" s="289" t="s">
+        <v>28</v>
+      </c>
+      <c r="I127" s="289" t="s">
+        <v>28</v>
+      </c>
+      <c r="J127" s="858"/>
+      <c r="K127" s="798"/>
+      <c r="L127" s="798"/>
+      <c r="M127" s="798"/>
+      <c r="N127" s="798"/>
       <c r="O127" s="15"/>
       <c r="P127" s="12"/>
       <c r="Q127" s="12"/>
       <c r="R127" s="12"/>
       <c r="S127" s="12"/>
       <c r="T127" s="12"/>
       <c r="U127" s="12"/>
       <c r="V127" s="12"/>
       <c r="W127" s="12"/>
       <c r="X127" s="12"/>
       <c r="Y127" s="12"/>
       <c r="Z127" s="12"/>
       <c r="AA127" s="12"/>
     </row>
     <row r="128" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="954"/>
-[...4 lines deleted...]
-      <c r="F128" s="676">
+      <c r="A128" s="990"/>
+      <c r="B128" s="999"/>
+      <c r="C128" s="993"/>
+      <c r="D128" s="628"/>
+      <c r="E128" s="854"/>
+      <c r="F128" s="659">
         <v>46047</v>
       </c>
-      <c r="G128" s="677" t="str">
+      <c r="G128" s="660" t="str">
         <f>IF(WEEKDAY(F128)=2,"L",IF(WEEKDAY(F128)=3,"M",IF(WEEKDAY(F128)=4,"X",IF(WEEKDAY(F128)=5,"J",IF(WEEKDAY(F128)=6,"V",IF(WEEKDAY(F128)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H128" s="166" t="s">
-[...9 lines deleted...]
-      <c r="N128" s="556"/>
+      <c r="H128" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="I128" s="164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J128" s="552"/>
+      <c r="K128" s="550"/>
+      <c r="L128" s="550"/>
+      <c r="M128" s="550"/>
+      <c r="N128" s="550"/>
       <c r="O128" s="19"/>
       <c r="P128" s="12"/>
       <c r="Q128" s="12"/>
       <c r="R128" s="12"/>
       <c r="S128" s="12"/>
       <c r="T128" s="12"/>
       <c r="U128" s="12"/>
       <c r="V128" s="12"/>
       <c r="W128" s="12"/>
       <c r="X128" s="12"/>
       <c r="Y128" s="12"/>
       <c r="Z128" s="12"/>
       <c r="AA128" s="12"/>
     </row>
     <row r="129" spans="1:27" s="13" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="954"/>
-[...4 lines deleted...]
-      <c r="F129" s="900">
+      <c r="A129" s="990"/>
+      <c r="B129" s="999"/>
+      <c r="C129" s="993"/>
+      <c r="D129" s="512"/>
+      <c r="E129" s="862"/>
+      <c r="F129" s="863">
         <v>46048</v>
       </c>
-      <c r="G129" s="901" t="s">
-[...2 lines deleted...]
-      <c r="H129" s="902" t="s">
+      <c r="G129" s="864" t="s">
+        <v>35</v>
+      </c>
+      <c r="H129" s="865" t="s">
         <v>18</v>
       </c>
-      <c r="I129" s="902" t="s">
-[...2 lines deleted...]
-      <c r="J129" s="946" t="s">
+      <c r="I129" s="865" t="s">
+        <v>103</v>
+      </c>
+      <c r="J129" s="905" t="s">
         <v>189</v>
       </c>
-      <c r="K129" s="903" t="s">
+      <c r="K129" s="866" t="s">
         <v>200</v>
       </c>
-      <c r="L129" s="902">
+      <c r="L129" s="865">
         <f>IF(H129="–",,I129-H129)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M129" s="904">
+      <c r="M129" s="867">
         <f>L129+M125</f>
         <v>0.91666666666666674</v>
       </c>
-      <c r="N129" s="801" t="s">
+      <c r="N129" s="779" t="s">
         <v>201</v>
       </c>
       <c r="O129" s="19"/>
       <c r="P129" s="12"/>
       <c r="Q129" s="12"/>
       <c r="R129" s="12"/>
       <c r="S129" s="12"/>
       <c r="T129" s="12"/>
       <c r="U129" s="12"/>
       <c r="V129" s="12"/>
       <c r="W129" s="12"/>
       <c r="X129" s="12"/>
       <c r="Y129" s="12"/>
       <c r="Z129" s="12"/>
       <c r="AA129" s="12"/>
     </row>
     <row r="130" spans="1:27" s="13" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="954"/>
-[...2 lines deleted...]
-      <c r="D130" s="889" t="s">
+      <c r="A130" s="990"/>
+      <c r="B130" s="999"/>
+      <c r="C130" s="995"/>
+      <c r="D130" s="852" t="s">
         <v>202</v>
       </c>
-      <c r="E130" s="180" t="s">
-[...2 lines deleted...]
-      <c r="F130" s="944">
+      <c r="E130" s="178" t="s">
+        <v>66</v>
+      </c>
+      <c r="F130" s="903">
         <v>46049</v>
       </c>
-      <c r="G130" s="945" t="s">
-        <v>60</v>
+      <c r="G130" s="904" t="s">
+        <v>61</v>
       </c>
       <c r="H130" s="110" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="107" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="J130" s="947" t="s">
+        <v>103</v>
+      </c>
+      <c r="J130" s="906" t="s">
         <v>203</v>
       </c>
-      <c r="K130" s="679" t="s">
+      <c r="K130" s="662" t="s">
         <v>204</v>
       </c>
       <c r="L130" s="107">
         <f>IF(H130="–",,I130-H130)</f>
         <v>0.16666666666666674</v>
       </c>
       <c r="M130" s="111">
         <f>L130</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="N130" s="385" t="s">
+      <c r="N130" s="380" t="s">
         <v>205</v>
       </c>
       <c r="O130" s="15"/>
       <c r="W130" s="12"/>
       <c r="X130" s="12"/>
       <c r="Y130" s="12"/>
       <c r="Z130" s="12"/>
       <c r="AA130" s="12"/>
     </row>
     <row r="131" spans="1:27" s="13" customFormat="1" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="954"/>
-[...2 lines deleted...]
-      <c r="D131" s="496" t="s">
+      <c r="A131" s="990"/>
+      <c r="B131" s="999"/>
+      <c r="C131" s="995"/>
+      <c r="D131" s="491" t="s">
         <v>206</v>
       </c>
-      <c r="E131" s="386"/>
-      <c r="F131" s="893">
+      <c r="E131" s="381"/>
+      <c r="F131" s="856">
         <v>46050</v>
       </c>
-      <c r="G131" s="894" t="s">
-[...2 lines deleted...]
-      <c r="H131" s="568" t="s">
+      <c r="G131" s="857" t="s">
+        <v>67</v>
+      </c>
+      <c r="H131" s="561" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="127">
         <v>0.85416666666666663</v>
       </c>
-      <c r="J131" s="948" t="s">
+      <c r="J131" s="907" t="s">
         <v>203</v>
       </c>
-      <c r="K131" s="388" t="s">
+      <c r="K131" s="383" t="s">
         <v>207</v>
       </c>
       <c r="L131" s="127">
         <f>IF(H131="–",,I131-H131)</f>
         <v>0.1875</v>
       </c>
       <c r="M131" s="128">
         <f>L131+M130</f>
         <v>0.35416666666666674</v>
       </c>
-      <c r="N131" s="387" t="s">
+      <c r="N131" s="382" t="s">
         <v>208</v>
       </c>
       <c r="O131" s="15"/>
       <c r="W131" s="12"/>
       <c r="X131" s="12"/>
       <c r="Y131" s="12"/>
       <c r="Z131" s="12"/>
       <c r="AA131" s="12"/>
     </row>
     <row r="132" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="954"/>
-[...4 lines deleted...]
-      <c r="F132" s="390">
+      <c r="A132" s="990"/>
+      <c r="B132" s="999"/>
+      <c r="C132" s="995"/>
+      <c r="D132" s="373"/>
+      <c r="E132" s="853"/>
+      <c r="F132" s="385">
         <v>46051</v>
       </c>
-      <c r="G132" s="892" t="str">
+      <c r="G132" s="855" t="str">
         <f>IF(WEEKDAY(F132)=2,"L",IF(WEEKDAY(F132)=3,"M",IF(WEEKDAY(F132)=4,"X",IF(WEEKDAY(F132)=5,"J",IF(WEEKDAY(F132)=6,"V",IF(WEEKDAY(F132)=7,"S","D"))))))</f>
         <v>J</v>
       </c>
-      <c r="H132" s="391">
+      <c r="H132" s="386">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I132" s="392">
+      <c r="I132" s="387">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J132" s="366" t="s">
+      <c r="J132" s="362" t="s">
         <v>209</v>
       </c>
-      <c r="K132" s="393" t="s">
+      <c r="K132" s="388" t="s">
         <v>210</v>
       </c>
       <c r="L132" s="142">
         <v>0.16666666666666666</v>
       </c>
       <c r="M132" s="143">
         <f>L132</f>
         <v>0.16666666666666666</v>
       </c>
       <c r="N132" s="144" t="s">
         <v>211</v>
       </c>
       <c r="O132" s="15"/>
       <c r="W132" s="12"/>
       <c r="X132" s="12"/>
       <c r="Y132" s="12"/>
       <c r="Z132" s="12"/>
       <c r="AA132" s="12"/>
     </row>
     <row r="133" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="954"/>
-[...2 lines deleted...]
-      <c r="D133" s="163" t="s">
+      <c r="A133" s="990"/>
+      <c r="B133" s="999"/>
+      <c r="C133" s="995"/>
+      <c r="D133" s="161" t="s">
         <v>212</v>
       </c>
-      <c r="E133" s="488"/>
-      <c r="F133" s="396">
+      <c r="E133" s="483"/>
+      <c r="F133" s="391">
         <f>F132+1</f>
         <v>46052</v>
       </c>
-      <c r="G133" s="397" t="str">
+      <c r="G133" s="392" t="str">
         <f>IF(WEEKDAY(F133)=2,"L",IF(WEEKDAY(F133)=3,"M",IF(WEEKDAY(F133)=4,"X",IF(WEEKDAY(F133)=5,"J",IF(WEEKDAY(F133)=6,"V",IF(WEEKDAY(F133)=7,"S","D"))))))</f>
         <v>V</v>
       </c>
-      <c r="H133" s="303" t="s">
+      <c r="H133" s="299" t="s">
         <v>18</v>
       </c>
-      <c r="I133" s="303" t="s">
-[...2 lines deleted...]
-      <c r="J133" s="678" t="s">
+      <c r="I133" s="299" t="s">
+        <v>103</v>
+      </c>
+      <c r="J133" s="661" t="s">
         <v>209</v>
       </c>
-      <c r="K133" s="675" t="s">
+      <c r="K133" s="658" t="s">
         <v>210</v>
       </c>
-      <c r="L133" s="289">
+      <c r="L133" s="286">
         <f>IF(H133="–",,I133-H133)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M133" s="680">
+      <c r="M133" s="663">
         <v>0.33333333333333331</v>
       </c>
       <c r="N133" s="135" t="s">
         <v>213</v>
       </c>
       <c r="O133" s="15"/>
       <c r="W133" s="12"/>
       <c r="X133" s="12"/>
       <c r="Y133" s="12"/>
       <c r="Z133" s="12"/>
       <c r="AA133" s="12"/>
     </row>
     <row r="134" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="954"/>
-[...2 lines deleted...]
-      <c r="D134" s="389" t="s">
+      <c r="A134" s="990"/>
+      <c r="B134" s="999"/>
+      <c r="C134" s="995"/>
+      <c r="D134" s="384" t="s">
         <v>206</v>
       </c>
-      <c r="E134" s="407" t="s">
+      <c r="E134" s="402" t="s">
         <v>214</v>
       </c>
-      <c r="F134" s="408">
+      <c r="F134" s="403">
         <f t="shared" si="18"/>
         <v>46053</v>
       </c>
-      <c r="G134" s="409" t="str">
+      <c r="G134" s="404" t="str">
         <f t="shared" ref="G134:G135" si="24">IF(WEEKDAY(F134)=2,"L",IF(WEEKDAY(F134)=3,"M",IF(WEEKDAY(F134)=4,"X",IF(WEEKDAY(F134)=5,"J",IF(WEEKDAY(F134)=6,"V",IF(WEEKDAY(F134)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H134" s="410" t="s">
-[...9 lines deleted...]
-      <c r="N134" s="556"/>
+      <c r="H134" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="I134" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="J134" s="552"/>
+      <c r="K134" s="550"/>
+      <c r="L134" s="550"/>
+      <c r="M134" s="550"/>
+      <c r="N134" s="550"/>
       <c r="O134" s="41"/>
       <c r="P134" s="12"/>
       <c r="Q134" s="12"/>
       <c r="R134" s="12"/>
       <c r="S134" s="12"/>
       <c r="T134" s="12"/>
       <c r="U134" s="12"/>
       <c r="V134" s="12"/>
       <c r="W134" s="12"/>
       <c r="X134" s="12"/>
       <c r="Y134" s="12"/>
       <c r="Z134" s="12"/>
       <c r="AA134" s="12"/>
     </row>
     <row r="135" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="954"/>
-[...1 lines deleted...]
-      <c r="C135" s="976">
+      <c r="A135" s="990"/>
+      <c r="B135" s="999"/>
+      <c r="C135" s="1001">
         <v>19</v>
       </c>
-      <c r="D135" s="394"/>
-[...1 lines deleted...]
-      <c r="F135" s="411">
+      <c r="D135" s="389"/>
+      <c r="E135" s="390"/>
+      <c r="F135" s="406">
         <f t="shared" si="18"/>
         <v>46054</v>
       </c>
-      <c r="G135" s="412" t="str">
+      <c r="G135" s="407" t="str">
         <f t="shared" si="24"/>
         <v>D</v>
       </c>
-      <c r="H135" s="410" t="s">
-[...9 lines deleted...]
-      <c r="N135" s="556"/>
+      <c r="H135" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="I135" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="J135" s="552"/>
+      <c r="K135" s="550"/>
+      <c r="L135" s="550"/>
+      <c r="M135" s="550"/>
+      <c r="N135" s="550"/>
       <c r="O135" s="35"/>
       <c r="P135" s="12"/>
       <c r="Q135" s="12"/>
       <c r="R135" s="12"/>
       <c r="S135" s="12"/>
       <c r="T135" s="12"/>
       <c r="U135" s="12"/>
       <c r="V135" s="12"/>
       <c r="W135" s="12"/>
       <c r="X135" s="12"/>
       <c r="Y135" s="12"/>
       <c r="Z135" s="12"/>
       <c r="AA135" s="12"/>
     </row>
     <row r="136" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="954"/>
-[...2 lines deleted...]
-      <c r="D136" s="495" t="s">
+      <c r="A136" s="990"/>
+      <c r="B136" s="999"/>
+      <c r="C136" s="1002"/>
+      <c r="D136" s="490" t="s">
         <v>215</v>
       </c>
-      <c r="E136" s="177" t="s">
-[...2 lines deleted...]
-      <c r="F136" s="398">
+      <c r="E136" s="175" t="s">
+        <v>31</v>
+      </c>
+      <c r="F136" s="393">
         <v>46055</v>
       </c>
-      <c r="G136" s="399" t="s">
-[...2 lines deleted...]
-      <c r="H136" s="400" t="s">
+      <c r="G136" s="394" t="s">
+        <v>35</v>
+      </c>
+      <c r="H136" s="395" t="s">
         <v>18</v>
       </c>
-      <c r="I136" s="400" t="s">
-[...2 lines deleted...]
-      <c r="J136" s="341" t="s">
+      <c r="I136" s="395" t="s">
+        <v>103</v>
+      </c>
+      <c r="J136" s="337" t="s">
         <v>19</v>
       </c>
-      <c r="K136" s="329" t="s">
+      <c r="K136" s="325" t="s">
         <v>216</v>
       </c>
       <c r="L136" s="107">
         <f>IF(H136="–",,I136-H136)</f>
         <v>0.16666666666666674</v>
       </c>
       <c r="M136" s="111">
         <f>L136</f>
         <v>0.16666666666666674</v>
       </c>
       <c r="N136" s="106" t="s">
         <v>217</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="12"/>
       <c r="Q136" s="12"/>
       <c r="R136" s="12"/>
       <c r="S136" s="12"/>
       <c r="T136" s="12"/>
       <c r="U136" s="12"/>
       <c r="V136" s="12"/>
       <c r="W136" s="12"/>
       <c r="X136" s="12"/>
       <c r="Y136" s="12"/>
       <c r="Z136" s="12"/>
       <c r="AA136" s="12"/>
     </row>
     <row r="137" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="954"/>
-[...2 lines deleted...]
-      <c r="D137" s="496" t="s">
+      <c r="A137" s="990"/>
+      <c r="B137" s="999"/>
+      <c r="C137" s="1002"/>
+      <c r="D137" s="491" t="s">
         <v>206</v>
       </c>
-      <c r="E137" s="401"/>
-      <c r="F137" s="402">
+      <c r="E137" s="396"/>
+      <c r="F137" s="397">
         <f t="shared" si="18"/>
         <v>46056</v>
       </c>
-      <c r="G137" s="403" t="s">
-[...2 lines deleted...]
-      <c r="H137" s="480" t="s">
+      <c r="G137" s="398" t="s">
+        <v>61</v>
+      </c>
+      <c r="H137" s="475" t="s">
         <v>18</v>
       </c>
-      <c r="I137" s="480" t="s">
-[...2 lines deleted...]
-      <c r="J137" s="481" t="s">
+      <c r="I137" s="475" t="s">
+        <v>103</v>
+      </c>
+      <c r="J137" s="476" t="s">
         <v>19</v>
       </c>
-      <c r="K137" s="404" t="s">
+      <c r="K137" s="399" t="s">
         <v>186</v>
       </c>
-      <c r="L137" s="358">
+      <c r="L137" s="354">
         <f t="shared" ref="L137" si="25">IF(H137="–",,I137-H137)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M137" s="405">
+      <c r="M137" s="400">
         <f t="shared" ref="M137" si="26">L137+M136</f>
         <v>0.33333333333333348</v>
       </c>
-      <c r="N137" s="406" t="s">
+      <c r="N137" s="401" t="s">
         <v>218</v>
       </c>
       <c r="O137" s="19"/>
       <c r="P137" s="12"/>
       <c r="Q137" s="12"/>
       <c r="R137" s="12"/>
       <c r="S137" s="12"/>
       <c r="T137" s="12"/>
       <c r="U137" s="12"/>
       <c r="V137" s="12"/>
       <c r="W137" s="12"/>
       <c r="X137" s="12"/>
       <c r="Y137" s="12"/>
       <c r="Z137" s="12"/>
       <c r="AA137" s="12"/>
     </row>
     <row r="138" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="954"/>
-[...4 lines deleted...]
-      <c r="F138" s="363">
+      <c r="A138" s="990"/>
+      <c r="B138" s="999"/>
+      <c r="C138" s="1002"/>
+      <c r="D138" s="492"/>
+      <c r="E138" s="482"/>
+      <c r="F138" s="359">
         <f t="shared" si="18"/>
         <v>46057</v>
       </c>
-      <c r="G138" s="479" t="s">
-[...2 lines deleted...]
-      <c r="H138" s="536">
+      <c r="G138" s="474" t="s">
+        <v>67</v>
+      </c>
+      <c r="H138" s="530">
         <v>0.625</v>
       </c>
-      <c r="I138" s="537">
+      <c r="I138" s="531">
         <v>0.75</v>
       </c>
-      <c r="J138" s="538" t="s">
+      <c r="J138" s="532" t="s">
         <v>19</v>
       </c>
-      <c r="K138" s="539" t="s">
+      <c r="K138" s="533" t="s">
         <v>134</v>
       </c>
-      <c r="L138" s="259">
+      <c r="L138" s="257">
         <v>0.125</v>
       </c>
-      <c r="M138" s="259">
+      <c r="M138" s="257">
         <v>0.125</v>
       </c>
-      <c r="N138" s="906" t="s">
+      <c r="N138" s="869" t="s">
         <v>219</v>
       </c>
       <c r="O138" s="19"/>
       <c r="P138" s="12"/>
       <c r="Q138" s="12"/>
       <c r="R138" s="12"/>
       <c r="S138" s="12"/>
       <c r="T138" s="12"/>
       <c r="U138" s="12"/>
       <c r="V138" s="12"/>
       <c r="W138" s="12"/>
       <c r="X138" s="12"/>
       <c r="Y138" s="12"/>
       <c r="Z138" s="12"/>
       <c r="AA138" s="12"/>
     </row>
     <row r="139" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="954"/>
-[...2 lines deleted...]
-      <c r="D139" s="163" t="s">
+      <c r="A139" s="990"/>
+      <c r="B139" s="999"/>
+      <c r="C139" s="1002"/>
+      <c r="D139" s="161" t="s">
         <v>220</v>
       </c>
-      <c r="E139" s="487" t="s">
+      <c r="E139" s="482" t="s">
         <v>136</v>
       </c>
-      <c r="F139" s="290">
+      <c r="F139" s="287">
         <v>46058</v>
       </c>
-      <c r="G139" s="482" t="s">
-[...2 lines deleted...]
-      <c r="H139" s="540">
+      <c r="G139" s="477" t="s">
+        <v>70</v>
+      </c>
+      <c r="H139" s="534">
         <v>0.625</v>
       </c>
-      <c r="I139" s="537">
+      <c r="I139" s="531">
         <v>0.75</v>
       </c>
-      <c r="J139" s="538" t="s">
+      <c r="J139" s="532" t="s">
         <v>19</v>
       </c>
-      <c r="K139" s="515" t="s">
+      <c r="K139" s="510" t="s">
         <v>134</v>
       </c>
-      <c r="L139" s="392">
+      <c r="L139" s="387">
         <f>IF(H139="–",,I139-H139)</f>
         <v>0.125</v>
       </c>
-      <c r="M139" s="542">
+      <c r="M139" s="536">
         <f>L139 + M138</f>
         <v>0.25</v>
       </c>
-      <c r="N139" s="486" t="s">
+      <c r="N139" s="481" t="s">
         <v>221</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="12"/>
       <c r="Q139" s="12"/>
       <c r="R139" s="12"/>
       <c r="S139" s="12"/>
       <c r="T139" s="12"/>
       <c r="U139" s="12"/>
       <c r="V139" s="12"/>
       <c r="W139" s="12"/>
       <c r="X139" s="12"/>
       <c r="Y139" s="12"/>
       <c r="Z139" s="12"/>
       <c r="AA139" s="12"/>
     </row>
     <row r="140" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="954"/>
-[...2 lines deleted...]
-      <c r="D140" s="163" t="s">
+      <c r="A140" s="990"/>
+      <c r="B140" s="999"/>
+      <c r="C140" s="1002"/>
+      <c r="D140" s="161" t="s">
         <v>206</v>
       </c>
-      <c r="E140" s="488"/>
-      <c r="F140" s="485">
+      <c r="E140" s="483"/>
+      <c r="F140" s="480">
         <f>F139+1</f>
         <v>46059</v>
       </c>
-      <c r="G140" s="483" t="s">
-[...2 lines deleted...]
-      <c r="H140" s="541">
+      <c r="G140" s="478" t="s">
+        <v>52</v>
+      </c>
+      <c r="H140" s="535">
         <v>0.625</v>
       </c>
-      <c r="I140" s="541">
+      <c r="I140" s="535">
         <v>0.75</v>
       </c>
-      <c r="J140" s="538" t="s">
+      <c r="J140" s="532" t="s">
         <v>19</v>
       </c>
-      <c r="K140" s="407" t="s">
+      <c r="K140" s="402" t="s">
         <v>134</v>
       </c>
-      <c r="L140" s="748">
+      <c r="L140" s="731">
         <v>0.125</v>
       </c>
-      <c r="M140" s="749">
+      <c r="M140" s="732">
         <f>L140+M139</f>
         <v>0.375</v>
       </c>
-      <c r="N140" s="159" t="s">
+      <c r="N140" s="157" t="s">
         <v>222</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="12"/>
       <c r="Q140" s="12"/>
       <c r="R140" s="12"/>
       <c r="S140" s="12"/>
       <c r="T140" s="12"/>
       <c r="U140" s="12"/>
       <c r="V140" s="12"/>
       <c r="W140" s="12"/>
       <c r="X140" s="12"/>
       <c r="Y140" s="12"/>
       <c r="Z140" s="12"/>
       <c r="AA140" s="12"/>
     </row>
     <row r="141" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="955"/>
-[...4 lines deleted...]
-      <c r="F141" s="408">
+      <c r="A141" s="991"/>
+      <c r="B141" s="999"/>
+      <c r="C141" s="1002"/>
+      <c r="D141" s="248"/>
+      <c r="E141" s="483"/>
+      <c r="F141" s="403">
         <v>46060</v>
       </c>
-      <c r="G141" s="409" t="s">
-[...12 lines deleted...]
-      <c r="N141" s="556"/>
+      <c r="G141" s="404" t="s">
+        <v>54</v>
+      </c>
+      <c r="H141" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="I141" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="J141" s="552"/>
+      <c r="K141" s="550"/>
+      <c r="L141" s="550"/>
+      <c r="M141" s="550"/>
+      <c r="N141" s="550"/>
       <c r="O141" s="41"/>
       <c r="P141" s="12"/>
       <c r="Q141" s="12"/>
       <c r="R141" s="12"/>
       <c r="S141" s="12"/>
       <c r="T141" s="12"/>
       <c r="U141" s="12"/>
       <c r="V141" s="12"/>
       <c r="W141" s="12"/>
       <c r="X141" s="12"/>
       <c r="Y141" s="12"/>
       <c r="Z141" s="12"/>
       <c r="AA141" s="12"/>
     </row>
     <row r="142" spans="1:27" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B142" s="989"/>
-[...3 lines deleted...]
-      <c r="F142" s="411">
+      <c r="B142" s="1000"/>
+      <c r="C142" s="1003"/>
+      <c r="D142" s="493"/>
+      <c r="E142" s="479"/>
+      <c r="F142" s="406">
         <f>F141+1</f>
         <v>46061</v>
       </c>
-      <c r="G142" s="412" t="s">
-[...12 lines deleted...]
-      <c r="N142" s="768"/>
+      <c r="G142" s="407" t="s">
+        <v>55</v>
+      </c>
+      <c r="H142" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="I142" s="405" t="s">
+        <v>28</v>
+      </c>
+      <c r="J142" s="710"/>
+      <c r="K142" s="748"/>
+      <c r="L142" s="748"/>
+      <c r="M142" s="748"/>
+      <c r="N142" s="748"/>
     </row>
     <row r="143" spans="1:27" x14ac:dyDescent="0.25">
-      <c r="D143" s="413"/>
-[...5 lines deleted...]
-      <c r="N143" s="413"/>
+      <c r="D143" s="408"/>
+      <c r="E143" s="408"/>
+      <c r="J143" s="408"/>
+      <c r="K143" s="408"/>
+      <c r="L143" s="408"/>
+      <c r="M143" s="408"/>
+      <c r="N143" s="408"/>
     </row>
     <row r="144" spans="1:27" x14ac:dyDescent="0.25">
-      <c r="D144" s="413"/>
-[...2 lines deleted...]
-      <c r="G144" s="413"/>
+      <c r="D144" s="408"/>
+      <c r="E144" s="408"/>
+      <c r="F144" s="408"/>
+      <c r="G144" s="408"/>
     </row>
     <row r="145" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B145" s="718"/>
-[...11 lines deleted...]
-      <c r="N145" s="718"/>
+      <c r="B145" s="701"/>
+      <c r="C145" s="701"/>
+      <c r="D145" s="704"/>
+      <c r="E145" s="704"/>
+      <c r="F145" s="704"/>
+      <c r="G145" s="704"/>
+      <c r="H145" s="701"/>
+      <c r="I145" s="701"/>
+      <c r="J145" s="701"/>
+      <c r="K145" s="701"/>
+      <c r="L145" s="701"/>
+      <c r="M145" s="701"/>
+      <c r="N145" s="701"/>
     </row>
     <row r="146" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="977" t="s">
+      <c r="A146" s="1027" t="s">
         <v>223</v>
       </c>
-      <c r="B146" s="979" t="s">
+      <c r="B146" s="1029" t="s">
         <v>224</v>
       </c>
-      <c r="C146" s="981">
+      <c r="C146" s="1031">
         <v>16</v>
       </c>
-      <c r="D146" s="698"/>
-[...1 lines deleted...]
-      <c r="F146" s="720">
+      <c r="D146" s="681"/>
+      <c r="E146" s="702"/>
+      <c r="F146" s="703">
         <v>46029</v>
       </c>
-      <c r="G146" s="681" t="str">
+      <c r="G146" s="664" t="str">
         <f t="shared" ref="G146:G171" si="27">IF(WEEKDAY(F146)=2,"L",IF(WEEKDAY(F146)=3,"M",IF(WEEKDAY(F146)=4,"X",IF(WEEKDAY(F146)=5,"J",IF(WEEKDAY(F146)=6,"V",IF(WEEKDAY(F146)=7,"S","D"))))))</f>
         <v>X</v>
       </c>
-      <c r="H146" s="682">
+      <c r="H146" s="665">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I146" s="682">
+      <c r="I146" s="665">
         <v>0.75</v>
       </c>
-      <c r="J146" s="683" t="s">
+      <c r="J146" s="666" t="s">
         <v>225</v>
       </c>
-      <c r="K146" s="693" t="s">
+      <c r="K146" s="676" t="s">
         <v>226</v>
       </c>
-      <c r="L146" s="682">
+      <c r="L146" s="665">
         <f>IF(H146="–",,I146-H146)</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="M146" s="684">
+      <c r="M146" s="667">
         <f>L146</f>
         <v>8.333333333333337E-2</v>
       </c>
-      <c r="N146" s="681" t="s">
+      <c r="N146" s="664" t="s">
         <v>227</v>
       </c>
       <c r="O146" s="19"/>
       <c r="P146" s="90"/>
       <c r="Q146" s="12"/>
       <c r="R146" s="12"/>
       <c r="S146" s="12"/>
       <c r="T146" s="12"/>
       <c r="U146" s="12"/>
       <c r="V146" s="12"/>
       <c r="W146" s="12"/>
       <c r="X146" s="12"/>
       <c r="Y146" s="12"/>
       <c r="Z146" s="12"/>
       <c r="AA146" s="12"/>
     </row>
     <row r="147" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="978"/>
-[...4 lines deleted...]
-      <c r="F147" s="685">
+      <c r="A147" s="1028"/>
+      <c r="B147" s="1030"/>
+      <c r="C147" s="995"/>
+      <c r="D147" s="677"/>
+      <c r="E147" s="677"/>
+      <c r="F147" s="668">
         <f t="shared" ref="F147:F171" si="28">F146+1</f>
         <v>46030</v>
       </c>
-      <c r="G147" s="685" t="str">
+      <c r="G147" s="668" t="str">
         <f t="shared" si="27"/>
         <v>J</v>
       </c>
-      <c r="H147" s="686">
+      <c r="H147" s="669">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I147" s="686" t="s">
-[...2 lines deleted...]
-      <c r="J147" s="687" t="s">
+      <c r="I147" s="669" t="s">
+        <v>97</v>
+      </c>
+      <c r="J147" s="670" t="s">
         <v>228</v>
       </c>
-      <c r="K147" s="688" t="s">
+      <c r="K147" s="671" t="s">
         <v>229</v>
       </c>
-      <c r="L147" s="686">
+      <c r="L147" s="669">
         <f>IF(H147="–",,I147-H147)</f>
         <v>0.125</v>
       </c>
-      <c r="M147" s="689">
+      <c r="M147" s="672">
         <v>0.20833333333333334</v>
       </c>
-      <c r="N147" s="690" t="s">
+      <c r="N147" s="673" t="s">
         <v>230</v>
       </c>
       <c r="O147" s="19"/>
       <c r="P147" s="90"/>
       <c r="Q147" s="12"/>
       <c r="R147" s="12"/>
       <c r="S147" s="12"/>
       <c r="T147" s="12"/>
       <c r="U147" s="12"/>
       <c r="V147" s="12"/>
       <c r="W147" s="12"/>
       <c r="X147" s="12"/>
       <c r="Y147" s="12"/>
       <c r="Z147" s="12"/>
       <c r="AA147" s="12"/>
     </row>
     <row r="148" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="978"/>
-[...4 lines deleted...]
-      <c r="F148" s="691">
+      <c r="A148" s="1028"/>
+      <c r="B148" s="1030"/>
+      <c r="C148" s="995"/>
+      <c r="D148" s="678"/>
+      <c r="E148" s="678"/>
+      <c r="F148" s="674">
         <f t="shared" si="28"/>
         <v>46031</v>
       </c>
-      <c r="G148" s="692" t="str">
+      <c r="G148" s="675" t="str">
         <f t="shared" si="27"/>
         <v>V</v>
       </c>
-      <c r="H148" s="686">
+      <c r="H148" s="669">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I148" s="686">
+      <c r="I148" s="669">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J148" s="687" t="s">
+      <c r="J148" s="670" t="s">
         <v>231</v>
       </c>
-      <c r="K148" s="693" t="s">
+      <c r="K148" s="676" t="s">
         <v>226</v>
       </c>
-      <c r="L148" s="686">
+      <c r="L148" s="669">
         <v>0.125</v>
       </c>
-      <c r="M148" s="689">
+      <c r="M148" s="672">
         <v>0.33333333333333331</v>
       </c>
-      <c r="N148" s="690" t="s">
+      <c r="N148" s="673" t="s">
         <v>232</v>
       </c>
       <c r="O148" s="19"/>
       <c r="P148" s="91"/>
       <c r="Q148" s="12"/>
       <c r="R148" s="12"/>
       <c r="S148" s="12"/>
       <c r="T148" s="12"/>
       <c r="U148" s="12"/>
       <c r="V148" s="12"/>
       <c r="W148" s="12"/>
       <c r="X148" s="12"/>
       <c r="Y148" s="12"/>
       <c r="Z148" s="12"/>
       <c r="AA148" s="12"/>
     </row>
     <row r="149" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="978"/>
-[...2 lines deleted...]
-      <c r="D149" s="696" t="s">
+      <c r="A149" s="1028"/>
+      <c r="B149" s="1030"/>
+      <c r="C149" s="995"/>
+      <c r="D149" s="679" t="s">
         <v>233</v>
       </c>
-      <c r="E149" s="697" t="s">
+      <c r="E149" s="680" t="s">
         <v>234</v>
       </c>
-      <c r="F149" s="305">
+      <c r="F149" s="301">
         <v>46032</v>
       </c>
-      <c r="G149" s="427" t="str">
+      <c r="G149" s="422" t="str">
         <f>IF(WEEKDAY(F149)=2,"L",IF(WEEKDAY(F149)=3,"M",IF(WEEKDAY(F149)=4,"X",IF(WEEKDAY(F149)=5,"J",IF(WEEKDAY(F149)=6,"V",IF(WEEKDAY(F149)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H149" s="428" t="s">
-[...9 lines deleted...]
-      <c r="N149" s="706"/>
+      <c r="H149" s="423" t="s">
+        <v>28</v>
+      </c>
+      <c r="I149" s="423" t="s">
+        <v>28</v>
+      </c>
+      <c r="J149" s="538"/>
+      <c r="K149" s="689"/>
+      <c r="L149" s="689"/>
+      <c r="M149" s="689"/>
+      <c r="N149" s="689"/>
       <c r="O149" s="37"/>
       <c r="P149" s="91"/>
       <c r="Q149" s="12"/>
       <c r="R149" s="12"/>
       <c r="S149" s="12"/>
       <c r="T149" s="12"/>
       <c r="U149" s="12"/>
       <c r="V149" s="12"/>
       <c r="W149" s="12"/>
       <c r="X149" s="12"/>
       <c r="Y149" s="12"/>
       <c r="Z149" s="12"/>
       <c r="AA149" s="12"/>
     </row>
     <row r="150" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="978"/>
-[...6 lines deleted...]
-      <c r="F150" s="305">
+      <c r="A150" s="1028"/>
+      <c r="B150" s="1030"/>
+      <c r="C150" s="995"/>
+      <c r="D150" s="679" t="s">
+        <v>182</v>
+      </c>
+      <c r="E150" s="680"/>
+      <c r="F150" s="301">
         <f>F149+1</f>
         <v>46033</v>
       </c>
-      <c r="G150" s="427" t="str">
+      <c r="G150" s="422" t="str">
         <f>IF(WEEKDAY(F150)=2,"L",IF(WEEKDAY(F150)=3,"M",IF(WEEKDAY(F150)=4,"X",IF(WEEKDAY(F150)=5,"J",IF(WEEKDAY(F150)=6,"V",IF(WEEKDAY(F150)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H150" s="428" t="s">
-[...9 lines deleted...]
-      <c r="N150" s="704"/>
+      <c r="H150" s="423" t="s">
+        <v>28</v>
+      </c>
+      <c r="I150" s="423" t="s">
+        <v>28</v>
+      </c>
+      <c r="J150" s="688"/>
+      <c r="K150" s="685"/>
+      <c r="L150" s="686"/>
+      <c r="M150" s="686"/>
+      <c r="N150" s="687"/>
       <c r="O150" s="19"/>
       <c r="P150" s="90"/>
       <c r="Q150" s="12"/>
       <c r="R150" s="12"/>
       <c r="S150" s="12"/>
       <c r="T150" s="12"/>
       <c r="U150" s="12"/>
       <c r="V150" s="12"/>
       <c r="W150" s="12"/>
       <c r="X150" s="12"/>
       <c r="Y150" s="12"/>
       <c r="Z150" s="12"/>
       <c r="AA150" s="12"/>
     </row>
     <row r="151" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="978"/>
-[...4 lines deleted...]
-      <c r="F151" s="919">
+      <c r="A151" s="1028"/>
+      <c r="B151" s="1030"/>
+      <c r="C151" s="995"/>
+      <c r="D151" s="681"/>
+      <c r="E151" s="682"/>
+      <c r="F151" s="881">
         <v>46034</v>
       </c>
-      <c r="G151" s="920" t="s">
-[...2 lines deleted...]
-      <c r="H151" s="686">
+      <c r="G151" s="882" t="s">
+        <v>35</v>
+      </c>
+      <c r="H151" s="669">
         <v>0.625</v>
       </c>
-      <c r="I151" s="713">
+      <c r="I151" s="696">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J151" s="714" t="s">
+      <c r="J151" s="697" t="s">
         <v>225</v>
       </c>
-      <c r="K151" s="715" t="s">
+      <c r="K151" s="698" t="s">
         <v>235</v>
       </c>
-      <c r="L151" s="713">
+      <c r="L151" s="696">
         <f>IF(H151="–",,I151-H151)</f>
         <v>0.20833333333333337</v>
       </c>
-      <c r="M151" s="716">
+      <c r="M151" s="699">
         <v>0.54166666666666663</v>
       </c>
-      <c r="N151" s="717" t="s">
+      <c r="N151" s="700" t="s">
         <v>236</v>
       </c>
       <c r="O151" s="41"/>
       <c r="P151" s="90"/>
       <c r="Q151" s="12"/>
       <c r="R151" s="12"/>
       <c r="S151" s="12"/>
       <c r="T151" s="12"/>
       <c r="U151" s="12"/>
       <c r="V151" s="12"/>
       <c r="W151" s="12"/>
       <c r="X151" s="12"/>
       <c r="Y151" s="12"/>
       <c r="Z151" s="12"/>
       <c r="AA151" s="12"/>
     </row>
     <row r="152" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="978"/>
-[...4 lines deleted...]
-      <c r="F152" s="919">
+      <c r="A152" s="1028"/>
+      <c r="B152" s="1030"/>
+      <c r="C152" s="995"/>
+      <c r="D152" s="681"/>
+      <c r="E152" s="682"/>
+      <c r="F152" s="881">
         <v>46035</v>
       </c>
-      <c r="G152" s="920" t="s">
-[...2 lines deleted...]
-      <c r="H152" s="703">
+      <c r="G152" s="882" t="s">
+        <v>61</v>
+      </c>
+      <c r="H152" s="686">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I152" s="703">
+      <c r="I152" s="686">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J152" s="687" t="s">
+      <c r="J152" s="670" t="s">
         <v>237</v>
       </c>
-      <c r="K152" s="688" t="s">
+      <c r="K152" s="671" t="s">
         <v>238</v>
       </c>
-      <c r="L152" s="686">
+      <c r="L152" s="669">
         <f t="shared" ref="L152" si="29">IF(H152="–",,I152-H152)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M152" s="689">
+      <c r="M152" s="672">
         <v>0.70833333333333337</v>
       </c>
-      <c r="N152" s="690" t="s">
+      <c r="N152" s="673" t="s">
         <v>239</v>
       </c>
       <c r="O152" s="41"/>
       <c r="P152" s="90"/>
       <c r="Q152" s="12"/>
       <c r="R152" s="12"/>
       <c r="S152" s="12"/>
       <c r="T152" s="12"/>
       <c r="U152" s="12"/>
       <c r="V152" s="12"/>
       <c r="W152" s="12"/>
       <c r="X152" s="12"/>
       <c r="Y152" s="12"/>
       <c r="Z152" s="12"/>
       <c r="AA152" s="12"/>
     </row>
     <row r="153" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="978"/>
-[...1 lines deleted...]
-      <c r="C153" s="961">
+      <c r="A153" s="1028"/>
+      <c r="B153" s="1030"/>
+      <c r="C153" s="997">
         <v>17</v>
       </c>
-      <c r="D153" s="700"/>
-[...1 lines deleted...]
-      <c r="F153" s="707">
+      <c r="D153" s="683"/>
+      <c r="E153" s="684"/>
+      <c r="F153" s="690">
         <v>46036</v>
       </c>
-      <c r="G153" s="708" t="s">
-[...2 lines deleted...]
-      <c r="H153" s="709">
+      <c r="G153" s="691" t="s">
+        <v>67</v>
+      </c>
+      <c r="H153" s="692">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I153" s="709" t="s">
-[...2 lines deleted...]
-      <c r="J153" s="710" t="s">
+      <c r="I153" s="692" t="s">
+        <v>103</v>
+      </c>
+      <c r="J153" s="693" t="s">
         <v>141</v>
       </c>
-      <c r="K153" s="711" t="s">
+      <c r="K153" s="694" t="s">
         <v>229</v>
       </c>
-      <c r="L153" s="709">
+      <c r="L153" s="692">
         <f t="shared" ref="L153" si="30">IF(H153="–",,I153-H153)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M153" s="712">
+      <c r="M153" s="695">
         <v>0.875</v>
       </c>
-      <c r="N153" s="708" t="s">
+      <c r="N153" s="691" t="s">
         <v>240</v>
       </c>
       <c r="O153" s="19"/>
       <c r="P153" s="92"/>
       <c r="Q153" s="12"/>
       <c r="R153" s="12"/>
       <c r="S153" s="12"/>
       <c r="T153" s="12"/>
       <c r="U153" s="12"/>
       <c r="V153" s="12"/>
       <c r="W153" s="12"/>
       <c r="X153" s="12"/>
       <c r="Y153" s="12"/>
       <c r="Z153" s="12"/>
       <c r="AA153" s="12"/>
     </row>
     <row r="154" spans="1:27" s="13" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="978"/>
-[...4 lines deleted...]
-      <c r="F154" s="195">
+      <c r="A154" s="1028"/>
+      <c r="B154" s="1030"/>
+      <c r="C154" s="995"/>
+      <c r="D154" s="384"/>
+      <c r="E154" s="192"/>
+      <c r="F154" s="193">
         <f>F153+1</f>
         <v>46037</v>
       </c>
-      <c r="G154" s="195" t="str">
+      <c r="G154" s="193" t="str">
         <f t="shared" si="27"/>
         <v>J</v>
       </c>
-      <c r="H154" s="372">
+      <c r="H154" s="367">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I154" s="433">
+      <c r="I154" s="428">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J154" s="434" t="s">
+      <c r="J154" s="429" t="s">
         <v>141</v>
       </c>
-      <c r="K154" s="435" t="s">
+      <c r="K154" s="430" t="s">
         <v>241</v>
       </c>
-      <c r="L154" s="171">
+      <c r="L154" s="169">
         <f>IF(H154="–",,I154-H154)</f>
         <v>0.125</v>
       </c>
-      <c r="M154" s="436">
+      <c r="M154" s="431">
         <f>L154</f>
         <v>0.125</v>
       </c>
-      <c r="N154" s="437" t="s">
+      <c r="N154" s="432" t="s">
         <v>242</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="12"/>
       <c r="Q154" s="12"/>
       <c r="R154" s="12"/>
       <c r="S154" s="12"/>
       <c r="T154" s="12"/>
       <c r="U154" s="12"/>
       <c r="V154" s="12"/>
       <c r="W154" s="12"/>
       <c r="X154" s="12"/>
       <c r="Y154" s="12"/>
       <c r="Z154" s="12"/>
       <c r="AA154" s="12"/>
     </row>
     <row r="155" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="978"/>
-[...4 lines deleted...]
-      <c r="F155" s="438">
+      <c r="A155" s="1028"/>
+      <c r="B155" s="1030"/>
+      <c r="C155" s="995"/>
+      <c r="D155" s="384"/>
+      <c r="E155" s="192"/>
+      <c r="F155" s="433">
         <v>42385</v>
       </c>
-      <c r="G155" s="439" t="s">
-[...7 lines deleted...]
-      <c r="K155" s="166" t="s">
+      <c r="G155" s="434" t="s">
+        <v>52</v>
+      </c>
+      <c r="H155" s="146"/>
+      <c r="I155" s="286"/>
+      <c r="J155" s="164" t="s">
         <v>26</v>
+      </c>
+      <c r="K155" s="164" t="s">
+        <v>27</v>
       </c>
       <c r="L155" s="142"/>
       <c r="M155" s="143"/>
-      <c r="N155" s="440"/>
+      <c r="N155" s="435"/>
       <c r="O155" s="26"/>
       <c r="P155" s="93"/>
       <c r="Q155" s="12"/>
       <c r="R155" s="12"/>
       <c r="S155" s="12"/>
       <c r="T155" s="12"/>
       <c r="U155" s="12"/>
       <c r="V155" s="12"/>
       <c r="W155" s="12"/>
       <c r="X155" s="12"/>
       <c r="Y155" s="12"/>
       <c r="Z155" s="12"/>
       <c r="AA155" s="12"/>
     </row>
     <row r="156" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="978"/>
-[...4 lines deleted...]
-      <c r="F156" s="445">
+      <c r="A156" s="1028"/>
+      <c r="B156" s="1030"/>
+      <c r="C156" s="995"/>
+      <c r="D156" s="384"/>
+      <c r="E156" s="192"/>
+      <c r="F156" s="440">
         <v>46039</v>
       </c>
-      <c r="G156" s="446" t="str">
+      <c r="G156" s="441" t="str">
         <f>IF(WEEKDAY(F156)=2,"L",IF(WEEKDAY(F156)=3,"M",IF(WEEKDAY(F156)=4,"X",IF(WEEKDAY(F156)=5,"J",IF(WEEKDAY(F156)=6,"V",IF(WEEKDAY(F156)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H156" s="447" t="s">
-[...9 lines deleted...]
-      <c r="N156" s="556"/>
+      <c r="H156" s="442" t="s">
+        <v>28</v>
+      </c>
+      <c r="I156" s="443" t="s">
+        <v>28</v>
+      </c>
+      <c r="J156" s="538"/>
+      <c r="K156" s="550"/>
+      <c r="L156" s="550"/>
+      <c r="M156" s="550"/>
+      <c r="N156" s="550"/>
       <c r="O156" s="26"/>
       <c r="U156" s="12"/>
       <c r="V156" s="12"/>
       <c r="W156" s="12"/>
       <c r="X156" s="12"/>
       <c r="Y156" s="12"/>
       <c r="Z156" s="12"/>
       <c r="AA156" s="12"/>
     </row>
     <row r="157" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="978"/>
-[...6 lines deleted...]
-      <c r="F157" s="199">
+      <c r="A157" s="1028"/>
+      <c r="B157" s="1030"/>
+      <c r="C157" s="995"/>
+      <c r="D157" s="384" t="s">
+        <v>243</v>
+      </c>
+      <c r="E157" s="192"/>
+      <c r="F157" s="197">
         <f>F156+1</f>
         <v>46040</v>
       </c>
-      <c r="G157" s="452" t="str">
+      <c r="G157" s="447" t="str">
         <f>IF(WEEKDAY(F157)=2,"L",IF(WEEKDAY(F157)=3,"M",IF(WEEKDAY(F157)=4,"X",IF(WEEKDAY(F157)=5,"J",IF(WEEKDAY(F157)=6,"V",IF(WEEKDAY(F157)=7,"S","D"))))))</f>
         <v>D</v>
       </c>
-      <c r="H157" s="447" t="s">
-[...6 lines deleted...]
-      <c r="K157" s="449"/>
+      <c r="H157" s="442" t="s">
+        <v>28</v>
+      </c>
+      <c r="I157" s="443" t="s">
+        <v>28</v>
+      </c>
+      <c r="J157" s="705"/>
+      <c r="K157" s="444"/>
       <c r="L157" s="142"/>
       <c r="M157" s="143"/>
-      <c r="N157" s="450"/>
+      <c r="N157" s="445"/>
       <c r="O157" s="15"/>
       <c r="P157" s="12"/>
       <c r="Q157" s="12"/>
       <c r="R157" s="12"/>
       <c r="S157" s="12"/>
       <c r="T157" s="12"/>
       <c r="U157" s="12"/>
       <c r="V157" s="12"/>
       <c r="W157" s="12"/>
       <c r="X157" s="12"/>
       <c r="Y157" s="12"/>
       <c r="Z157" s="12"/>
       <c r="AA157" s="12"/>
     </row>
     <row r="158" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="978"/>
-[...5 lines deleted...]
-      <c r="E158" s="451" t="s">
+      <c r="A158" s="1028"/>
+      <c r="B158" s="1030"/>
+      <c r="C158" s="995"/>
+      <c r="D158" s="384" t="s">
+        <v>182</v>
+      </c>
+      <c r="E158" s="446" t="s">
         <v>234</v>
       </c>
-      <c r="F158" s="438">
+      <c r="F158" s="433">
         <f t="shared" si="28"/>
         <v>46041</v>
       </c>
-      <c r="G158" s="439" t="str">
+      <c r="G158" s="434" t="str">
         <f t="shared" ref="G158" si="31">IF(WEEKDAY(F158)=2,"L",IF(WEEKDAY(F158)=3,"M",IF(WEEKDAY(F158)=4,"X",IF(WEEKDAY(F158)=5,"J",IF(WEEKDAY(F158)=6,"V",IF(WEEKDAY(F158)=7,"S","D"))))))</f>
         <v>L</v>
       </c>
-      <c r="H158" s="147">
+      <c r="H158" s="146">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I158" s="289">
+      <c r="I158" s="286">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J158" s="434" t="s">
+      <c r="J158" s="429" t="s">
         <v>141</v>
       </c>
-      <c r="K158" s="907" t="s">
-        <v>282</v>
+      <c r="K158" s="870" t="s">
+        <v>244</v>
       </c>
       <c r="L158" s="142">
         <f t="shared" ref="L158" si="32">IF(H158="–",,I158-H158)</f>
         <v>0.125</v>
       </c>
       <c r="M158" s="143">
         <v>0.25</v>
       </c>
-      <c r="N158" s="440" t="s">
+      <c r="N158" s="435" t="s">
         <v>245</v>
       </c>
       <c r="O158" s="41"/>
       <c r="P158" s="12"/>
       <c r="Q158" s="12"/>
       <c r="R158" s="12"/>
       <c r="S158" s="12"/>
       <c r="T158" s="12"/>
       <c r="U158" s="12"/>
       <c r="V158" s="12"/>
       <c r="W158" s="12"/>
       <c r="X158" s="12"/>
       <c r="Y158" s="12"/>
       <c r="Z158" s="12"/>
       <c r="AA158" s="12"/>
     </row>
     <row r="159" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="978"/>
-[...4 lines deleted...]
-      <c r="F159" s="441">
+      <c r="A159" s="1028"/>
+      <c r="B159" s="1030"/>
+      <c r="C159" s="995"/>
+      <c r="D159" s="384"/>
+      <c r="E159" s="446"/>
+      <c r="F159" s="436">
         <v>46042</v>
       </c>
-      <c r="G159" s="442" t="s">
-[...2 lines deleted...]
-      <c r="H159" s="289">
+      <c r="G159" s="437" t="s">
+        <v>61</v>
+      </c>
+      <c r="H159" s="286">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I159" s="161">
+      <c r="I159" s="159">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J159" s="443" t="s">
-[...2 lines deleted...]
-      <c r="K159" s="505" t="s">
+      <c r="J159" s="438" t="s">
         <v>246</v>
+      </c>
+      <c r="K159" s="500" t="s">
+        <v>247</v>
       </c>
       <c r="L159" s="142">
         <f>IF(H159="–",,I159-H159)</f>
         <v>0.125</v>
       </c>
       <c r="M159" s="143">
         <v>0.375</v>
       </c>
-      <c r="N159" s="444" t="s">
-        <v>247</v>
+      <c r="N159" s="439" t="s">
+        <v>248</v>
       </c>
       <c r="O159" s="41"/>
       <c r="P159" s="12"/>
       <c r="Q159" s="12"/>
       <c r="R159" s="12"/>
       <c r="S159" s="12"/>
       <c r="T159" s="12"/>
       <c r="U159" s="12"/>
       <c r="V159" s="12"/>
       <c r="W159" s="12"/>
       <c r="X159" s="12"/>
       <c r="Y159" s="12"/>
       <c r="Z159" s="12"/>
       <c r="AA159" s="12"/>
     </row>
     <row r="160" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="978"/>
-[...4 lines deleted...]
-      <c r="F160" s="199">
+      <c r="A160" s="1028"/>
+      <c r="B160" s="1030"/>
+      <c r="C160" s="995"/>
+      <c r="D160" s="384"/>
+      <c r="E160" s="446"/>
+      <c r="F160" s="197">
         <v>46043</v>
       </c>
-      <c r="G160" s="452" t="s">
-        <v>65</v>
+      <c r="G160" s="447" t="s">
+        <v>67</v>
       </c>
       <c r="H160" s="142">
         <v>0.625</v>
       </c>
       <c r="I160" s="142">
         <v>0.75</v>
       </c>
       <c r="J160" s="136" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>249</v>
+      </c>
+      <c r="K160" s="444" t="s">
+        <v>250</v>
       </c>
       <c r="L160" s="142">
         <f t="shared" ref="L160" si="33">IF(H160="–",,I160-H160)</f>
         <v>0.125</v>
       </c>
       <c r="M160" s="143">
         <v>0.5</v>
       </c>
-      <c r="N160" s="450" t="s">
-        <v>249</v>
+      <c r="N160" s="445" t="s">
+        <v>251</v>
       </c>
       <c r="O160" s="41"/>
       <c r="P160" s="12"/>
       <c r="Q160" s="12"/>
       <c r="R160" s="12"/>
       <c r="S160" s="12"/>
       <c r="T160" s="12"/>
       <c r="U160" s="12"/>
       <c r="V160" s="12"/>
       <c r="W160" s="12"/>
       <c r="X160" s="12"/>
       <c r="Y160" s="12"/>
       <c r="Z160" s="12"/>
       <c r="AA160" s="12"/>
     </row>
     <row r="161" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="978"/>
-[...1 lines deleted...]
-      <c r="C161" s="981">
+      <c r="A161" s="1028"/>
+      <c r="B161" s="1030"/>
+      <c r="C161" s="1031">
         <v>18</v>
       </c>
-      <c r="D161" s="389"/>
-[...1 lines deleted...]
-      <c r="F161" s="739">
+      <c r="D161" s="384"/>
+      <c r="E161" s="166"/>
+      <c r="F161" s="722">
         <v>46044</v>
       </c>
-      <c r="G161" s="377" t="s">
-[...2 lines deleted...]
-      <c r="H161" s="289">
+      <c r="G161" s="372" t="s">
+        <v>70</v>
+      </c>
+      <c r="H161" s="286">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I161" s="289">
+      <c r="I161" s="286">
         <v>0.85416666666666663</v>
       </c>
-      <c r="J161" s="740" t="s">
+      <c r="J161" s="723" t="s">
         <v>141</v>
       </c>
-      <c r="K161" s="741" t="s">
-[...2 lines deleted...]
-      <c r="L161" s="554">
+      <c r="K161" s="724" t="s">
+        <v>252</v>
+      </c>
+      <c r="L161" s="548">
         <f t="shared" ref="L161" si="34">IF(H161="–",,I161-H161)</f>
         <v>0.1875</v>
       </c>
       <c r="M161" s="138">
         <v>0.6875</v>
       </c>
-      <c r="N161" s="742" t="s">
-        <v>251</v>
+      <c r="N161" s="725" t="s">
+        <v>253</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="12"/>
       <c r="Q161" s="12"/>
       <c r="R161" s="12"/>
       <c r="S161" s="12"/>
       <c r="T161" s="12"/>
       <c r="U161" s="12"/>
       <c r="V161" s="12"/>
       <c r="W161" s="12"/>
       <c r="X161" s="12"/>
       <c r="Y161" s="12"/>
       <c r="Z161" s="12"/>
       <c r="AA161" s="12"/>
     </row>
     <row r="162" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A162" s="978"/>
-[...4 lines deleted...]
-      <c r="F162" s="949">
+      <c r="A162" s="1028"/>
+      <c r="B162" s="1030"/>
+      <c r="C162" s="995"/>
+      <c r="D162" s="494"/>
+      <c r="E162" s="721"/>
+      <c r="F162" s="908">
         <v>46045</v>
       </c>
-      <c r="G162" s="166" t="s">
-[...4 lines deleted...]
-      <c r="J162" s="166" t="s">
+      <c r="G162" s="164" t="s">
         <v>52</v>
       </c>
-      <c r="K162" s="166" t="s">
-[...4 lines deleted...]
-      <c r="N162" s="556"/>
+      <c r="H162" s="165"/>
+      <c r="I162" s="165"/>
+      <c r="J162" s="164" t="s">
+        <v>73</v>
+      </c>
+      <c r="K162" s="164" t="s">
+        <v>254</v>
+      </c>
+      <c r="L162" s="550"/>
+      <c r="M162" s="550"/>
+      <c r="N162" s="550"/>
       <c r="O162" s="26"/>
       <c r="P162" s="12"/>
       <c r="Q162" s="12"/>
       <c r="R162" s="12"/>
       <c r="S162" s="12"/>
       <c r="T162" s="12"/>
       <c r="U162" s="12"/>
       <c r="V162" s="12"/>
       <c r="W162" s="12"/>
       <c r="X162" s="12"/>
       <c r="Y162" s="12"/>
       <c r="Z162" s="12"/>
       <c r="AA162" s="12"/>
     </row>
     <row r="163" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="978"/>
-[...4 lines deleted...]
-      <c r="F163" s="456">
+      <c r="A163" s="1028"/>
+      <c r="B163" s="1030"/>
+      <c r="C163" s="995"/>
+      <c r="D163" s="709"/>
+      <c r="E163" s="242"/>
+      <c r="F163" s="451">
         <v>46046</v>
       </c>
-      <c r="G163" s="457" t="str">
+      <c r="G163" s="452" t="str">
         <f t="shared" ref="G163:G164" si="35">IF(WEEKDAY(F163)=2,"L",IF(WEEKDAY(F163)=3,"M",IF(WEEKDAY(F163)=4,"X",IF(WEEKDAY(F163)=5,"J",IF(WEEKDAY(F163)=6,"V",IF(WEEKDAY(F163)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
-      <c r="H163" s="735" t="s">
-[...6 lines deleted...]
-      <c r="K163" s="747"/>
+      <c r="H163" s="718" t="s">
+        <v>28</v>
+      </c>
+      <c r="I163" s="319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J163" s="733"/>
+      <c r="K163" s="730"/>
       <c r="L163" s="142"/>
       <c r="M163" s="143"/>
       <c r="N163" s="136"/>
       <c r="O163" s="37"/>
       <c r="W163" s="12"/>
       <c r="X163" s="12"/>
       <c r="Y163" s="12"/>
       <c r="Z163" s="12"/>
       <c r="AA163" s="12"/>
     </row>
     <row r="164" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="978"/>
-[...4 lines deleted...]
-      <c r="F164" s="305">
+      <c r="A164" s="1028"/>
+      <c r="B164" s="1030"/>
+      <c r="C164" s="995"/>
+      <c r="D164" s="709"/>
+      <c r="E164" s="242"/>
+      <c r="F164" s="301">
         <f t="shared" si="28"/>
         <v>46047</v>
       </c>
-      <c r="G164" s="427" t="str">
+      <c r="G164" s="422" t="str">
         <f t="shared" si="35"/>
         <v>D</v>
       </c>
-      <c r="H164" s="735" t="s">
-[...6 lines deleted...]
-      <c r="K164" s="747"/>
+      <c r="H164" s="718" t="s">
+        <v>28</v>
+      </c>
+      <c r="I164" s="319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J164" s="733"/>
+      <c r="K164" s="730"/>
       <c r="L164" s="142"/>
       <c r="M164" s="143"/>
       <c r="N164" s="136"/>
       <c r="O164" s="37"/>
       <c r="W164" s="12"/>
       <c r="X164" s="12"/>
       <c r="Y164" s="12"/>
       <c r="Z164" s="12"/>
       <c r="AA164" s="12"/>
     </row>
     <row r="165" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="978"/>
-[...4 lines deleted...]
-      <c r="F165" s="743">
+      <c r="A165" s="1028"/>
+      <c r="B165" s="1030"/>
+      <c r="C165" s="995"/>
+      <c r="D165" s="709"/>
+      <c r="E165" s="242"/>
+      <c r="F165" s="726">
         <v>46048</v>
       </c>
-      <c r="G165" s="743" t="s">
-[...2 lines deleted...]
-      <c r="H165" s="303">
+      <c r="G165" s="726" t="s">
+        <v>35</v>
+      </c>
+      <c r="H165" s="299">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I165" s="303" t="s">
-[...2 lines deleted...]
-      <c r="J165" s="744" t="s">
+      <c r="I165" s="299" t="s">
+        <v>103</v>
+      </c>
+      <c r="J165" s="727" t="s">
         <v>141</v>
       </c>
-      <c r="K165" s="745" t="s">
-[...2 lines deleted...]
-      <c r="L165" s="518">
+      <c r="K165" s="728" t="s">
+        <v>255</v>
+      </c>
+      <c r="L165" s="513">
         <f>IF(H165="–",,I165-H165)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M165" s="520">
+      <c r="M165" s="515">
         <v>0.85416666666666663</v>
       </c>
-      <c r="N165" s="746" t="s">
-        <v>253</v>
+      <c r="N165" s="729" t="s">
+        <v>256</v>
       </c>
       <c r="O165" s="37"/>
       <c r="W165" s="12"/>
       <c r="X165" s="12"/>
       <c r="Y165" s="12"/>
       <c r="Z165" s="12"/>
       <c r="AA165" s="12"/>
     </row>
     <row r="166" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="978"/>
-[...4 lines deleted...]
-      <c r="F166" s="489">
+      <c r="A166" s="1028"/>
+      <c r="B166" s="1030"/>
+      <c r="C166" s="995"/>
+      <c r="D166" s="708"/>
+      <c r="E166" s="419"/>
+      <c r="F166" s="484">
         <f>F165+1</f>
         <v>46049</v>
       </c>
-      <c r="G166" s="490" t="s">
-[...2 lines deleted...]
-      <c r="H166" s="414">
+      <c r="G166" s="485" t="s">
+        <v>61</v>
+      </c>
+      <c r="H166" s="409">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I166" s="414" t="s">
-[...2 lines deleted...]
-      <c r="J166" s="415" t="s">
+      <c r="I166" s="409" t="s">
+        <v>103</v>
+      </c>
+      <c r="J166" s="410" t="s">
         <v>141</v>
       </c>
-      <c r="K166" s="491" t="s">
-[...2 lines deleted...]
-      <c r="L166" s="492">
+      <c r="K166" s="486" t="s">
+        <v>257</v>
+      </c>
+      <c r="L166" s="487">
         <f>IF(H166="–",,I166-H166)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M166" s="493">
+      <c r="M166" s="488">
         <f>L166</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="N166" s="494" t="s">
-        <v>255</v>
+      <c r="N166" s="489" t="s">
+        <v>258</v>
       </c>
       <c r="O166" s="37"/>
       <c r="W166" s="12"/>
       <c r="X166" s="12"/>
       <c r="Y166" s="12"/>
       <c r="Z166" s="12"/>
       <c r="AA166" s="12"/>
     </row>
     <row r="167" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="978"/>
-[...4 lines deleted...]
-      <c r="F167" s="421">
+      <c r="A167" s="1028"/>
+      <c r="B167" s="1030"/>
+      <c r="C167" s="995"/>
+      <c r="D167" s="708"/>
+      <c r="E167" s="419"/>
+      <c r="F167" s="416">
         <f>F166+1</f>
         <v>46050</v>
       </c>
-      <c r="G167" s="422" t="s">
-[...2 lines deleted...]
-      <c r="H167" s="417">
+      <c r="G167" s="417" t="s">
+        <v>67</v>
+      </c>
+      <c r="H167" s="412">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I167" s="428">
+      <c r="I167" s="423">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J167" s="418" t="s">
+      <c r="J167" s="413" t="s">
         <v>141</v>
       </c>
-      <c r="K167" s="453" t="s">
-[...2 lines deleted...]
-      <c r="L167" s="454">
+      <c r="K167" s="448" t="s">
+        <v>259</v>
+      </c>
+      <c r="L167" s="449">
         <f t="shared" ref="L167" si="36">IF(H167="–",,I167-H167)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M167" s="455">
+      <c r="M167" s="450">
         <v>0.33333333333333331</v>
       </c>
-      <c r="N167" s="418" t="s">
-        <v>257</v>
+      <c r="N167" s="413" t="s">
+        <v>260</v>
       </c>
       <c r="O167" s="37"/>
       <c r="W167" s="12"/>
       <c r="X167" s="12"/>
       <c r="Y167" s="12"/>
       <c r="Z167" s="12"/>
       <c r="AA167" s="12"/>
     </row>
     <row r="168" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="978"/>
-[...4 lines deleted...]
-      <c r="F168" s="461">
+      <c r="A168" s="1028"/>
+      <c r="B168" s="1030"/>
+      <c r="C168" s="995"/>
+      <c r="D168" s="708"/>
+      <c r="E168" s="419"/>
+      <c r="F168" s="456">
         <v>46051</v>
       </c>
-      <c r="G168" s="426" t="s">
-[...2 lines deleted...]
-      <c r="H168" s="417">
+      <c r="G168" s="421" t="s">
+        <v>70</v>
+      </c>
+      <c r="H168" s="412">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I168" s="417">
+      <c r="I168" s="412">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J168" s="418" t="s">
+      <c r="J168" s="413" t="s">
         <v>141</v>
       </c>
-      <c r="K168" s="425" t="s">
-[...2 lines deleted...]
-      <c r="L168" s="454">
+      <c r="K168" s="420" t="s">
+        <v>261</v>
+      </c>
+      <c r="L168" s="449">
         <f t="shared" ref="L168" si="37">IF(H168="–",,I168-H168)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M168" s="455">
+      <c r="M168" s="450">
         <v>0.5</v>
       </c>
-      <c r="N168" s="418" t="s">
-        <v>259</v>
+      <c r="N168" s="413" t="s">
+        <v>262</v>
       </c>
       <c r="O168" s="37"/>
       <c r="W168" s="12"/>
       <c r="X168" s="12"/>
       <c r="Y168" s="12"/>
       <c r="Z168" s="12"/>
       <c r="AA168" s="12"/>
     </row>
     <row r="169" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="978"/>
-[...4 lines deleted...]
-      <c r="F169" s="421">
+      <c r="A169" s="1028"/>
+      <c r="B169" s="1030"/>
+      <c r="C169" s="995"/>
+      <c r="D169" s="708"/>
+      <c r="E169" s="419"/>
+      <c r="F169" s="416">
         <v>46052</v>
       </c>
-      <c r="G169" s="422" t="s">
-[...4 lines deleted...]
-      <c r="J169" s="418" t="s">
+      <c r="G169" s="417" t="s">
         <v>52</v>
       </c>
-      <c r="K169" s="426" t="s">
-[...4 lines deleted...]
-      <c r="N169" s="418"/>
+      <c r="H169" s="706"/>
+      <c r="I169" s="707"/>
+      <c r="J169" s="413" t="s">
+        <v>73</v>
+      </c>
+      <c r="K169" s="421" t="s">
+        <v>254</v>
+      </c>
+      <c r="L169" s="449"/>
+      <c r="M169" s="450"/>
+      <c r="N169" s="413"/>
       <c r="O169" s="37"/>
       <c r="W169" s="12"/>
       <c r="X169" s="12"/>
       <c r="Y169" s="12"/>
       <c r="Z169" s="12"/>
       <c r="AA169" s="12"/>
     </row>
     <row r="170" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="978"/>
-[...4 lines deleted...]
-      <c r="F170" s="456">
+      <c r="A170" s="1028"/>
+      <c r="B170" s="1030"/>
+      <c r="C170" s="995"/>
+      <c r="D170" s="708"/>
+      <c r="E170" s="419"/>
+      <c r="F170" s="451">
         <v>46053</v>
       </c>
-      <c r="G170" s="457" t="str">
+      <c r="G170" s="452" t="str">
         <f t="shared" si="27"/>
         <v>S</v>
       </c>
-      <c r="H170" s="458" t="s">
-[...9 lines deleted...]
-      <c r="N170" s="418"/>
+      <c r="H170" s="453" t="s">
+        <v>28</v>
+      </c>
+      <c r="I170" s="454" t="s">
+        <v>28</v>
+      </c>
+      <c r="J170" s="733"/>
+      <c r="K170" s="420"/>
+      <c r="L170" s="449"/>
+      <c r="M170" s="450"/>
+      <c r="N170" s="413"/>
       <c r="O170" s="37"/>
       <c r="W170" s="12"/>
       <c r="X170" s="12"/>
       <c r="Y170" s="12"/>
       <c r="Z170" s="12"/>
       <c r="AA170" s="12"/>
     </row>
     <row r="171" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="978"/>
-[...8 lines deleted...]
-      <c r="F171" s="305">
+      <c r="A171" s="1028"/>
+      <c r="B171" s="1030"/>
+      <c r="C171" s="995"/>
+      <c r="D171" s="708" t="s">
+        <v>263</v>
+      </c>
+      <c r="E171" s="455" t="s">
+        <v>264</v>
+      </c>
+      <c r="F171" s="301">
         <f t="shared" si="28"/>
         <v>46054</v>
       </c>
-      <c r="G171" s="427" t="str">
+      <c r="G171" s="422" t="str">
         <f t="shared" si="27"/>
         <v>D</v>
       </c>
-      <c r="H171" s="458" t="s">
-[...9 lines deleted...]
-      <c r="N171" s="429"/>
+      <c r="H171" s="453" t="s">
+        <v>28</v>
+      </c>
+      <c r="I171" s="454" t="s">
+        <v>28</v>
+      </c>
+      <c r="J171" s="570"/>
+      <c r="K171" s="425"/>
+      <c r="L171" s="449"/>
+      <c r="M171" s="450"/>
+      <c r="N171" s="424"/>
       <c r="O171" s="94"/>
       <c r="W171" s="12"/>
       <c r="X171" s="12"/>
       <c r="Y171" s="12"/>
       <c r="Z171" s="12"/>
       <c r="AA171" s="12"/>
     </row>
     <row r="172" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="978"/>
-[...6 lines deleted...]
-      <c r="F172" s="416">
+      <c r="A172" s="1028"/>
+      <c r="B172" s="1030"/>
+      <c r="C172" s="995"/>
+      <c r="D172" s="708" t="s">
+        <v>265</v>
+      </c>
+      <c r="E172" s="419"/>
+      <c r="F172" s="411">
         <v>46055</v>
       </c>
-      <c r="G172" s="420" t="s">
-[...2 lines deleted...]
-      <c r="H172" s="417">
+      <c r="G172" s="415" t="s">
+        <v>35</v>
+      </c>
+      <c r="H172" s="412">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I172" s="417">
+      <c r="I172" s="412">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J172" s="418" t="s">
+      <c r="J172" s="413" t="s">
         <v>141</v>
       </c>
-      <c r="K172" s="453" t="s">
-[...2 lines deleted...]
-      <c r="L172" s="454">
+      <c r="K172" s="448" t="s">
+        <v>266</v>
+      </c>
+      <c r="L172" s="449">
         <f>IF(H172="–",,I172-H172)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M172" s="455">
+      <c r="M172" s="450">
         <v>0.66666666666666663</v>
       </c>
-      <c r="N172" s="426" t="s">
-        <v>264</v>
+      <c r="N172" s="421" t="s">
+        <v>267</v>
       </c>
       <c r="O172" s="94"/>
       <c r="W172" s="12"/>
       <c r="X172" s="12"/>
       <c r="Y172" s="12"/>
       <c r="Z172" s="12"/>
       <c r="AA172" s="12"/>
     </row>
     <row r="173" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="978"/>
-[...1 lines deleted...]
-      <c r="C173" s="961">
+      <c r="A173" s="1028"/>
+      <c r="B173" s="1030"/>
+      <c r="C173" s="997">
         <v>19</v>
       </c>
-      <c r="D173" s="806"/>
-[...1 lines deleted...]
-      <c r="F173" s="416">
+      <c r="D173" s="782"/>
+      <c r="E173" s="910"/>
+      <c r="F173" s="411">
         <v>46056</v>
       </c>
-      <c r="G173" s="416" t="s">
-[...2 lines deleted...]
-      <c r="H173" s="417">
+      <c r="G173" s="411" t="s">
+        <v>61</v>
+      </c>
+      <c r="H173" s="412">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I173" s="417">
+      <c r="I173" s="412">
         <v>0.83333333333333337</v>
       </c>
-      <c r="J173" s="418" t="s">
+      <c r="J173" s="413" t="s">
         <v>141</v>
       </c>
-      <c r="K173" s="453" t="s">
-[...2 lines deleted...]
-      <c r="L173" s="454">
+      <c r="K173" s="448" t="s">
+        <v>268</v>
+      </c>
+      <c r="L173" s="449">
         <f>IF(H173="–",,I173-H173)</f>
         <v>0.16666666666666674</v>
       </c>
-      <c r="M173" s="455">
+      <c r="M173" s="450">
         <v>0.83333333333333337</v>
       </c>
-      <c r="N173" s="418" t="s">
-        <v>266</v>
+      <c r="N173" s="413" t="s">
+        <v>269</v>
       </c>
       <c r="O173" s="37"/>
       <c r="W173" s="12"/>
       <c r="X173" s="12"/>
       <c r="Y173" s="12"/>
       <c r="Z173" s="12"/>
       <c r="AA173" s="12"/>
     </row>
     <row r="174" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="978"/>
-[...4 lines deleted...]
-      <c r="F174" s="472">
+      <c r="A174" s="1028"/>
+      <c r="B174" s="1030"/>
+      <c r="C174" s="995"/>
+      <c r="D174" s="909"/>
+      <c r="E174" s="909"/>
+      <c r="F174" s="467">
         <f>F173+1</f>
         <v>46057</v>
       </c>
-      <c r="G174" s="473" t="s">
-[...2 lines deleted...]
-      <c r="H174" s="431">
+      <c r="G174" s="468" t="s">
+        <v>67</v>
+      </c>
+      <c r="H174" s="426">
         <v>0.66666666666666663</v>
       </c>
-      <c r="I174" s="431">
+      <c r="I174" s="426">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J174" s="432" t="s">
+      <c r="J174" s="427" t="s">
         <v>141</v>
       </c>
-      <c r="K174" s="474" t="s">
-[...2 lines deleted...]
-      <c r="L174" s="475">
+      <c r="K174" s="469" t="s">
+        <v>270</v>
+      </c>
+      <c r="L174" s="470">
         <f>IF(H174="–",,I174-H174)</f>
         <v>0.125</v>
       </c>
-      <c r="M174" s="476">
+      <c r="M174" s="471">
         <v>0.95833333333333337</v>
       </c>
-      <c r="N174" s="432" t="s">
-        <v>268</v>
+      <c r="N174" s="427" t="s">
+        <v>271</v>
       </c>
       <c r="O174" s="95"/>
       <c r="W174" s="12"/>
       <c r="X174" s="12"/>
       <c r="Y174" s="12"/>
       <c r="Z174" s="12"/>
       <c r="AA174" s="12"/>
     </row>
     <row r="175" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="978"/>
-[...6 lines deleted...]
-      <c r="F175" s="290">
+      <c r="A175" s="1028"/>
+      <c r="B175" s="1030"/>
+      <c r="C175" s="995"/>
+      <c r="D175" s="161" t="s">
+        <v>272</v>
+      </c>
+      <c r="E175" s="161"/>
+      <c r="F175" s="287">
         <v>46058</v>
       </c>
-      <c r="G175" s="471" t="s">
-[...2 lines deleted...]
-      <c r="H175" s="462">
+      <c r="G175" s="466" t="s">
+        <v>70</v>
+      </c>
+      <c r="H175" s="457">
         <v>0.625</v>
       </c>
-      <c r="I175" s="462">
+      <c r="I175" s="457">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J175" s="463" t="s">
+      <c r="J175" s="458" t="s">
         <v>141</v>
       </c>
-      <c r="K175" s="464" t="s">
-[...2 lines deleted...]
-      <c r="L175" s="465">
+      <c r="K175" s="459" t="s">
+        <v>273</v>
+      </c>
+      <c r="L175" s="460">
         <f>IF(H175="–",,I175-H175)</f>
         <v>0.16666666666666663</v>
       </c>
-      <c r="M175" s="466">
+      <c r="M175" s="461">
         <f>L175</f>
         <v>0.16666666666666663</v>
       </c>
-      <c r="N175" s="467" t="s">
-        <v>271</v>
+      <c r="N175" s="462" t="s">
+        <v>274</v>
       </c>
       <c r="O175" s="37"/>
       <c r="W175" s="12"/>
       <c r="X175" s="12"/>
       <c r="Y175" s="12"/>
       <c r="Z175" s="12"/>
       <c r="AA175" s="12"/>
     </row>
     <row r="176" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="978"/>
-[...4 lines deleted...]
-      <c r="F176" s="730">
+      <c r="A176" s="1028"/>
+      <c r="B176" s="1030"/>
+      <c r="C176" s="995"/>
+      <c r="D176" s="161"/>
+      <c r="E176" s="373"/>
+      <c r="F176" s="713">
         <v>46059</v>
       </c>
-      <c r="G176" s="731" t="s">
-[...2 lines deleted...]
-      <c r="H176" s="732">
+      <c r="G176" s="714" t="s">
+        <v>52</v>
+      </c>
+      <c r="H176" s="715">
         <v>0.625</v>
       </c>
-      <c r="I176" s="733">
+      <c r="I176" s="716">
         <v>0.79166666666666663</v>
       </c>
-      <c r="J176" s="734" t="s">
+      <c r="J176" s="717" t="s">
         <v>141</v>
       </c>
-      <c r="K176" s="407" t="s">
-[...2 lines deleted...]
-      <c r="L176" s="468">
+      <c r="K176" s="402" t="s">
+        <v>273</v>
+      </c>
+      <c r="L176" s="463">
         <f>IF(H176="–",,I176-H176)</f>
         <v>0.16666666666666663</v>
       </c>
-      <c r="M176" s="469">
+      <c r="M176" s="464">
         <v>0.33333333333333331</v>
       </c>
-      <c r="N176" s="470" t="s">
-        <v>272</v>
+      <c r="N176" s="465" t="s">
+        <v>275</v>
       </c>
       <c r="O176" s="37"/>
       <c r="W176" s="12"/>
       <c r="X176" s="12"/>
       <c r="Y176" s="12"/>
       <c r="Z176" s="12"/>
       <c r="AA176" s="12"/>
     </row>
     <row r="177" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="978"/>
-[...2 lines deleted...]
-      <c r="D177" s="163" t="s">
+      <c r="A177" s="1028"/>
+      <c r="B177" s="1030"/>
+      <c r="C177" s="995"/>
+      <c r="D177" s="161" t="s">
         <v>206</v>
       </c>
-      <c r="E177" s="728" t="s">
-[...2 lines deleted...]
-      <c r="F177" s="456">
+      <c r="E177" s="711" t="s">
+        <v>276</v>
+      </c>
+      <c r="F177" s="451">
         <v>46060</v>
       </c>
-      <c r="G177" s="457" t="s">
-[...12 lines deleted...]
-      <c r="N177" s="556"/>
+      <c r="G177" s="452" t="s">
+        <v>54</v>
+      </c>
+      <c r="H177" s="718" t="s">
+        <v>28</v>
+      </c>
+      <c r="I177" s="319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J177" s="550"/>
+      <c r="K177" s="550"/>
+      <c r="L177" s="550"/>
+      <c r="M177" s="550"/>
+      <c r="N177" s="550"/>
       <c r="O177" s="26"/>
       <c r="P177" s="90"/>
       <c r="Q177" s="12"/>
       <c r="R177" s="12"/>
       <c r="S177" s="12"/>
       <c r="T177" s="12"/>
       <c r="U177" s="12"/>
       <c r="V177" s="12"/>
       <c r="W177" s="12"/>
       <c r="X177" s="12"/>
       <c r="Y177" s="12"/>
       <c r="Z177" s="12"/>
       <c r="AA177" s="12"/>
     </row>
     <row r="178" spans="1:27" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A178" s="978"/>
-[...4 lines deleted...]
-      <c r="F178" s="736">
+      <c r="A178" s="1028"/>
+      <c r="B178" s="1030"/>
+      <c r="C178" s="995"/>
+      <c r="D178" s="248"/>
+      <c r="E178" s="712"/>
+      <c r="F178" s="719">
         <v>46061</v>
       </c>
-      <c r="G178" s="737" t="s">
-[...12 lines deleted...]
-      <c r="N178" s="556"/>
+      <c r="G178" s="720" t="s">
+        <v>55</v>
+      </c>
+      <c r="H178" s="718" t="s">
+        <v>28</v>
+      </c>
+      <c r="I178" s="319" t="s">
+        <v>28</v>
+      </c>
+      <c r="J178" s="550"/>
+      <c r="K178" s="550"/>
+      <c r="L178" s="550"/>
+      <c r="M178" s="550"/>
+      <c r="N178" s="550"/>
       <c r="O178" s="26"/>
       <c r="P178" s="90"/>
       <c r="Q178" s="12"/>
       <c r="R178" s="12"/>
       <c r="S178" s="12"/>
       <c r="T178" s="12"/>
       <c r="U178" s="12"/>
       <c r="V178" s="12"/>
       <c r="W178" s="12"/>
       <c r="X178" s="12"/>
       <c r="Y178" s="12"/>
       <c r="Z178" s="12"/>
       <c r="AA178" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="31">
-[...8 lines deleted...]
-    <mergeCell ref="C89:C93"/>
+  <mergeCells count="33">
     <mergeCell ref="A146:A178"/>
     <mergeCell ref="B146:B178"/>
     <mergeCell ref="C146:C152"/>
     <mergeCell ref="C153:C160"/>
     <mergeCell ref="C161:C172"/>
     <mergeCell ref="C173:C178"/>
-    <mergeCell ref="A110:A141"/>
-[...2 lines deleted...]
-    <mergeCell ref="C125:C134"/>
     <mergeCell ref="C2:C7"/>
     <mergeCell ref="A3:A47"/>
     <mergeCell ref="C8:C16"/>
     <mergeCell ref="C17:C26"/>
     <mergeCell ref="C28:C33"/>
     <mergeCell ref="C34:C40"/>
     <mergeCell ref="B47:B109"/>
     <mergeCell ref="C41:C45"/>
     <mergeCell ref="C46:C52"/>
     <mergeCell ref="A48:A109"/>
     <mergeCell ref="C53:C58"/>
     <mergeCell ref="C59:C65"/>
+    <mergeCell ref="C94:C100"/>
+    <mergeCell ref="C101:C109"/>
+    <mergeCell ref="B3:B46"/>
+    <mergeCell ref="C66:C72"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="A110:A141"/>
+    <mergeCell ref="C110:C116"/>
+    <mergeCell ref="C117:C124"/>
+    <mergeCell ref="C125:C134"/>
+    <mergeCell ref="B110:B142"/>
+    <mergeCell ref="C135:C142"/>
+    <mergeCell ref="C73:C79"/>
+    <mergeCell ref="C80:C88"/>
+    <mergeCell ref="C89:C93"/>
   </mergeCells>
-  <conditionalFormatting sqref="F1:F4 F177:F178 F7:F9 F146:F150 F163:F175 F11:F27 F43:F44 F50:F51 F110:F128 F153:F161 F136:F142 F29 F31:F33 F87:F88">
-    <cfRule type="cellIs" dxfId="79" priority="73" operator="lessThan">
+  <conditionalFormatting sqref="F1 F177:F178 F8:F9 F146:F150 F163:F175 F15:F16 F20:F27 F43:F44 F50:F51 F110:F128 F153:F161 F136:F142 F29 F31:F33 F87:F88">
+    <cfRule type="cellIs" dxfId="77" priority="73" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F1:F4 F177:F178">
-    <cfRule type="expression" dxfId="78" priority="70">
+  <conditionalFormatting sqref="F1 F177:F178">
+    <cfRule type="expression" dxfId="76" priority="70">
       <formula>H1="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F5">
-    <cfRule type="cellIs" dxfId="77" priority="66" operator="lessThan">
-[...7 lines deleted...]
-    <cfRule type="cellIs" dxfId="75" priority="213" operator="lessThan">
+    <cfRule type="cellIs" dxfId="75" priority="66" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16 F148">
     <cfRule type="expression" dxfId="74" priority="159">
       <formula>H14="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F20:F21 F53:F56">
     <cfRule type="cellIs" dxfId="73" priority="81" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
     <cfRule type="expression" dxfId="72" priority="80">
       <formula>H19="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F27">
     <cfRule type="expression" dxfId="71" priority="183">
       <formula>H24="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F29">
     <cfRule type="expression" dxfId="70" priority="151">
       <formula>H56="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F29:F30">
     <cfRule type="cellIs" dxfId="69" priority="86" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F34:F37 F42 F89">
     <cfRule type="cellIs" dxfId="68" priority="93" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F35:F37 F42 F89">
     <cfRule type="expression" dxfId="67" priority="92">
       <formula>H31="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F40:F41">
     <cfRule type="cellIs" dxfId="66" priority="190" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
     <cfRule type="expression" dxfId="65" priority="189">
       <formula>H34="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F46:F47">
-    <cfRule type="cellIs" dxfId="64" priority="195" operator="lessThan">
+    <cfRule type="expression" dxfId="64" priority="194">
+      <formula>H40="–"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="63" priority="195" operator="lessThan">
       <formula>TODAY()</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>H40="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F48:F49 F71 F90:F93">
     <cfRule type="expression" dxfId="62" priority="95">
       <formula>H45="–"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="61" priority="96" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F52">
     <cfRule type="cellIs" dxfId="60" priority="201" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
     <cfRule type="expression" dxfId="59" priority="200">
       <formula>H48="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F57:F68">
     <cfRule type="cellIs" dxfId="58" priority="45" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F69:F70">
-    <cfRule type="expression" dxfId="57" priority="37">
+    <cfRule type="cellIs" dxfId="57" priority="38" operator="lessThan">
+      <formula>TODAY()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="56" priority="37">
       <formula>H69="–"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F72">
-    <cfRule type="expression" dxfId="55" priority="47">
+    <cfRule type="cellIs" dxfId="55" priority="50" operator="lessThan">
+      <formula>TODAY()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="54" priority="47">
       <formula>H72="–"</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F73">
     <cfRule type="cellIs" dxfId="53" priority="128" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F74:F76">
     <cfRule type="expression" dxfId="52" priority="118">
       <formula>H73="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F74:F84">
     <cfRule type="cellIs" dxfId="51" priority="30" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F78:F79 F82:F83 F11:F13 F15 F17:F23 F26 F43:F44 F50:F51 F57:F67 F110:F125 F127:F128 F147 F153:F161 F163 F165:F167 F169:F170 F172:F174">
+  <conditionalFormatting sqref="F78:F79 F82:F83 F15 F20:F23 F26 F43:F44 F50:F51 F57:F67 F110:F125 F127:F128 F147 F153:F161 F163 F165:F167 F169:F170 F172:F174">
     <cfRule type="expression" dxfId="50" priority="42">
-      <formula>H11="–"</formula>
+      <formula>H15="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F85:F86">
     <cfRule type="expression" dxfId="49" priority="114">
       <formula>H69="–"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="48" priority="115" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F87">
     <cfRule type="expression" dxfId="47" priority="206">
       <formula>H84="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F94">
     <cfRule type="expression" dxfId="46" priority="133">
       <formula>#REF!="–"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="45" priority="134" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F95:F109">
     <cfRule type="expression" dxfId="44" priority="89">
@@ -16609,61 +16848,61 @@
   <conditionalFormatting sqref="F131:F135">
     <cfRule type="cellIs" dxfId="41" priority="4" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F132:F137">
     <cfRule type="expression" dxfId="40" priority="3">
       <formula>H132="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F138:F139">
     <cfRule type="expression" dxfId="39" priority="23">
       <formula>H139="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F141:F142">
     <cfRule type="expression" dxfId="38" priority="19">
       <formula>H141="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F175">
     <cfRule type="expression" dxfId="37" priority="136">
       <formula>H176="–"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F5:G5 F7:G9 F149:G150 F168:G168 F171:G171">
+  <conditionalFormatting sqref="F5:G5 G7 F8:G9 F149:G150 F168:G168 F171:G171">
     <cfRule type="expression" dxfId="36" priority="65">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:G9">
     <cfRule type="expression" dxfId="35" priority="209">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F14:G14 F24:G25">
+  <conditionalFormatting sqref="F24:G25 G14">
     <cfRule type="expression" dxfId="34" priority="164">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F29:G34">
     <cfRule type="expression" dxfId="33" priority="85">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F68:G68 F80:G81">
     <cfRule type="expression" dxfId="32" priority="106">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F73:G73 G92">
     <cfRule type="expression" dxfId="31" priority="108">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F84:G84">
     <cfRule type="expression" dxfId="30" priority="208">
       <formula>#REF!="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F88:G88 F140 F77:G77 F131:G133">
@@ -16739,322 +16978,322 @@
   <conditionalFormatting sqref="G69:G70">
     <cfRule type="expression" dxfId="15" priority="36">
       <formula>H69="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G72">
     <cfRule type="expression" dxfId="14" priority="46">
       <formula>H72="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G85:G86">
     <cfRule type="expression" dxfId="13" priority="116">
       <formula>H69="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G126:G128">
     <cfRule type="expression" dxfId="12" priority="25">
       <formula>H129="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G132:G137">
     <cfRule type="expression" dxfId="11" priority="2">
       <formula>H132="–"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H1:H5 H7:H9 H11:H27 F25 H29:H48 H50:H76 H78:H85 H87:H90 H92:H125 H127:H142 H146:H151 H153:H161 H163:H178">
+  <conditionalFormatting sqref="H1:H5 H7:H9 H11:H27 F25 H29:H76 H78:H85 H87:H90 H92:H125 H127:H142 H146:H151 H153:H161 H163:H178">
     <cfRule type="cellIs" dxfId="10" priority="12" operator="equal">
       <formula>"–"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I1:I5 I7:I9 I11:I27 G25 I29:I48 I50:I76 I78:I85 I87:I90 I92:I125 I127:I142 I146:I151 I153:I161 I163:I178">
+  <conditionalFormatting sqref="I1:I5 I7:I9 I11:I27 G25 I29:I76 I78:I85 I87:I90 I92:I125 I127:I142 I146:I151 I153:I161 I163:I178">
     <cfRule type="cellIs" dxfId="9" priority="11" operator="equal">
       <formula>"–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K24">
     <cfRule type="expression" dxfId="8" priority="76" stopIfTrue="1">
       <formula>IF(#REF!="NO LECTIVO",1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N14">
     <cfRule type="expression" dxfId="7" priority="68" stopIfTrue="1">
       <formula>IF(P7="NO LECTIVO",1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N20:N21">
     <cfRule type="expression" dxfId="6" priority="74" stopIfTrue="1">
       <formula>IF(P22="NO LECTIVO",1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N13:O15">
     <cfRule type="expression" dxfId="5" priority="75" stopIfTrue="1">
       <formula>IF(P5="NO LECTIVO",1)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89E9DC35-5B09-4048-AE47-035CB4C5CCB0}">
   <dimension ref="D1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D1" sqref="D1:N11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="41" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" customWidth="1"/>
     <col min="6" max="6" width="19.42578125" customWidth="1"/>
     <col min="10" max="10" width="36.85546875" customWidth="1"/>
     <col min="11" max="11" width="56.140625" customWidth="1"/>
     <col min="14" max="14" width="47.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="4:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="32">
         <f>Full1!F63+1</f>
         <v>45983</v>
       </c>
       <c r="G1" s="33" t="str">
         <f t="shared" ref="G1:G11" si="0">IF(WEEKDAY(F1)=2,"L",IF(WEEKDAY(F1)=3,"M",IF(WEEKDAY(F1)=4,"X",IF(WEEKDAY(F1)=5,"J",IF(WEEKDAY(F1)=6,"V",IF(WEEKDAY(F1)=7,"S","D"))))))</f>
         <v>S</v>
       </c>
       <c r="H1" s="30" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I1" s="30" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J1" s="42"/>
       <c r="K1" s="43"/>
       <c r="L1" s="44"/>
       <c r="M1" s="45"/>
       <c r="N1" s="43"/>
     </row>
     <row r="2" spans="4:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
       <c r="F2" s="32">
         <f>F1+1</f>
         <v>45984</v>
       </c>
       <c r="G2" s="33" t="str">
         <f t="shared" si="0"/>
         <v>D</v>
       </c>
       <c r="H2" s="30" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I2" s="30" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J2" s="42"/>
       <c r="K2" s="43"/>
       <c r="L2" s="44"/>
       <c r="M2" s="45"/>
       <c r="N2" s="43"/>
     </row>
     <row r="3" spans="4:14" ht="51.75" x14ac:dyDescent="0.25">
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
       <c r="F3" s="27">
         <v>45621</v>
       </c>
       <c r="G3" s="22" t="str">
         <f t="shared" si="0"/>
         <v>L</v>
       </c>
       <c r="H3" s="24" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="24">
         <v>0.79166666666666663</v>
       </c>
       <c r="J3" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K3" s="47" t="s">
         <v>142</v>
       </c>
       <c r="L3" s="34">
         <f>IF(H3="–",,I3-H3)</f>
         <v>0.125</v>
       </c>
       <c r="M3" s="48">
         <v>0.125</v>
       </c>
       <c r="N3" s="49" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="4" spans="4:14" ht="39" x14ac:dyDescent="0.25">
       <c r="D4" s="31"/>
       <c r="E4" s="31"/>
       <c r="F4" s="27">
         <f t="shared" ref="F4:F11" si="1">F3+1</f>
         <v>45622</v>
       </c>
       <c r="G4" s="22" t="str">
         <f t="shared" si="0"/>
         <v>M</v>
       </c>
       <c r="H4" s="24" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="24">
         <v>0.77083333333333337</v>
       </c>
       <c r="J4" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K4" s="23" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="L4" s="24">
         <f>IF(H4="–",,I4-H4)</f>
         <v>0.10416666666666674</v>
       </c>
       <c r="M4" s="50">
         <f>L4+M3</f>
         <v>0.22916666666666674</v>
       </c>
       <c r="N4" s="51" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="4:14" ht="30.75" x14ac:dyDescent="0.25">
       <c r="D5" s="31" t="s">
         <v>147</v>
       </c>
       <c r="E5" s="31"/>
       <c r="F5" s="52">
         <f t="shared" si="1"/>
         <v>45623</v>
       </c>
       <c r="G5" s="53" t="str">
         <f t="shared" si="0"/>
         <v>X</v>
       </c>
       <c r="H5" s="54" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="54">
         <v>0.79166666666666663</v>
       </c>
       <c r="J5" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K5" s="55" t="s">
         <v>142</v>
       </c>
       <c r="L5" s="56">
         <v>0.125</v>
       </c>
       <c r="M5" s="57">
         <v>0.35416666666666669</v>
       </c>
       <c r="N5" s="58" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="4:14" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="31" t="s">
         <v>150</v>
       </c>
       <c r="E6" s="31" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="F6" s="59">
         <f t="shared" si="1"/>
         <v>45624</v>
       </c>
       <c r="G6" s="60" t="str">
         <f t="shared" si="0"/>
         <v>J</v>
       </c>
       <c r="H6" s="44">
         <v>0.66666666666666663</v>
       </c>
       <c r="I6" s="44">
         <v>0.75</v>
       </c>
       <c r="J6" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K6" s="21" t="s">
         <v>148</v>
       </c>
       <c r="L6" s="25">
         <v>8.3333333333333329E-2</v>
       </c>
       <c r="M6" s="50">
         <f>L6+M5</f>
         <v>0.4375</v>
       </c>
       <c r="N6" s="61" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="7" spans="4:14" ht="75" x14ac:dyDescent="0.25">
       <c r="D7" s="31"/>
       <c r="E7" s="31"/>
       <c r="F7" s="27">
         <f t="shared" si="1"/>
         <v>45625</v>
       </c>
       <c r="G7" s="22" t="str">
         <f t="shared" si="0"/>
         <v>V</v>
       </c>
       <c r="H7" s="24" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="24">
         <v>0.79166666666666663</v>
       </c>
       <c r="J7" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K7" s="62" t="s">
-        <v>155</v>
+        <v>279</v>
       </c>
       <c r="L7" s="28">
         <v>0.125</v>
       </c>
       <c r="M7" s="63">
         <f>L7+M6</f>
         <v>0.5625</v>
       </c>
       <c r="N7" s="29" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="8" spans="4:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D8" s="31"/>
       <c r="E8" s="31"/>
       <c r="F8" s="64">
         <f t="shared" si="1"/>
         <v>45626</v>
       </c>
       <c r="G8" s="65" t="str">
         <f t="shared" si="0"/>
         <v>S</v>
       </c>
       <c r="H8" s="66"/>
       <c r="I8" s="67"/>
       <c r="J8" s="68"/>
       <c r="K8" s="68"/>
       <c r="L8" s="68"/>
       <c r="M8" s="69"/>
       <c r="N8" s="68"/>
     </row>
     <row r="9" spans="4:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D9" s="31"/>
       <c r="E9" s="31"/>
       <c r="F9" s="70">
@@ -17069,291 +17308,302 @@
       <c r="I9" s="72"/>
       <c r="J9" s="68"/>
       <c r="K9" s="68"/>
       <c r="L9" s="68"/>
       <c r="M9" s="69"/>
       <c r="N9" s="68"/>
     </row>
     <row r="10" spans="4:14" ht="30" x14ac:dyDescent="0.25">
       <c r="D10" s="31"/>
       <c r="E10" s="31"/>
       <c r="F10" s="73">
         <f t="shared" si="1"/>
         <v>45628</v>
       </c>
       <c r="G10" s="74" t="str">
         <f t="shared" si="0"/>
         <v>L</v>
       </c>
       <c r="H10" s="24">
         <v>0.70833333333333337</v>
       </c>
       <c r="I10" s="24">
         <v>0.79166666666666663</v>
       </c>
       <c r="J10" s="46" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K10" s="75" t="s">
         <v>148</v>
       </c>
       <c r="L10" s="34">
         <f>IF(H10="–",,I10-H10)</f>
         <v>8.3333333333333259E-2</v>
       </c>
       <c r="M10" s="76">
         <f>L10+M7</f>
         <v>0.64583333333333326</v>
       </c>
       <c r="N10" s="77" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="11" spans="4:14" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D11" s="78"/>
       <c r="E11" s="79"/>
       <c r="F11" s="80">
         <f t="shared" si="1"/>
         <v>45629</v>
       </c>
       <c r="G11" s="81" t="str">
         <f t="shared" si="0"/>
         <v>M</v>
       </c>
       <c r="H11" s="82" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="82">
         <v>0.79166666666666663</v>
       </c>
       <c r="J11" s="83" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K11" s="84" t="s">
         <v>142</v>
       </c>
       <c r="L11" s="82">
         <f>IF(H11="–",,I11-H11)</f>
         <v>0.125</v>
       </c>
       <c r="M11" s="85">
         <f>L11+M10</f>
         <v>0.77083333333333326</v>
       </c>
       <c r="N11" s="86" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="F1:F11">
     <cfRule type="expression" dxfId="4" priority="2">
       <formula>H1="–"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="5" operator="lessThan">
       <formula>TODAY()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G1:G11">
     <cfRule type="expression" dxfId="2" priority="1">
       <formula>H1="–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H1:H11">
     <cfRule type="cellIs" dxfId="1" priority="4" operator="equal">
       <formula>"–"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I1:I11">
     <cfRule type="cellIs" dxfId="0" priority="3" operator="equal">
       <formula>"–"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e55dddb-a391-4aa3-9a99-16530576b00d">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4af69165-b505-481b-9011-f24b730a8c49">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="c0001be1-8b0b-4b8f-bf63-ce25f37e72e0" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0c41f792-b750-44f5-ae1e-577e00342cf2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="c0001be1-8b0b-4b8f-bf63-ce25f37e72e0"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004854BA6528C73A499BC16285B8E173DC" ma:contentTypeVersion="18" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="9960c84119b103049ed1ed6f6ec3f9b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4af69165-b505-481b-9011-f24b730a8c49" xmlns:ns3="0c41f792-b750-44f5-ae1e-577e00342cf2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2be67ccdfb3eddec35ba1bf1e2275945" ns2:_="" ns3:_="">
+    <xsd:import namespace="4af69165-b505-481b-9011-f24b730a8c49"/>
+    <xsd:import namespace="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8e55dddb-a391-4aa3-9a99-16530576b00d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4af69165-b505-481b-9011-f24b730a8c49" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetes de la imatge" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="34c01127-bdf0-454e-9077-a20ba63b60ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetes de la imatge" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="34c01127-bdf0-454e-9077-a20ba63b60ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...21 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...8 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c0001be1-8b0b-4b8f-bf63-ce25f37e72e0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0c41f792-b750-44f5-ae1e-577e00342cf2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d4e55f19-bf27-4432-b473-f5227635df15}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c0001be1-8b0b-4b8f-bf63-ce25f37e72e0">
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6a5ffa8c-3de8-459a-ba93-ff4493743f48}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0c41f792-b750-44f5-ae1e-577e00342cf2">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Compartit amb" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="22" nillable="true" ma:displayName="Compartit amb" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="S'ha compartit amb detalls" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="23" nillable="true" ma:displayName="S'ha compartit amb detalls" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipus de contingut"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Títol"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -17416,120 +17666,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F323A81-0FBC-4FC4-B447-6DE1DD2D4B53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8e55dddb-a391-4aa3-9a99-16530576b00d"/>
     <ds:schemaRef ds:uri="c0001be1-8b0b-4b8f-bf63-ce25f37e72e0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F95766B-B48B-4583-A088-81C62D645731}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E0FD93B-8FE3-485D-B6DA-239239857C0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58AA8373-649A-4A3E-8A5E-669B34B79BC0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Full1</vt:lpstr>
       <vt:lpstr>Full2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>David Vicente Bernabeu Aguilar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100FAC23BDC6BCD434CB9296C0BDA8D776C</vt:lpwstr>
+    <vt:lpwstr>0x0101004854BA6528C73A499BC16285B8E173DC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>