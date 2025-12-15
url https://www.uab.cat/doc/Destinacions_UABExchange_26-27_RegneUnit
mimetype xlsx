--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/ARIEquipIntercanvis/Documentos compartidos/General/CONVOCATÒRIES 2026-27/DESTINACIONS/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab-my.sharepoint.com/personal/1800251_uab_cat/Documents/Escriptori/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="17" documentId="8_{1EC695EF-CC8A-40AE-BB17-860D399BDAA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0C99A6F9-E7C9-4CF9-B32C-923CC785C56E}"/>
+  <xr:revisionPtr revIDLastSave="32" documentId="8_{1EC695EF-CC8A-40AE-BB17-860D399BDAA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BA646E7D-FCBA-4213-9952-D5909B43194A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8CD5B03F-9CE9-472A-B181-4359CDBBE6CF}"/>
   </bookViews>
   <sheets>
     <sheet name="1004005_SIGM@_ACCS_ListadoPubli" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'1004005_SIGM@_ACCS_ListadoPubli'!$A$5:$L$45</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'1004005_SIGM@_ACCS_ListadoPubli'!$A$5:$L$47</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="355" uniqueCount="168">
   <si>
     <t>Llistat de destinacions i número de places</t>
   </si>
   <si>
     <t>Programa d'intercanvi</t>
   </si>
   <si>
     <t>UAB Exchange Programme</t>
   </si>
   <si>
     <t>CENTRE</t>
   </si>
   <si>
     <t>PAÍS</t>
   </si>
   <si>
     <t>UNIVERSITAT</t>
   </si>
   <si>
     <t>CODI UNIVERSITAT</t>
   </si>
   <si>
     <t>ÀREA D'ESTUDIS</t>
   </si>
   <si>
@@ -309,53 +309,50 @@
     <t>106 -  Facultat de Dret</t>
   </si>
   <si>
     <t>0210 - Arts, no definit</t>
   </si>
   <si>
     <t>800 -  EINA, Centre Universitari de Disseny i Art de Barcelona</t>
   </si>
   <si>
     <t>KING'S COLLEGE - UNIVERSITY OF LONDON</t>
   </si>
   <si>
     <t>UK LONDON017</t>
   </si>
   <si>
     <t>UNIVERSITY OF SHEFFIELD</t>
   </si>
   <si>
     <t>UK SHEFFIE01</t>
   </si>
   <si>
     <t>SWANSEA UNIVERSITY</t>
   </si>
   <si>
     <t>UK SWANSEA01</t>
-  </si>
-[...1 lines deleted...]
-    <t>Màster</t>
   </si>
   <si>
     <t>BRUNEL UNIVERSITY</t>
   </si>
   <si>
     <t>UK UXBRIDG01</t>
   </si>
   <si>
     <t>08.3 - Història</t>
   </si>
   <si>
     <t>UNIVERSITY OF WORCESTER</t>
   </si>
   <si>
     <t>UK WORCEST01</t>
   </si>
   <si>
     <t>0230 - Idiomes, no definit</t>
   </si>
   <si>
     <t>UNIVERSITY OF PORTSMOUTH</t>
   </si>
   <si>
     <t>UK PORTSMO01</t>
   </si>
@@ -614,50 +611,77 @@
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Overall 7.0, with 6.5 in each component</t>
     </r>
   </si>
   <si>
     <r>
       <t>IELTS Academic / UKVI / Online</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Overall 6.0, with no sub-skill below 5.5 TOEFL iBT Overall 78</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">2582 -  FUAB -  Turisme </t>
+  </si>
+  <si>
+    <t>0421, Dret</t>
+  </si>
+  <si>
+    <t>ANGLIA RUSKIN UNIVERSITY</t>
+  </si>
+  <si>
+    <t>UK CHELMSF01</t>
+  </si>
+  <si>
+    <t>1015 - Viatges, turisme i activitats de lleure [Estudiant]
+04.4 - Turisme i hostaleria [Docent]</t>
+  </si>
+  <si>
+    <t>IELTS: 6.0 (with a minimum of 5.5 in all components)
+TOEFL iBT with 80 overall and a minimum of 17 in Writing and Listening, 18 in Reading and 20 in Speaking.</t>
+  </si>
+  <si>
+    <t>A recommended GPA of 2.7 or higher for undergraduate applicants.</t>
+  </si>
+  <si>
+    <t>2582 - Escola Fundació Universitat Autònoma de Barcelona-Formació
+514 - Escola Universitària de Turisme i Direcció Hotelera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1198,105 +1222,105 @@
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="35" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Èmfasi1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Èmfasi2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Èmfasi3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Èmfasi4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Èmfasi5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Èmfasi6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Èmfasi6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Èmfasi6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bé" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Càlcul" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Cel·la de comprovació" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Cel·la enllaçada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Èmfasi1" xfId="18" builtinId="29" customBuiltin="1"/>
@@ -1632,1551 +1656,1619 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7BC8DAD-BD72-4786-8F61-BA18D83C7C83}">
-  <dimension ref="A1:L45"/>
+  <dimension ref="A1:L47"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="52.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" style="6" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="8.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.5703125" style="5" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" style="6" customWidth="1"/>
+    <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
+    <col min="7" max="8" width="18.28515625" style="6" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="17.7109375" style="5" customWidth="1"/>
+    <col min="10" max="10" width="72.28515625" style="5" customWidth="1"/>
+    <col min="11" max="11" width="36.5703125" style="5" customWidth="1"/>
+    <col min="12" max="12" width="41.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-[...9 lines deleted...]
-      <c r="L1" s="5"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
     </row>
     <row r="2" spans="1:12" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="23"/>
-[...1 lines deleted...]
-      <c r="C3" s="18" t="s">
+      <c r="A3" s="21"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:12" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="19" t="s">
+      <c r="A5" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="19" t="s">
+      <c r="B5" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="19" t="s">
+      <c r="C5" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="19" t="s">
+      <c r="D5" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="20" t="s">
+      <c r="E5" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="20" t="s">
+      <c r="F5" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="21" t="s">
-[...5 lines deleted...]
-      <c r="I5" s="19" t="s">
+      <c r="G5" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="H5" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="I5" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="J5" s="19" t="s">
+      <c r="J5" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K5" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="K5" s="19" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="19" t="s">
+      <c r="L5" s="17" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C6" s="8" t="s">
+      <c r="C6" s="7" t="s">
         <v>54</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E6" s="9">
+      <c r="E6" s="8">
         <v>2</v>
       </c>
-      <c r="F6" s="9">
+      <c r="F6" s="8">
         <v>5</v>
       </c>
       <c r="G6" s="1"/>
-      <c r="H6" s="10"/>
+      <c r="H6" s="9"/>
       <c r="I6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C7" s="8" t="s">
+      <c r="C7" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E7" s="9">
+      <c r="E7" s="8">
         <v>2</v>
       </c>
-      <c r="F7" s="9">
+      <c r="F7" s="8">
         <v>10</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="H7" s="10"/>
+        <v>106</v>
+      </c>
+      <c r="H7" s="9"/>
       <c r="I7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E8" s="8">
         <v>2</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="8">
         <v>10</v>
       </c>
       <c r="G8" s="1"/>
-      <c r="H8" s="10"/>
+      <c r="H8" s="9"/>
       <c r="I8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E9" s="8">
         <v>3</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="8">
         <v>10</v>
       </c>
       <c r="G9" s="1"/>
-      <c r="H9" s="10"/>
+      <c r="H9" s="9"/>
       <c r="I9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C10" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E10" s="9">
+      <c r="E10" s="8">
         <v>8</v>
       </c>
-      <c r="F10" s="9">
+      <c r="F10" s="8">
         <v>5</v>
       </c>
       <c r="G10" s="1"/>
-      <c r="H10" s="10"/>
+      <c r="H10" s="9"/>
       <c r="I10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C11" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E11" s="8">
         <v>1</v>
       </c>
-      <c r="F11" s="9">
+      <c r="F11" s="8">
         <v>10</v>
       </c>
       <c r="G11" s="1"/>
-      <c r="H11" s="10"/>
+      <c r="H11" s="9"/>
       <c r="I11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>125</v>
+      </c>
+      <c r="K11" s="10" t="s">
+        <v>115</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C12" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E12" s="8">
         <v>2</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="8">
         <v>10</v>
       </c>
       <c r="G12" s="1"/>
-      <c r="H12" s="10"/>
+      <c r="H12" s="9"/>
       <c r="I12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C13" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E13" s="8">
         <v>1</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="8">
         <v>10</v>
       </c>
       <c r="G13" s="1"/>
-      <c r="H13" s="10"/>
+      <c r="H13" s="9"/>
       <c r="I13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C14" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E14" s="9">
+      <c r="E14" s="8">
         <v>2</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="8">
         <v>5</v>
       </c>
       <c r="G14" s="1"/>
-      <c r="H14" s="10"/>
+      <c r="H14" s="9"/>
       <c r="I14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C15" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E15" s="8">
         <v>2</v>
       </c>
-      <c r="F15" s="9">
+      <c r="F15" s="8">
         <v>5</v>
       </c>
       <c r="G15" s="1"/>
-      <c r="H15" s="10"/>
+      <c r="H15" s="9"/>
       <c r="I15" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C16" s="7" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E16" s="9" t="s">
+      <c r="E16" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F16" s="8">
+        <v>5</v>
+      </c>
+      <c r="G16" s="1"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="L16" s="2" t="s">
         <v>105</v>
-      </c>
-[...15 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C17" s="7" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E17" s="8">
         <v>1</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="8">
         <v>10</v>
       </c>
       <c r="G17" s="1"/>
-      <c r="H17" s="10"/>
+      <c r="H17" s="9"/>
       <c r="I17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C18" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E18" s="8">
         <v>4</v>
       </c>
-      <c r="F18" s="9">
+      <c r="F18" s="8">
         <v>5</v>
       </c>
       <c r="G18" s="1"/>
-      <c r="H18" s="10"/>
+      <c r="H18" s="9"/>
       <c r="I18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E19" s="8">
         <v>1</v>
       </c>
-      <c r="F19" s="9">
+      <c r="F19" s="8">
         <v>10</v>
       </c>
       <c r="G19" s="1"/>
-      <c r="H19" s="10"/>
+      <c r="H19" s="9"/>
       <c r="I19" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E20" s="9">
+      <c r="E20" s="8">
         <v>2</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="8">
         <v>10</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="H20" s="10"/>
+        <v>106</v>
+      </c>
+      <c r="H20" s="9"/>
       <c r="I20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="C21" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E21" s="9">
+      <c r="E21" s="8">
         <v>1</v>
       </c>
-      <c r="F21" s="9">
+      <c r="F21" s="8">
         <v>10</v>
       </c>
       <c r="G21" s="1"/>
-      <c r="H21" s="10"/>
+      <c r="H21" s="9"/>
       <c r="I21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C22" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E22" s="8">
         <v>1</v>
       </c>
-      <c r="F22" s="9">
+      <c r="F22" s="8">
         <v>5</v>
       </c>
       <c r="G22" s="1"/>
-      <c r="H22" s="10"/>
+      <c r="H22" s="9"/>
       <c r="I22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E23" s="8">
         <v>4</v>
       </c>
-      <c r="F23" s="9">
+      <c r="F23" s="8">
         <v>5</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="H23" s="10"/>
+        <v>111</v>
+      </c>
+      <c r="H23" s="9"/>
       <c r="I23" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J23" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="K23" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E24" s="9">
+        <v>95</v>
+      </c>
+      <c r="E24" s="8">
         <v>4</v>
       </c>
-      <c r="F24" s="9">
+      <c r="F24" s="8">
         <v>10</v>
       </c>
       <c r="G24" s="1"/>
-      <c r="H24" s="10"/>
+      <c r="H24" s="9"/>
       <c r="I24" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C25" s="7" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E25" s="8">
         <v>4</v>
       </c>
-      <c r="F25" s="9">
+      <c r="F25" s="8">
         <v>5</v>
       </c>
       <c r="G25" s="1"/>
-      <c r="H25" s="10"/>
+      <c r="H25" s="9"/>
       <c r="I25" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J25" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="K25" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="C26" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E26" s="8">
         <v>4</v>
       </c>
-      <c r="F26" s="9">
+      <c r="F26" s="8">
         <v>5</v>
       </c>
       <c r="G26" s="1"/>
-      <c r="H26" s="10"/>
+      <c r="H26" s="9"/>
       <c r="I26" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E27" s="8">
         <v>8</v>
       </c>
-      <c r="F27" s="9">
+      <c r="F27" s="8">
         <v>5</v>
       </c>
       <c r="G27" s="1"/>
-      <c r="H27" s="10"/>
+      <c r="H27" s="9"/>
       <c r="I27" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C28" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E28" s="9">
+      <c r="E28" s="8">
         <v>2</v>
       </c>
-      <c r="F28" s="9">
+      <c r="F28" s="8">
         <v>5</v>
       </c>
       <c r="G28" s="1"/>
-      <c r="H28" s="10"/>
+      <c r="H28" s="9"/>
       <c r="I28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="29" spans="1:12" s="12" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:12" s="11" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C29" s="7" t="s">
         <v>85</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E29" s="8">
         <v>2</v>
       </c>
-      <c r="F29" s="9">
+      <c r="F29" s="8">
         <v>10</v>
       </c>
       <c r="G29" s="1"/>
-      <c r="H29" s="10"/>
+      <c r="H29" s="9"/>
       <c r="I29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>158</v>
+      </c>
+      <c r="K29" s="10" t="s">
+        <v>138</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C30" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E30" s="8">
         <v>2</v>
       </c>
-      <c r="F30" s="9">
+      <c r="F30" s="8">
         <v>10</v>
       </c>
       <c r="G30" s="1"/>
-      <c r="H30" s="10"/>
+      <c r="H30" s="9"/>
       <c r="I30" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J30" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="K30" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      <c r="F31" s="9">
+        <v>71</v>
+      </c>
+      <c r="E31" s="8">
+        <v>8</v>
+      </c>
+      <c r="F31" s="8">
         <v>5</v>
       </c>
       <c r="G31" s="1"/>
-      <c r="H31" s="10"/>
+      <c r="H31" s="9"/>
       <c r="I31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>75</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>76</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="E32" s="9">
+        <v>77</v>
+      </c>
+      <c r="E32" s="8">
         <v>2</v>
       </c>
-      <c r="F32" s="9">
-        <v>10</v>
+      <c r="F32" s="8">
+        <v>5</v>
       </c>
       <c r="G32" s="1"/>
-      <c r="H32" s="10"/>
+      <c r="H32" s="9"/>
       <c r="I32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>75</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>76</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="E33" s="9">
+        <v>161</v>
+      </c>
+      <c r="E33" s="8">
         <v>2</v>
       </c>
-      <c r="F33" s="9">
-        <v>3</v>
+      <c r="F33" s="8">
+        <v>10</v>
       </c>
       <c r="G33" s="1"/>
-      <c r="H33" s="10"/>
+      <c r="H33" s="9"/>
       <c r="I33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>16</v>
+        <v>135</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" s="12" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>98</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>99</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="E34" s="9">
+        <v>71</v>
+      </c>
+      <c r="E34" s="8">
         <v>2</v>
       </c>
-      <c r="F34" s="9">
+      <c r="F34" s="8">
         <v>10</v>
       </c>
       <c r="G34" s="1"/>
-      <c r="H34" s="10"/>
+      <c r="H34" s="9"/>
       <c r="I34" s="2" t="s">
         <v>15</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E35" s="8">
+        <v>2</v>
+      </c>
+      <c r="F35" s="8">
+        <v>3</v>
+      </c>
+      <c r="G35" s="1"/>
+      <c r="H35" s="9"/>
+      <c r="I35" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="L35" s="2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="11" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E36" s="8">
+        <v>2</v>
+      </c>
+      <c r="F36" s="8">
+        <v>10</v>
+      </c>
+      <c r="G36" s="1"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="K36" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="L36" s="2" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C37" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="C35" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="2" t="s">
+      <c r="D37" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E35" s="9">
+      <c r="E37" s="8">
         <v>2</v>
       </c>
-      <c r="F35" s="9">
+      <c r="F37" s="8">
         <v>10</v>
       </c>
-      <c r="G35" s="1"/>
-[...1 lines deleted...]
-      <c r="I35" s="2" t="s">
+      <c r="G37" s="1"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="J35" s="2" t="s">
-[...5 lines deleted...]
-      <c r="L35" s="2" t="s">
+      <c r="J37" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="K37" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="L37" s="2" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="36" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B36" s="4" t="s">
+    <row r="38" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="C36" s="13" t="s">
+      <c r="C38" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="D36" s="4" t="s">
+      <c r="D38" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="E36" s="14">
+      <c r="E38" s="13">
         <v>6</v>
       </c>
-      <c r="F36" s="14">
+      <c r="F38" s="13">
         <v>5</v>
       </c>
-      <c r="G36" s="3"/>
-[...4 lines deleted...]
-      <c r="J36" s="4" t="s">
+      <c r="G38" s="3"/>
+      <c r="H38" s="14"/>
+      <c r="I38" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J38" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K38" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="K36" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L36" s="4" t="s">
+      <c r="L38" s="4" t="s">
         <v>22</v>
-      </c>
-[...66 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="E39" s="13">
+        <v>2</v>
+      </c>
+      <c r="F39" s="13">
+        <v>10</v>
+      </c>
+      <c r="G39" s="3"/>
+      <c r="H39" s="14"/>
+      <c r="I39" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C39" s="13" t="s">
+      <c r="C40" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="D39" s="4" t="s">
+      <c r="D40" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E40" s="8">
+        <v>2</v>
+      </c>
+      <c r="F40" s="8">
+        <v>10</v>
+      </c>
+      <c r="G40" s="1"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="L40" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C41" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="E39" s="14">
+      <c r="E41" s="13">
         <v>1</v>
       </c>
-      <c r="F39" s="14">
+      <c r="F41" s="13">
         <v>10</v>
       </c>
-      <c r="G39" s="3"/>
-[...4 lines deleted...]
-      <c r="J39" s="2" t="s">
+      <c r="G41" s="3"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C42" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D42" s="4" t="s">
         <v>150</v>
       </c>
-      <c r="K39" s="4" t="s">
-[...16 lines deleted...]
-      <c r="D40" s="4" t="s">
+      <c r="E42" s="13">
+        <v>3</v>
+      </c>
+      <c r="F42" s="13">
+        <v>10</v>
+      </c>
+      <c r="G42" s="3"/>
+      <c r="H42" s="15"/>
+      <c r="I42" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="K42" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="L42" s="4" t="s">
         <v>151</v>
-      </c>
-[...86 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E43" s="8">
+        <v>4</v>
+      </c>
+      <c r="F43" s="8">
+        <v>5</v>
+      </c>
+      <c r="G43" s="1"/>
+      <c r="H43" s="9"/>
+      <c r="I43" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="L43" s="2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C44" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="D44" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E43" s="9">
+      <c r="E44" s="8">
         <v>6</v>
       </c>
-      <c r="F43" s="9">
+      <c r="F44" s="8">
         <v>10</v>
       </c>
-      <c r="G43" s="1"/>
-[...4 lines deleted...]
-      <c r="J43" s="2" t="s">
+      <c r="G44" s="1"/>
+      <c r="H44" s="15"/>
+      <c r="I44" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J44" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="K44" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="L44" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" s="11" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E45" s="8">
+        <v>2</v>
+      </c>
+      <c r="F45" s="8">
+        <v>10</v>
+      </c>
+      <c r="G45" s="1"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J45" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="K43" s="2" t="s">
-[...16 lines deleted...]
-      <c r="D44" s="2" t="s">
+      <c r="K45" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="L45" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="11" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="E44" s="9">
+      <c r="C46" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E46" s="8">
         <v>2</v>
       </c>
-      <c r="F44" s="9">
-[...7 lines deleted...]
-      <c r="J44" s="2" t="s">
+      <c r="F46" s="8">
+        <v>5</v>
+      </c>
+      <c r="G46" s="1"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J46" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="K46" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="K44" s="11" t="s">
-[...19 lines deleted...]
-      <c r="E45" s="9">
+      <c r="L46" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" s="11" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E47" s="8">
         <v>2</v>
       </c>
-      <c r="F45" s="9">
+      <c r="F47" s="8">
         <v>5</v>
       </c>
-      <c r="G45" s="1"/>
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="G47" s="1"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="L47" s="2" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A5:L45" xr:uid="{B7BC8DAD-BD72-4786-8F61-BA18D83C7C83}"/>
-[...1 lines deleted...]
-    <sortCondition ref="C6:C45"/>
+  <autoFilter ref="A5:L47" xr:uid="{B7BC8DAD-BD72-4786-8F61-BA18D83C7C83}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:L46">
+    <sortCondition ref="C6:C46"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="8b60995db377c5c8bdde4a2d1bd9904a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d91381d19a20875501023545d7282fe" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="87e528c34e1611fb45c7774c2d2111fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fbd4fd8da05f77cf80b6d3f5806dc1a" ns2:_="" ns3:_="">
     <xsd:import namespace="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <xsd:import namespace="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3392,70 +3484,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE213AE8-EC7C-4DF6-827F-4904C36491B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA878E1F-1DE3-45D4-9972-08CB5A6B3A82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37C9C40-AB2C-4A8A-B964-E57C421108B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{071A701E-DF19-42E7-97FC-EFD19A1625A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <ds:schemaRef ds:uri="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>