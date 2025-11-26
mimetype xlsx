--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -7,56 +7,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/GestiAcadmica114/Documentos compartidos/General/INTERCANVIS/OUTGOING/OUT 2026-2027/SELECCIÓ OUT 26-27/CONV.UNICA_E+_UABEP/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\2046990\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="144" documentId="8_{C189C8BE-4E76-4BD9-AB78-3057694A2052}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A9B1363C-1D52-41D9-A1F3-8967B97EF336}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{621A97CF-9F0E-4991-AC8D-FFFB39413119}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Full1!$A$5:$I$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Full1!$A$1:$I$58</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Full1!$5:$5</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -127,53 +127,50 @@
     <t>Estades anuals o semestrals.</t>
   </si>
   <si>
     <t>Grau / Màster</t>
   </si>
   <si>
     <t>B2 Anglès o C1 Alemany</t>
   </si>
   <si>
     <t>HOCHSCHULE BREMEN</t>
   </si>
   <si>
     <t>D BREMEN04</t>
   </si>
   <si>
     <t>B1 Alemany o  B2 Anglès</t>
   </si>
   <si>
     <t>B1 Alemany o  B1 Anglès</t>
   </si>
   <si>
     <t>GOETHE UNIVERSITY FRANKFURT</t>
   </si>
   <si>
     <t>D FRANKFU01</t>
-  </si>
-[...1 lines deleted...]
-    <t>FACHHOCHSCHULE FRANKFURT AM MAIN</t>
   </si>
   <si>
     <t>D FRANKFU04</t>
   </si>
   <si>
     <t xml:space="preserve">B2 anglès o B2 Alemany </t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITÄT HAMBURG</t>
   </si>
   <si>
     <t>D HAMBURG03</t>
   </si>
   <si>
     <t>UNIVERSITÄT MANNHEIM</t>
   </si>
   <si>
     <t>D MANNHEI01</t>
   </si>
   <si>
     <t>Totes menys Economia</t>
   </si>
   <si>
     <t xml:space="preserve">B2 Anglès </t>
   </si>
@@ -568,115 +565,115 @@
   <si>
     <t>UNIVERSITÀ DEGLI STUDI DI MILANO</t>
   </si>
   <si>
     <t>I MILANO01</t>
   </si>
   <si>
     <t>Estades anuals o semestrals.
 No hi ha oferta en anglès als graus. Ofereixen també accés al seu primer any de màster impartit en anglès, als alumnes de 4t de grau.</t>
   </si>
   <si>
     <t>B2 Anglès/Grau
 C1 Anglès/Màster</t>
   </si>
   <si>
     <t>UNIVERSITY OF DUBLIN
 TRINITY COLLEGE DUBLIN</t>
   </si>
   <si>
     <t>IRLDUBLIN01</t>
   </si>
   <si>
     <t>Estades anuals o semestrals. Certificats d'idioma acceptats: https://www.unive.it/pag/40609/</t>
   </si>
   <si>
-    <t>Estades anuals o semestrals. Oferta en anglès a grau reduïda. Més informació requeriments d'iidioma: https://international.unitn.it/incoming/language-requirements</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITEIT HASSELT - CAMPUS DIEPENBEEK</t>
   </si>
   <si>
     <t xml:space="preserve">B DIEPENB01 </t>
   </si>
   <si>
     <t>Estades anuals o semestrals.
 Universitat molt estricta amb els certificats d'idiomes, no accepten documents amb més d'un any d'antiguitat.</t>
   </si>
   <si>
     <t>D KOLN12</t>
-  </si>
-[...1 lines deleted...]
-    <t>COLOGNE BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>Estades anuals o semestrals. Universitat amb un nivell acadèmic alt i molt exigent amb el nivell d'anglès. La Facultat no assignarà cap estudiant amb una mitjana acadèmica per sota de 5.</t>
   </si>
   <si>
     <t>F STRASBO48</t>
   </si>
   <si>
     <t>EM STRASBOURG BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>Estades només semestrals.</t>
   </si>
   <si>
     <t>Grau/ Màster</t>
   </si>
   <si>
     <t>B1 Italià
 B1 Anglès/Grau
 B2 Anglès/ Màster</t>
   </si>
   <si>
     <t xml:space="preserve">
 Estades anuals o semetrals.</t>
   </si>
   <si>
     <t>UNIVERSITÉ DE LILLE</t>
   </si>
   <si>
     <t>F LILLE 103</t>
   </si>
   <si>
-    <t>B1 Anglès  o B1 Francès
-[...2 lines deleted...]
-  <si>
     <t>ERASMUS+ - CURS 2026/27</t>
   </si>
   <si>
     <t>SRH UNIVERISTY OF APPLIED SCIENCES HEIDELBERG</t>
   </si>
   <si>
     <t>D HEIDELB05</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...1 lines deleted...]
-El nivell d'anglès és obligatori i el de francès recomanat.</t>
+    <t>CBS INTERNATIONAL BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>FRANKFURT UNIVERSITY OF APPLIED SCIENCES</t>
+  </si>
+  <si>
+    <t>B2 Anglès  o B2 Francès</t>
+  </si>
+  <si>
+    <t>Estades anuals o semestrals</t>
+  </si>
+  <si>
+    <t>Estades anuals o semestrals. Oferta en anglès a grau reduïda. Més informació requeriments d'iidioma: https://international.unitn.it/incoming/language-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="4" tint="-0.249977111117893"/>
@@ -1462,117 +1459,117 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:HC3663"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M7" sqref="M7"/>
+      <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="13.21875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="211" width="9.21875" style="5"/>
+    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="27.81640625" customWidth="1"/>
+    <col min="3" max="3" width="18.453125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="11.453125" customWidth="1"/>
+    <col min="5" max="5" width="9.1796875" customWidth="1"/>
+    <col min="6" max="7" width="19.54296875" customWidth="1"/>
+    <col min="8" max="8" width="16.81640625" customWidth="1"/>
+    <col min="9" max="9" width="30.81640625" customWidth="1"/>
+    <col min="10" max="211" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:211" s="2" customFormat="1" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:211" s="2" customFormat="1" ht="50.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="57"/>
       <c r="D1" s="57"/>
       <c r="E1" s="57"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
-    <row r="2" spans="1:211" s="5" customFormat="1" ht="25.05" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:211" s="5" customFormat="1" ht="25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="59"/>
       <c r="C2" s="60" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D2" s="61"/>
       <c r="E2" s="62"/>
       <c r="F2" s="3"/>
       <c r="G2" s="4"/>
     </row>
-    <row r="3" spans="1:211" s="5" customFormat="1" ht="25.05" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:211" s="5" customFormat="1" ht="25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="59"/>
       <c r="C3" s="60" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="61"/>
       <c r="E3" s="62"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
     </row>
-    <row r="4" spans="1:211" s="6" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:211" s="6" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="1:211" s="8" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:211" s="8" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="50" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="51" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="51" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="51" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="51" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="51" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="51" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="51" t="s">
@@ -1759,51 +1756,51 @@
       <c r="GF5" s="7"/>
       <c r="GG5" s="7"/>
       <c r="GH5" s="7"/>
       <c r="GI5" s="7"/>
       <c r="GJ5" s="7"/>
       <c r="GK5" s="7"/>
       <c r="GL5" s="7"/>
       <c r="GM5" s="7"/>
       <c r="GN5" s="7"/>
       <c r="GO5" s="7"/>
       <c r="GP5" s="7"/>
       <c r="GQ5" s="7"/>
       <c r="GR5" s="7"/>
       <c r="GS5" s="7"/>
       <c r="GT5" s="7"/>
       <c r="GU5" s="7"/>
       <c r="GV5" s="7"/>
       <c r="GW5" s="7"/>
       <c r="GX5" s="7"/>
       <c r="GY5" s="7"/>
       <c r="GZ5" s="7"/>
       <c r="HA5" s="7"/>
       <c r="HB5" s="7"/>
       <c r="HC5" s="7"/>
     </row>
-    <row r="6" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="23" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="23">
         <v>1</v>
       </c>
       <c r="E6" s="23">
         <v>10</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="23" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="24" t="s">
@@ -1990,74 +1987,74 @@
       <c r="GF6" s="10"/>
       <c r="GG6" s="10"/>
       <c r="GH6" s="10"/>
       <c r="GI6" s="10"/>
       <c r="GJ6" s="10"/>
       <c r="GK6" s="10"/>
       <c r="GL6" s="10"/>
       <c r="GM6" s="10"/>
       <c r="GN6" s="10"/>
       <c r="GO6" s="10"/>
       <c r="GP6" s="10"/>
       <c r="GQ6" s="10"/>
       <c r="GR6" s="10"/>
       <c r="GS6" s="10"/>
       <c r="GT6" s="10"/>
       <c r="GU6" s="10"/>
       <c r="GV6" s="10"/>
       <c r="GW6" s="10"/>
       <c r="GX6" s="10"/>
       <c r="GY6" s="10"/>
       <c r="GZ6" s="10"/>
       <c r="HA6" s="10"/>
       <c r="HB6" s="10"/>
       <c r="HC6" s="10"/>
     </row>
-    <row r="7" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="23" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="23">
         <v>1</v>
       </c>
       <c r="E7" s="23">
         <v>10</v>
       </c>
       <c r="F7" s="23" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G7" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I7" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="13"/>
       <c r="L7" s="13"/>
       <c r="M7" s="13"/>
       <c r="N7" s="13"/>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
       <c r="Q7" s="13"/>
       <c r="R7" s="13"/>
       <c r="S7" s="13"/>
       <c r="T7" s="13"/>
       <c r="U7" s="13"/>
       <c r="V7" s="13"/>
       <c r="W7" s="13"/>
       <c r="X7" s="13"/>
       <c r="Y7" s="13"/>
       <c r="Z7" s="13"/>
       <c r="AA7" s="13"/>
       <c r="AB7" s="13"/>
       <c r="AC7" s="13"/>
       <c r="AD7" s="13"/>
@@ -2221,51 +2218,51 @@
       <c r="GF7" s="13"/>
       <c r="GG7" s="13"/>
       <c r="GH7" s="13"/>
       <c r="GI7" s="13"/>
       <c r="GJ7" s="13"/>
       <c r="GK7" s="13"/>
       <c r="GL7" s="13"/>
       <c r="GM7" s="13"/>
       <c r="GN7" s="13"/>
       <c r="GO7" s="13"/>
       <c r="GP7" s="13"/>
       <c r="GQ7" s="13"/>
       <c r="GR7" s="13"/>
       <c r="GS7" s="13"/>
       <c r="GT7" s="13"/>
       <c r="GU7" s="13"/>
       <c r="GV7" s="13"/>
       <c r="GW7" s="13"/>
       <c r="GX7" s="13"/>
       <c r="GY7" s="13"/>
       <c r="GZ7" s="13"/>
       <c r="HA7" s="13"/>
       <c r="HB7" s="13"/>
       <c r="HC7" s="13"/>
     </row>
-    <row r="8" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="45" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="32" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="32">
         <v>1</v>
       </c>
       <c r="E8" s="32">
         <v>10</v>
       </c>
       <c r="F8" s="32" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="32" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="31" t="s">
@@ -2452,74 +2449,74 @@
       <c r="GF8" s="10"/>
       <c r="GG8" s="10"/>
       <c r="GH8" s="10"/>
       <c r="GI8" s="10"/>
       <c r="GJ8" s="10"/>
       <c r="GK8" s="10"/>
       <c r="GL8" s="10"/>
       <c r="GM8" s="10"/>
       <c r="GN8" s="10"/>
       <c r="GO8" s="10"/>
       <c r="GP8" s="10"/>
       <c r="GQ8" s="10"/>
       <c r="GR8" s="10"/>
       <c r="GS8" s="10"/>
       <c r="GT8" s="10"/>
       <c r="GU8" s="10"/>
       <c r="GV8" s="10"/>
       <c r="GW8" s="10"/>
       <c r="GX8" s="10"/>
       <c r="GY8" s="10"/>
       <c r="GZ8" s="10"/>
       <c r="HA8" s="10"/>
       <c r="HB8" s="10"/>
       <c r="HC8" s="10"/>
     </row>
-    <row r="9" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C9" s="23" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D9" s="23">
         <v>1</v>
       </c>
       <c r="E9" s="23">
         <v>10</v>
       </c>
       <c r="F9" s="23" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I9" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="13"/>
       <c r="L9" s="13"/>
       <c r="M9" s="13"/>
       <c r="N9" s="13"/>
       <c r="O9" s="13"/>
       <c r="P9" s="13"/>
       <c r="Q9" s="13"/>
       <c r="R9" s="13"/>
       <c r="S9" s="13"/>
       <c r="T9" s="13"/>
       <c r="U9" s="13"/>
       <c r="V9" s="13"/>
       <c r="W9" s="13"/>
       <c r="X9" s="13"/>
       <c r="Y9" s="13"/>
       <c r="Z9" s="13"/>
       <c r="AA9" s="13"/>
       <c r="AB9" s="13"/>
       <c r="AC9" s="13"/>
       <c r="AD9" s="13"/>
@@ -2683,59 +2680,59 @@
       <c r="GF9" s="13"/>
       <c r="GG9" s="13"/>
       <c r="GH9" s="13"/>
       <c r="GI9" s="13"/>
       <c r="GJ9" s="13"/>
       <c r="GK9" s="13"/>
       <c r="GL9" s="13"/>
       <c r="GM9" s="13"/>
       <c r="GN9" s="13"/>
       <c r="GO9" s="13"/>
       <c r="GP9" s="13"/>
       <c r="GQ9" s="13"/>
       <c r="GR9" s="13"/>
       <c r="GS9" s="13"/>
       <c r="GT9" s="13"/>
       <c r="GU9" s="13"/>
       <c r="GV9" s="13"/>
       <c r="GW9" s="13"/>
       <c r="GX9" s="13"/>
       <c r="GY9" s="13"/>
       <c r="GZ9" s="13"/>
       <c r="HA9" s="13"/>
       <c r="HB9" s="13"/>
       <c r="HC9" s="13"/>
     </row>
-    <row r="10" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="23" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D10" s="23">
         <v>1</v>
       </c>
       <c r="E10" s="23">
         <v>10</v>
       </c>
       <c r="F10" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G10" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="41" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
@@ -2914,77 +2911,77 @@
       <c r="GF10" s="10"/>
       <c r="GG10" s="10"/>
       <c r="GH10" s="10"/>
       <c r="GI10" s="10"/>
       <c r="GJ10" s="10"/>
       <c r="GK10" s="10"/>
       <c r="GL10" s="10"/>
       <c r="GM10" s="10"/>
       <c r="GN10" s="10"/>
       <c r="GO10" s="10"/>
       <c r="GP10" s="10"/>
       <c r="GQ10" s="10"/>
       <c r="GR10" s="10"/>
       <c r="GS10" s="10"/>
       <c r="GT10" s="10"/>
       <c r="GU10" s="10"/>
       <c r="GV10" s="10"/>
       <c r="GW10" s="10"/>
       <c r="GX10" s="10"/>
       <c r="GY10" s="10"/>
       <c r="GZ10" s="10"/>
       <c r="HA10" s="10"/>
       <c r="HB10" s="10"/>
       <c r="HC10" s="10"/>
     </row>
-    <row r="11" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="45" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="38" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C11" s="38" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D11" s="32">
         <v>1</v>
       </c>
       <c r="E11" s="32">
         <v>10</v>
       </c>
       <c r="F11" s="32" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="32" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="37" t="s">
-        <v>19</v>
+        <v>191</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
       <c r="X11" s="13"/>
       <c r="Y11" s="13"/>
       <c r="Z11" s="13"/>
       <c r="AA11" s="13"/>
       <c r="AB11" s="13"/>
       <c r="AC11" s="13"/>
       <c r="AD11" s="13"/>
       <c r="AE11" s="13"/>
       <c r="AF11" s="13"/>
       <c r="AG11" s="13"/>
@@ -3145,59 +3142,59 @@
       <c r="GF11" s="13"/>
       <c r="GG11" s="13"/>
       <c r="GH11" s="13"/>
       <c r="GI11" s="13"/>
       <c r="GJ11" s="13"/>
       <c r="GK11" s="13"/>
       <c r="GL11" s="13"/>
       <c r="GM11" s="13"/>
       <c r="GN11" s="13"/>
       <c r="GO11" s="13"/>
       <c r="GP11" s="13"/>
       <c r="GQ11" s="13"/>
       <c r="GR11" s="13"/>
       <c r="GS11" s="13"/>
       <c r="GT11" s="13"/>
       <c r="GU11" s="13"/>
       <c r="GV11" s="13"/>
       <c r="GW11" s="13"/>
       <c r="GX11" s="13"/>
       <c r="GY11" s="13"/>
       <c r="GZ11" s="13"/>
       <c r="HA11" s="13"/>
       <c r="HB11" s="13"/>
       <c r="HC11" s="13"/>
     </row>
-    <row r="12" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="46" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="26" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C12" s="26" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D12" s="26">
         <v>1</v>
       </c>
       <c r="E12" s="26">
         <v>10</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="30" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="13"/>
       <c r="L12" s="13"/>
       <c r="M12" s="13"/>
       <c r="N12" s="13"/>
       <c r="O12" s="13"/>
@@ -3376,74 +3373,74 @@
       <c r="GF12" s="13"/>
       <c r="GG12" s="13"/>
       <c r="GH12" s="13"/>
       <c r="GI12" s="13"/>
       <c r="GJ12" s="13"/>
       <c r="GK12" s="13"/>
       <c r="GL12" s="13"/>
       <c r="GM12" s="13"/>
       <c r="GN12" s="13"/>
       <c r="GO12" s="13"/>
       <c r="GP12" s="13"/>
       <c r="GQ12" s="13"/>
       <c r="GR12" s="13"/>
       <c r="GS12" s="13"/>
       <c r="GT12" s="13"/>
       <c r="GU12" s="13"/>
       <c r="GV12" s="13"/>
       <c r="GW12" s="13"/>
       <c r="GX12" s="13"/>
       <c r="GY12" s="13"/>
       <c r="GZ12" s="13"/>
       <c r="HA12" s="13"/>
       <c r="HB12" s="13"/>
       <c r="HC12" s="13"/>
     </row>
-    <row r="13" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="44" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="23" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D13" s="23">
         <v>3</v>
       </c>
       <c r="E13" s="23">
         <v>10</v>
       </c>
       <c r="F13" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13" s="23" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I13" s="24" t="s">
         <v>19</v>
       </c>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="10"/>
       <c r="M13" s="10"/>
       <c r="N13" s="10"/>
       <c r="O13" s="10"/>
       <c r="P13" s="10"/>
       <c r="Q13" s="10"/>
       <c r="R13" s="10"/>
       <c r="S13" s="10"/>
       <c r="T13" s="10"/>
       <c r="U13" s="10"/>
       <c r="V13" s="10"/>
       <c r="W13" s="10"/>
       <c r="X13" s="10"/>
       <c r="Y13" s="10"/>
       <c r="Z13" s="10"/>
       <c r="AA13" s="10"/>
       <c r="AB13" s="10"/>
       <c r="AC13" s="10"/>
       <c r="AD13" s="10"/>
@@ -3607,74 +3604,74 @@
       <c r="GF13" s="10"/>
       <c r="GG13" s="10"/>
       <c r="GH13" s="10"/>
       <c r="GI13" s="10"/>
       <c r="GJ13" s="10"/>
       <c r="GK13" s="10"/>
       <c r="GL13" s="10"/>
       <c r="GM13" s="10"/>
       <c r="GN13" s="10"/>
       <c r="GO13" s="10"/>
       <c r="GP13" s="10"/>
       <c r="GQ13" s="10"/>
       <c r="GR13" s="10"/>
       <c r="GS13" s="10"/>
       <c r="GT13" s="10"/>
       <c r="GU13" s="10"/>
       <c r="GV13" s="10"/>
       <c r="GW13" s="10"/>
       <c r="GX13" s="10"/>
       <c r="GY13" s="10"/>
       <c r="GZ13" s="10"/>
       <c r="HA13" s="10"/>
       <c r="HB13" s="10"/>
       <c r="HC13" s="10"/>
     </row>
-    <row r="14" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="46" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="26" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D14" s="26">
         <v>2</v>
       </c>
       <c r="E14" s="26">
         <v>10</v>
       </c>
       <c r="F14" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="26" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I14" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J14" s="10"/>
       <c r="K14" s="10"/>
       <c r="L14" s="10"/>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
       <c r="P14" s="10"/>
       <c r="Q14" s="10"/>
       <c r="R14" s="10"/>
       <c r="S14" s="10"/>
       <c r="T14" s="10"/>
       <c r="U14" s="10"/>
       <c r="V14" s="10"/>
       <c r="W14" s="10"/>
       <c r="X14" s="10"/>
       <c r="Y14" s="10"/>
       <c r="Z14" s="10"/>
       <c r="AA14" s="10"/>
       <c r="AB14" s="10"/>
       <c r="AC14" s="10"/>
       <c r="AD14" s="10"/>
@@ -3838,59 +3835,59 @@
       <c r="GF14" s="10"/>
       <c r="GG14" s="10"/>
       <c r="GH14" s="10"/>
       <c r="GI14" s="10"/>
       <c r="GJ14" s="10"/>
       <c r="GK14" s="10"/>
       <c r="GL14" s="10"/>
       <c r="GM14" s="10"/>
       <c r="GN14" s="10"/>
       <c r="GO14" s="10"/>
       <c r="GP14" s="10"/>
       <c r="GQ14" s="10"/>
       <c r="GR14" s="10"/>
       <c r="GS14" s="10"/>
       <c r="GT14" s="10"/>
       <c r="GU14" s="10"/>
       <c r="GV14" s="10"/>
       <c r="GW14" s="10"/>
       <c r="GX14" s="10"/>
       <c r="GY14" s="10"/>
       <c r="GZ14" s="10"/>
       <c r="HA14" s="10"/>
       <c r="HB14" s="10"/>
       <c r="HC14" s="10"/>
     </row>
-    <row r="15" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="48" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="21" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D15" s="21">
         <v>1</v>
       </c>
       <c r="E15" s="21">
         <v>10</v>
       </c>
       <c r="F15" s="21" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="34" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="33" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
@@ -4069,77 +4066,77 @@
       <c r="GF15" s="10"/>
       <c r="GG15" s="10"/>
       <c r="GH15" s="10"/>
       <c r="GI15" s="10"/>
       <c r="GJ15" s="10"/>
       <c r="GK15" s="10"/>
       <c r="GL15" s="10"/>
       <c r="GM15" s="10"/>
       <c r="GN15" s="10"/>
       <c r="GO15" s="10"/>
       <c r="GP15" s="10"/>
       <c r="GQ15" s="10"/>
       <c r="GR15" s="10"/>
       <c r="GS15" s="10"/>
       <c r="GT15" s="10"/>
       <c r="GU15" s="10"/>
       <c r="GV15" s="10"/>
       <c r="GW15" s="10"/>
       <c r="GX15" s="10"/>
       <c r="GY15" s="10"/>
       <c r="GZ15" s="10"/>
       <c r="HA15" s="10"/>
       <c r="HB15" s="10"/>
       <c r="HC15" s="10"/>
     </row>
-    <row r="16" spans="1:211" s="14" customFormat="1" ht="49.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:211" s="14" customFormat="1" ht="50" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="B16" s="19" t="s">
+      <c r="C16" s="19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D16" s="19">
         <v>3</v>
       </c>
       <c r="E16" s="19">
         <v>5</v>
       </c>
       <c r="F16" s="19" t="s">
         <v>20</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="19" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="I16" s="20" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="13"/>
       <c r="L16" s="13"/>
       <c r="M16" s="13"/>
       <c r="N16" s="13"/>
       <c r="O16" s="13"/>
       <c r="P16" s="13"/>
       <c r="Q16" s="13"/>
       <c r="R16" s="13"/>
       <c r="S16" s="13"/>
       <c r="T16" s="13"/>
       <c r="U16" s="13"/>
       <c r="V16" s="13"/>
       <c r="W16" s="13"/>
       <c r="X16" s="13"/>
       <c r="Y16" s="13"/>
       <c r="Z16" s="13"/>
       <c r="AA16" s="13"/>
       <c r="AB16" s="13"/>
       <c r="AC16" s="13"/>
       <c r="AD16" s="13"/>
       <c r="AE16" s="13"/>
       <c r="AF16" s="13"/>
       <c r="AG16" s="13"/>
@@ -4300,77 +4297,77 @@
       <c r="GF16" s="13"/>
       <c r="GG16" s="13"/>
       <c r="GH16" s="13"/>
       <c r="GI16" s="13"/>
       <c r="GJ16" s="13"/>
       <c r="GK16" s="13"/>
       <c r="GL16" s="13"/>
       <c r="GM16" s="13"/>
       <c r="GN16" s="13"/>
       <c r="GO16" s="13"/>
       <c r="GP16" s="13"/>
       <c r="GQ16" s="13"/>
       <c r="GR16" s="13"/>
       <c r="GS16" s="13"/>
       <c r="GT16" s="13"/>
       <c r="GU16" s="13"/>
       <c r="GV16" s="13"/>
       <c r="GW16" s="13"/>
       <c r="GX16" s="13"/>
       <c r="GY16" s="13"/>
       <c r="GZ16" s="13"/>
       <c r="HA16" s="13"/>
       <c r="HB16" s="13"/>
       <c r="HC16" s="13"/>
     </row>
-    <row r="17" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="48" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B17" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D17" s="21">
         <v>4</v>
       </c>
       <c r="E17" s="21">
         <v>5</v>
       </c>
       <c r="F17" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="21" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="22" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="13"/>
       <c r="L17" s="13"/>
       <c r="M17" s="13"/>
       <c r="N17" s="13"/>
       <c r="O17" s="13"/>
       <c r="P17" s="13"/>
       <c r="Q17" s="13"/>
       <c r="R17" s="13"/>
       <c r="S17" s="13"/>
       <c r="T17" s="13"/>
       <c r="U17" s="13"/>
       <c r="V17" s="13"/>
       <c r="W17" s="13"/>
       <c r="X17" s="13"/>
       <c r="Y17" s="13"/>
       <c r="Z17" s="13"/>
       <c r="AA17" s="13"/>
       <c r="AB17" s="13"/>
       <c r="AC17" s="13"/>
       <c r="AD17" s="13"/>
       <c r="AE17" s="13"/>
       <c r="AF17" s="13"/>
       <c r="AG17" s="13"/>
@@ -4531,74 +4528,74 @@
       <c r="GF17" s="13"/>
       <c r="GG17" s="13"/>
       <c r="GH17" s="13"/>
       <c r="GI17" s="13"/>
       <c r="GJ17" s="13"/>
       <c r="GK17" s="13"/>
       <c r="GL17" s="13"/>
       <c r="GM17" s="13"/>
       <c r="GN17" s="13"/>
       <c r="GO17" s="13"/>
       <c r="GP17" s="13"/>
       <c r="GQ17" s="13"/>
       <c r="GR17" s="13"/>
       <c r="GS17" s="13"/>
       <c r="GT17" s="13"/>
       <c r="GU17" s="13"/>
       <c r="GV17" s="13"/>
       <c r="GW17" s="13"/>
       <c r="GX17" s="13"/>
       <c r="GY17" s="13"/>
       <c r="GZ17" s="13"/>
       <c r="HA17" s="13"/>
       <c r="HB17" s="13"/>
       <c r="HC17" s="13"/>
     </row>
-    <row r="18" spans="1:211" s="11" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:211" s="11" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="48" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C18" s="21" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D18" s="21">
         <v>1</v>
       </c>
       <c r="E18" s="21">
         <v>10</v>
       </c>
       <c r="F18" s="21" t="s">
         <v>20</v>
       </c>
       <c r="G18" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I18" s="33" t="s">
         <v>19</v>
       </c>
       <c r="J18" s="10"/>
       <c r="K18" s="10"/>
       <c r="L18" s="10"/>
       <c r="M18" s="10"/>
       <c r="N18" s="10"/>
       <c r="O18" s="10"/>
       <c r="P18" s="10"/>
       <c r="Q18" s="10"/>
       <c r="R18" s="10"/>
       <c r="S18" s="10"/>
       <c r="T18" s="10"/>
       <c r="U18" s="10"/>
       <c r="V18" s="10"/>
       <c r="W18" s="10"/>
       <c r="X18" s="10"/>
       <c r="Y18" s="10"/>
       <c r="Z18" s="10"/>
       <c r="AA18" s="10"/>
       <c r="AB18" s="10"/>
       <c r="AC18" s="10"/>
       <c r="AD18" s="10"/>
@@ -4762,77 +4759,77 @@
       <c r="GF18" s="10"/>
       <c r="GG18" s="10"/>
       <c r="GH18" s="10"/>
       <c r="GI18" s="10"/>
       <c r="GJ18" s="10"/>
       <c r="GK18" s="10"/>
       <c r="GL18" s="10"/>
       <c r="GM18" s="10"/>
       <c r="GN18" s="10"/>
       <c r="GO18" s="10"/>
       <c r="GP18" s="10"/>
       <c r="GQ18" s="10"/>
       <c r="GR18" s="10"/>
       <c r="GS18" s="10"/>
       <c r="GT18" s="10"/>
       <c r="GU18" s="10"/>
       <c r="GV18" s="10"/>
       <c r="GW18" s="10"/>
       <c r="GX18" s="10"/>
       <c r="GY18" s="10"/>
       <c r="GZ18" s="10"/>
       <c r="HA18" s="10"/>
       <c r="HB18" s="10"/>
       <c r="HC18" s="10"/>
     </row>
-    <row r="19" spans="1:211" s="11" customFormat="1" ht="58.2" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:211" s="11" customFormat="1" ht="58.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="B19" s="23" t="s">
+      <c r="C19" s="23" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D19" s="23">
         <v>1</v>
       </c>
       <c r="E19" s="23">
         <v>10</v>
       </c>
       <c r="F19" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="23" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I19" s="24" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
       <c r="R19" s="10"/>
       <c r="S19" s="10"/>
       <c r="T19" s="10"/>
       <c r="U19" s="10"/>
       <c r="V19" s="10"/>
       <c r="W19" s="10"/>
       <c r="X19" s="10"/>
       <c r="Y19" s="10"/>
       <c r="Z19" s="10"/>
       <c r="AA19" s="10"/>
       <c r="AB19" s="10"/>
       <c r="AC19" s="10"/>
       <c r="AD19" s="10"/>
       <c r="AE19" s="10"/>
       <c r="AF19" s="10"/>
       <c r="AG19" s="10"/>
@@ -4993,74 +4990,74 @@
       <c r="GF19" s="10"/>
       <c r="GG19" s="10"/>
       <c r="GH19" s="10"/>
       <c r="GI19" s="10"/>
       <c r="GJ19" s="10"/>
       <c r="GK19" s="10"/>
       <c r="GL19" s="10"/>
       <c r="GM19" s="10"/>
       <c r="GN19" s="10"/>
       <c r="GO19" s="10"/>
       <c r="GP19" s="10"/>
       <c r="GQ19" s="10"/>
       <c r="GR19" s="10"/>
       <c r="GS19" s="10"/>
       <c r="GT19" s="10"/>
       <c r="GU19" s="10"/>
       <c r="GV19" s="10"/>
       <c r="GW19" s="10"/>
       <c r="GX19" s="10"/>
       <c r="GY19" s="10"/>
       <c r="GZ19" s="10"/>
       <c r="HA19" s="10"/>
       <c r="HB19" s="10"/>
       <c r="HC19" s="10"/>
     </row>
-    <row r="20" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="B20" s="28" t="s">
         <v>50</v>
       </c>
-      <c r="B20" s="28" t="s">
+      <c r="C20" s="28" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D20" s="28">
         <v>1</v>
       </c>
       <c r="E20" s="28">
         <v>10</v>
       </c>
       <c r="F20" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="28" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I20" s="35" t="s">
         <v>19</v>
       </c>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
       <c r="R20" s="10"/>
       <c r="S20" s="10"/>
       <c r="T20" s="10"/>
       <c r="U20" s="10"/>
       <c r="V20" s="10"/>
       <c r="W20" s="10"/>
       <c r="X20" s="10"/>
       <c r="Y20" s="10"/>
       <c r="Z20" s="10"/>
       <c r="AA20" s="10"/>
       <c r="AB20" s="10"/>
       <c r="AC20" s="10"/>
       <c r="AD20" s="10"/>
@@ -5224,74 +5221,74 @@
       <c r="GF20" s="10"/>
       <c r="GG20" s="10"/>
       <c r="GH20" s="10"/>
       <c r="GI20" s="10"/>
       <c r="GJ20" s="10"/>
       <c r="GK20" s="10"/>
       <c r="GL20" s="10"/>
       <c r="GM20" s="10"/>
       <c r="GN20" s="10"/>
       <c r="GO20" s="10"/>
       <c r="GP20" s="10"/>
       <c r="GQ20" s="10"/>
       <c r="GR20" s="10"/>
       <c r="GS20" s="10"/>
       <c r="GT20" s="10"/>
       <c r="GU20" s="10"/>
       <c r="GV20" s="10"/>
       <c r="GW20" s="10"/>
       <c r="GX20" s="10"/>
       <c r="GY20" s="10"/>
       <c r="GZ20" s="10"/>
       <c r="HA20" s="10"/>
       <c r="HB20" s="10"/>
       <c r="HC20" s="10"/>
     </row>
-    <row r="21" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="46" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B21" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="26" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D21" s="26">
         <v>1</v>
       </c>
       <c r="E21" s="26">
         <v>10</v>
       </c>
       <c r="F21" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="36" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I21" s="56" t="s">
         <v>19</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="13"/>
       <c r="L21" s="13"/>
       <c r="M21" s="13"/>
       <c r="N21" s="13"/>
       <c r="O21" s="13"/>
       <c r="P21" s="13"/>
       <c r="Q21" s="13"/>
       <c r="R21" s="13"/>
       <c r="S21" s="13"/>
       <c r="T21" s="13"/>
       <c r="U21" s="13"/>
       <c r="V21" s="13"/>
       <c r="W21" s="13"/>
       <c r="X21" s="13"/>
       <c r="Y21" s="13"/>
       <c r="Z21" s="13"/>
       <c r="AA21" s="13"/>
       <c r="AB21" s="13"/>
       <c r="AC21" s="13"/>
       <c r="AD21" s="13"/>
@@ -5455,77 +5452,77 @@
       <c r="GF21" s="13"/>
       <c r="GG21" s="13"/>
       <c r="GH21" s="13"/>
       <c r="GI21" s="13"/>
       <c r="GJ21" s="13"/>
       <c r="GK21" s="13"/>
       <c r="GL21" s="13"/>
       <c r="GM21" s="13"/>
       <c r="GN21" s="13"/>
       <c r="GO21" s="13"/>
       <c r="GP21" s="13"/>
       <c r="GQ21" s="13"/>
       <c r="GR21" s="13"/>
       <c r="GS21" s="13"/>
       <c r="GT21" s="13"/>
       <c r="GU21" s="13"/>
       <c r="GV21" s="13"/>
       <c r="GW21" s="13"/>
       <c r="GX21" s="13"/>
       <c r="GY21" s="13"/>
       <c r="GZ21" s="13"/>
       <c r="HA21" s="13"/>
       <c r="HB21" s="13"/>
       <c r="HC21" s="13"/>
     </row>
-    <row r="22" spans="1:211" s="14" customFormat="1" ht="49.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:211" s="14" customFormat="1" ht="50" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="44" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B22" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="23" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D22" s="23">
         <v>1</v>
       </c>
       <c r="E22" s="23">
         <v>10</v>
       </c>
       <c r="F22" s="23" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="I22" s="24" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
       <c r="X22" s="13"/>
       <c r="Y22" s="13"/>
       <c r="Z22" s="13"/>
       <c r="AA22" s="13"/>
       <c r="AB22" s="13"/>
       <c r="AC22" s="13"/>
       <c r="AD22" s="13"/>
       <c r="AE22" s="13"/>
       <c r="AF22" s="13"/>
       <c r="AG22" s="13"/>
@@ -5686,74 +5683,74 @@
       <c r="GF22" s="13"/>
       <c r="GG22" s="13"/>
       <c r="GH22" s="13"/>
       <c r="GI22" s="13"/>
       <c r="GJ22" s="13"/>
       <c r="GK22" s="13"/>
       <c r="GL22" s="13"/>
       <c r="GM22" s="13"/>
       <c r="GN22" s="13"/>
       <c r="GO22" s="13"/>
       <c r="GP22" s="13"/>
       <c r="GQ22" s="13"/>
       <c r="GR22" s="13"/>
       <c r="GS22" s="13"/>
       <c r="GT22" s="13"/>
       <c r="GU22" s="13"/>
       <c r="GV22" s="13"/>
       <c r="GW22" s="13"/>
       <c r="GX22" s="13"/>
       <c r="GY22" s="13"/>
       <c r="GZ22" s="13"/>
       <c r="HA22" s="13"/>
       <c r="HB22" s="13"/>
       <c r="HC22" s="13"/>
     </row>
-    <row r="23" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="B23" s="32" t="s">
         <v>60</v>
       </c>
-      <c r="B23" s="32" t="s">
+      <c r="C23" s="32" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D23" s="32">
         <v>1</v>
       </c>
       <c r="E23" s="32">
         <v>10</v>
       </c>
       <c r="F23" s="32" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I23" s="37" t="s">
         <v>19</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="13"/>
       <c r="L23" s="13"/>
       <c r="M23" s="13"/>
       <c r="N23" s="13"/>
       <c r="O23" s="13"/>
       <c r="P23" s="13"/>
       <c r="Q23" s="13"/>
       <c r="R23" s="13"/>
       <c r="S23" s="13"/>
       <c r="T23" s="13"/>
       <c r="U23" s="13"/>
       <c r="V23" s="13"/>
       <c r="W23" s="13"/>
       <c r="X23" s="13"/>
       <c r="Y23" s="13"/>
       <c r="Z23" s="13"/>
       <c r="AA23" s="13"/>
       <c r="AB23" s="13"/>
       <c r="AC23" s="13"/>
       <c r="AD23" s="13"/>
@@ -5917,74 +5914,74 @@
       <c r="GF23" s="13"/>
       <c r="GG23" s="13"/>
       <c r="GH23" s="13"/>
       <c r="GI23" s="13"/>
       <c r="GJ23" s="13"/>
       <c r="GK23" s="13"/>
       <c r="GL23" s="13"/>
       <c r="GM23" s="13"/>
       <c r="GN23" s="13"/>
       <c r="GO23" s="13"/>
       <c r="GP23" s="13"/>
       <c r="GQ23" s="13"/>
       <c r="GR23" s="13"/>
       <c r="GS23" s="13"/>
       <c r="GT23" s="13"/>
       <c r="GU23" s="13"/>
       <c r="GV23" s="13"/>
       <c r="GW23" s="13"/>
       <c r="GX23" s="13"/>
       <c r="GY23" s="13"/>
       <c r="GZ23" s="13"/>
       <c r="HA23" s="13"/>
       <c r="HB23" s="13"/>
       <c r="HC23" s="13"/>
     </row>
-    <row r="24" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" s="28" t="s">
         <v>63</v>
       </c>
-      <c r="B24" s="28" t="s">
+      <c r="C24" s="28" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D24" s="28">
         <v>1</v>
       </c>
       <c r="E24" s="28">
         <v>10</v>
       </c>
       <c r="F24" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I24" s="35" t="s">
         <v>19</v>
       </c>
       <c r="J24" s="13"/>
       <c r="K24" s="13"/>
       <c r="L24" s="13"/>
       <c r="M24" s="13"/>
       <c r="N24" s="13"/>
       <c r="O24" s="13"/>
       <c r="P24" s="13"/>
       <c r="Q24" s="13"/>
       <c r="R24" s="13"/>
       <c r="S24" s="13"/>
       <c r="T24" s="13"/>
       <c r="U24" s="13"/>
       <c r="V24" s="13"/>
       <c r="W24" s="13"/>
       <c r="X24" s="13"/>
       <c r="Y24" s="13"/>
       <c r="Z24" s="13"/>
       <c r="AA24" s="13"/>
       <c r="AB24" s="13"/>
       <c r="AC24" s="13"/>
       <c r="AD24" s="13"/>
@@ -6148,74 +6145,74 @@
       <c r="GF24" s="13"/>
       <c r="GG24" s="13"/>
       <c r="GH24" s="13"/>
       <c r="GI24" s="13"/>
       <c r="GJ24" s="13"/>
       <c r="GK24" s="13"/>
       <c r="GL24" s="13"/>
       <c r="GM24" s="13"/>
       <c r="GN24" s="13"/>
       <c r="GO24" s="13"/>
       <c r="GP24" s="13"/>
       <c r="GQ24" s="13"/>
       <c r="GR24" s="13"/>
       <c r="GS24" s="13"/>
       <c r="GT24" s="13"/>
       <c r="GU24" s="13"/>
       <c r="GV24" s="13"/>
       <c r="GW24" s="13"/>
       <c r="GX24" s="13"/>
       <c r="GY24" s="13"/>
       <c r="GZ24" s="13"/>
       <c r="HA24" s="13"/>
       <c r="HB24" s="13"/>
       <c r="HC24" s="13"/>
     </row>
-    <row r="25" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="45" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B25" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="32" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D25" s="52">
         <v>1</v>
       </c>
       <c r="E25" s="52">
         <v>10</v>
       </c>
       <c r="F25" s="32" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I25" s="37" t="s">
         <v>19</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="13"/>
       <c r="L25" s="13"/>
       <c r="M25" s="13"/>
       <c r="N25" s="13"/>
       <c r="O25" s="13"/>
       <c r="P25" s="13"/>
       <c r="Q25" s="13"/>
       <c r="R25" s="13"/>
       <c r="S25" s="13"/>
       <c r="T25" s="13"/>
       <c r="U25" s="13"/>
       <c r="V25" s="13"/>
       <c r="W25" s="13"/>
       <c r="X25" s="13"/>
       <c r="Y25" s="13"/>
       <c r="Z25" s="13"/>
       <c r="AA25" s="13"/>
       <c r="AB25" s="13"/>
       <c r="AC25" s="13"/>
       <c r="AD25" s="13"/>
@@ -6379,74 +6376,74 @@
       <c r="GF25" s="13"/>
       <c r="GG25" s="13"/>
       <c r="GH25" s="13"/>
       <c r="GI25" s="13"/>
       <c r="GJ25" s="13"/>
       <c r="GK25" s="13"/>
       <c r="GL25" s="13"/>
       <c r="GM25" s="13"/>
       <c r="GN25" s="13"/>
       <c r="GO25" s="13"/>
       <c r="GP25" s="13"/>
       <c r="GQ25" s="13"/>
       <c r="GR25" s="13"/>
       <c r="GS25" s="13"/>
       <c r="GT25" s="13"/>
       <c r="GU25" s="13"/>
       <c r="GV25" s="13"/>
       <c r="GW25" s="13"/>
       <c r="GX25" s="13"/>
       <c r="GY25" s="13"/>
       <c r="GZ25" s="13"/>
       <c r="HA25" s="13"/>
       <c r="HB25" s="13"/>
       <c r="HC25" s="13"/>
     </row>
-    <row r="26" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="47" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B26" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="28" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D26" s="28">
         <v>1</v>
       </c>
       <c r="E26" s="28">
         <v>10</v>
       </c>
       <c r="F26" s="28" t="s">
         <v>20</v>
       </c>
       <c r="G26" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="28" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I26" s="35" t="s">
         <v>19</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="13"/>
       <c r="L26" s="13"/>
       <c r="M26" s="13"/>
       <c r="N26" s="13"/>
       <c r="O26" s="13"/>
       <c r="P26" s="13"/>
       <c r="Q26" s="13"/>
       <c r="R26" s="13"/>
       <c r="S26" s="13"/>
       <c r="T26" s="13"/>
       <c r="U26" s="13"/>
       <c r="V26" s="13"/>
       <c r="W26" s="13"/>
       <c r="X26" s="13"/>
       <c r="Y26" s="13"/>
       <c r="Z26" s="13"/>
       <c r="AA26" s="13"/>
       <c r="AB26" s="13"/>
       <c r="AC26" s="13"/>
       <c r="AD26" s="13"/>
@@ -6610,74 +6607,74 @@
       <c r="GF26" s="13"/>
       <c r="GG26" s="13"/>
       <c r="GH26" s="13"/>
       <c r="GI26" s="13"/>
       <c r="GJ26" s="13"/>
       <c r="GK26" s="13"/>
       <c r="GL26" s="13"/>
       <c r="GM26" s="13"/>
       <c r="GN26" s="13"/>
       <c r="GO26" s="13"/>
       <c r="GP26" s="13"/>
       <c r="GQ26" s="13"/>
       <c r="GR26" s="13"/>
       <c r="GS26" s="13"/>
       <c r="GT26" s="13"/>
       <c r="GU26" s="13"/>
       <c r="GV26" s="13"/>
       <c r="GW26" s="13"/>
       <c r="GX26" s="13"/>
       <c r="GY26" s="13"/>
       <c r="GZ26" s="13"/>
       <c r="HA26" s="13"/>
       <c r="HB26" s="13"/>
       <c r="HC26" s="13"/>
     </row>
-    <row r="27" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="45" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B27" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" s="32" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D27" s="32">
         <v>1</v>
       </c>
       <c r="E27" s="32">
         <v>10</v>
       </c>
       <c r="F27" s="32" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I27" s="37" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="10"/>
       <c r="K27" s="10"/>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
       <c r="N27" s="10"/>
       <c r="O27" s="10"/>
       <c r="P27" s="10"/>
       <c r="Q27" s="10"/>
       <c r="R27" s="10"/>
       <c r="S27" s="10"/>
       <c r="T27" s="10"/>
       <c r="U27" s="10"/>
       <c r="V27" s="10"/>
       <c r="W27" s="10"/>
       <c r="X27" s="10"/>
       <c r="Y27" s="10"/>
       <c r="Z27" s="10"/>
       <c r="AA27" s="10"/>
       <c r="AB27" s="10"/>
       <c r="AC27" s="10"/>
       <c r="AD27" s="10"/>
@@ -6841,77 +6838,77 @@
       <c r="GF27" s="10"/>
       <c r="GG27" s="10"/>
       <c r="GH27" s="10"/>
       <c r="GI27" s="10"/>
       <c r="GJ27" s="10"/>
       <c r="GK27" s="10"/>
       <c r="GL27" s="10"/>
       <c r="GM27" s="10"/>
       <c r="GN27" s="10"/>
       <c r="GO27" s="10"/>
       <c r="GP27" s="10"/>
       <c r="GQ27" s="10"/>
       <c r="GR27" s="10"/>
       <c r="GS27" s="10"/>
       <c r="GT27" s="10"/>
       <c r="GU27" s="10"/>
       <c r="GV27" s="10"/>
       <c r="GW27" s="10"/>
       <c r="GX27" s="10"/>
       <c r="GY27" s="10"/>
       <c r="GZ27" s="10"/>
       <c r="HA27" s="10"/>
       <c r="HB27" s="10"/>
       <c r="HC27" s="10"/>
     </row>
-    <row r="28" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="47" t="s">
+        <v>72</v>
+      </c>
+      <c r="B28" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="B28" s="28" t="s">
+      <c r="C28" s="28" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D28" s="53">
         <v>1</v>
       </c>
       <c r="E28" s="53">
         <v>10</v>
       </c>
       <c r="F28" s="28" t="s">
         <v>20</v>
       </c>
       <c r="G28" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="28" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I28" s="24" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J28" s="10"/>
       <c r="K28" s="10"/>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
       <c r="N28" s="10"/>
       <c r="O28" s="10"/>
       <c r="P28" s="10"/>
       <c r="Q28" s="10"/>
       <c r="R28" s="10"/>
       <c r="S28" s="10"/>
       <c r="T28" s="10"/>
       <c r="U28" s="10"/>
       <c r="V28" s="10"/>
       <c r="W28" s="10"/>
       <c r="X28" s="10"/>
       <c r="Y28" s="10"/>
       <c r="Z28" s="10"/>
       <c r="AA28" s="10"/>
       <c r="AB28" s="10"/>
       <c r="AC28" s="10"/>
       <c r="AD28" s="10"/>
       <c r="AE28" s="10"/>
       <c r="AF28" s="10"/>
       <c r="AG28" s="10"/>
@@ -7072,77 +7069,77 @@
       <c r="GF28" s="10"/>
       <c r="GG28" s="10"/>
       <c r="GH28" s="10"/>
       <c r="GI28" s="10"/>
       <c r="GJ28" s="10"/>
       <c r="GK28" s="10"/>
       <c r="GL28" s="10"/>
       <c r="GM28" s="10"/>
       <c r="GN28" s="10"/>
       <c r="GO28" s="10"/>
       <c r="GP28" s="10"/>
       <c r="GQ28" s="10"/>
       <c r="GR28" s="10"/>
       <c r="GS28" s="10"/>
       <c r="GT28" s="10"/>
       <c r="GU28" s="10"/>
       <c r="GV28" s="10"/>
       <c r="GW28" s="10"/>
       <c r="GX28" s="10"/>
       <c r="GY28" s="10"/>
       <c r="GZ28" s="10"/>
       <c r="HA28" s="10"/>
       <c r="HB28" s="10"/>
       <c r="HC28" s="10"/>
     </row>
-    <row r="29" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="48" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B29" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" s="21" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D29" s="21">
         <v>1</v>
       </c>
       <c r="E29" s="21">
         <v>10</v>
       </c>
       <c r="F29" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="21" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I29" s="33" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="13"/>
       <c r="M29" s="13"/>
       <c r="N29" s="13"/>
       <c r="O29" s="13"/>
       <c r="P29" s="13"/>
       <c r="Q29" s="13"/>
       <c r="R29" s="13"/>
       <c r="S29" s="13"/>
       <c r="T29" s="13"/>
       <c r="U29" s="13"/>
       <c r="V29" s="13"/>
       <c r="W29" s="13"/>
       <c r="X29" s="13"/>
       <c r="Y29" s="13"/>
       <c r="Z29" s="13"/>
       <c r="AA29" s="13"/>
       <c r="AB29" s="13"/>
       <c r="AC29" s="13"/>
       <c r="AD29" s="13"/>
       <c r="AE29" s="13"/>
       <c r="AF29" s="13"/>
       <c r="AG29" s="13"/>
@@ -7303,77 +7300,77 @@
       <c r="GF29" s="13"/>
       <c r="GG29" s="13"/>
       <c r="GH29" s="13"/>
       <c r="GI29" s="13"/>
       <c r="GJ29" s="13"/>
       <c r="GK29" s="13"/>
       <c r="GL29" s="13"/>
       <c r="GM29" s="13"/>
       <c r="GN29" s="13"/>
       <c r="GO29" s="13"/>
       <c r="GP29" s="13"/>
       <c r="GQ29" s="13"/>
       <c r="GR29" s="13"/>
       <c r="GS29" s="13"/>
       <c r="GT29" s="13"/>
       <c r="GU29" s="13"/>
       <c r="GV29" s="13"/>
       <c r="GW29" s="13"/>
       <c r="GX29" s="13"/>
       <c r="GY29" s="13"/>
       <c r="GZ29" s="13"/>
       <c r="HA29" s="13"/>
       <c r="HB29" s="13"/>
       <c r="HC29" s="13"/>
     </row>
-    <row r="30" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="48" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B30" s="21" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C30" s="21" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D30" s="21">
         <v>1</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="21" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I30" s="33" t="s">
-        <v>192</v>
+        <v>19</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="13"/>
       <c r="L30" s="13"/>
       <c r="M30" s="13"/>
       <c r="N30" s="13"/>
       <c r="O30" s="13"/>
       <c r="P30" s="13"/>
       <c r="Q30" s="13"/>
       <c r="R30" s="13"/>
       <c r="S30" s="13"/>
       <c r="T30" s="13"/>
       <c r="U30" s="13"/>
       <c r="V30" s="13"/>
       <c r="W30" s="13"/>
       <c r="X30" s="13"/>
       <c r="Y30" s="13"/>
       <c r="Z30" s="13"/>
       <c r="AA30" s="13"/>
       <c r="AB30" s="13"/>
       <c r="AC30" s="13"/>
       <c r="AD30" s="13"/>
       <c r="AE30" s="13"/>
       <c r="AF30" s="13"/>
       <c r="AG30" s="13"/>
@@ -7534,77 +7531,77 @@
       <c r="GF30" s="13"/>
       <c r="GG30" s="13"/>
       <c r="GH30" s="13"/>
       <c r="GI30" s="13"/>
       <c r="GJ30" s="13"/>
       <c r="GK30" s="13"/>
       <c r="GL30" s="13"/>
       <c r="GM30" s="13"/>
       <c r="GN30" s="13"/>
       <c r="GO30" s="13"/>
       <c r="GP30" s="13"/>
       <c r="GQ30" s="13"/>
       <c r="GR30" s="13"/>
       <c r="GS30" s="13"/>
       <c r="GT30" s="13"/>
       <c r="GU30" s="13"/>
       <c r="GV30" s="13"/>
       <c r="GW30" s="13"/>
       <c r="GX30" s="13"/>
       <c r="GY30" s="13"/>
       <c r="GZ30" s="13"/>
       <c r="HA30" s="13"/>
       <c r="HB30" s="13"/>
       <c r="HC30" s="13"/>
     </row>
-    <row r="31" spans="1:211" s="14" customFormat="1" ht="48.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:211" s="14" customFormat="1" ht="48.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="48" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B31" s="21" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C31" s="21" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D31" s="21">
         <v>1</v>
       </c>
       <c r="E31" s="21">
         <v>10</v>
       </c>
       <c r="F31" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="21" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I31" s="33" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="13"/>
       <c r="L31" s="13"/>
       <c r="M31" s="13"/>
       <c r="N31" s="13"/>
       <c r="O31" s="13"/>
       <c r="P31" s="13"/>
       <c r="Q31" s="13"/>
       <c r="R31" s="13"/>
       <c r="S31" s="13"/>
       <c r="T31" s="13"/>
       <c r="U31" s="13"/>
       <c r="V31" s="13"/>
       <c r="W31" s="13"/>
       <c r="X31" s="13"/>
       <c r="Y31" s="13"/>
       <c r="Z31" s="13"/>
       <c r="AA31" s="13"/>
       <c r="AB31" s="13"/>
       <c r="AC31" s="13"/>
       <c r="AD31" s="13"/>
       <c r="AE31" s="13"/>
       <c r="AF31" s="13"/>
       <c r="AG31" s="13"/>
@@ -7765,77 +7762,77 @@
       <c r="GF31" s="13"/>
       <c r="GG31" s="13"/>
       <c r="GH31" s="13"/>
       <c r="GI31" s="13"/>
       <c r="GJ31" s="13"/>
       <c r="GK31" s="13"/>
       <c r="GL31" s="13"/>
       <c r="GM31" s="13"/>
       <c r="GN31" s="13"/>
       <c r="GO31" s="13"/>
       <c r="GP31" s="13"/>
       <c r="GQ31" s="13"/>
       <c r="GR31" s="13"/>
       <c r="GS31" s="13"/>
       <c r="GT31" s="13"/>
       <c r="GU31" s="13"/>
       <c r="GV31" s="13"/>
       <c r="GW31" s="13"/>
       <c r="GX31" s="13"/>
       <c r="GY31" s="13"/>
       <c r="GZ31" s="13"/>
       <c r="HA31" s="13"/>
       <c r="HB31" s="13"/>
       <c r="HC31" s="13"/>
     </row>
-    <row r="32" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="28" t="s">
         <v>81</v>
       </c>
-      <c r="B32" s="28" t="s">
+      <c r="C32" s="28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D32" s="28">
         <v>2</v>
       </c>
       <c r="E32" s="28">
         <v>10</v>
       </c>
       <c r="F32" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="28" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I32" s="24" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J32" s="10"/>
       <c r="K32" s="10"/>
       <c r="L32" s="10"/>
       <c r="M32" s="10"/>
       <c r="N32" s="10"/>
       <c r="O32" s="10"/>
       <c r="P32" s="10"/>
       <c r="Q32" s="10"/>
       <c r="R32" s="10"/>
       <c r="S32" s="10"/>
       <c r="T32" s="10"/>
       <c r="U32" s="10"/>
       <c r="V32" s="10"/>
       <c r="W32" s="10"/>
       <c r="X32" s="10"/>
       <c r="Y32" s="10"/>
       <c r="Z32" s="10"/>
       <c r="AA32" s="10"/>
       <c r="AB32" s="10"/>
       <c r="AC32" s="10"/>
       <c r="AD32" s="10"/>
       <c r="AE32" s="10"/>
       <c r="AF32" s="10"/>
       <c r="AG32" s="10"/>
@@ -7996,77 +7993,77 @@
       <c r="GF32" s="10"/>
       <c r="GG32" s="10"/>
       <c r="GH32" s="10"/>
       <c r="GI32" s="10"/>
       <c r="GJ32" s="10"/>
       <c r="GK32" s="10"/>
       <c r="GL32" s="10"/>
       <c r="GM32" s="10"/>
       <c r="GN32" s="10"/>
       <c r="GO32" s="10"/>
       <c r="GP32" s="10"/>
       <c r="GQ32" s="10"/>
       <c r="GR32" s="10"/>
       <c r="GS32" s="10"/>
       <c r="GT32" s="10"/>
       <c r="GU32" s="10"/>
       <c r="GV32" s="10"/>
       <c r="GW32" s="10"/>
       <c r="GX32" s="10"/>
       <c r="GY32" s="10"/>
       <c r="GZ32" s="10"/>
       <c r="HA32" s="10"/>
       <c r="HB32" s="10"/>
       <c r="HC32" s="10"/>
     </row>
-    <row r="33" spans="1:211" s="14" customFormat="1" ht="52.8" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:211" s="14" customFormat="1" ht="52.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="49" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B33" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" s="19" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D33" s="19">
         <v>3</v>
       </c>
       <c r="E33" s="19">
         <v>10</v>
       </c>
       <c r="F33" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="19" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I33" s="29" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
       <c r="X33" s="13"/>
       <c r="Y33" s="13"/>
       <c r="Z33" s="13"/>
       <c r="AA33" s="13"/>
       <c r="AB33" s="13"/>
       <c r="AC33" s="13"/>
       <c r="AD33" s="13"/>
       <c r="AE33" s="13"/>
       <c r="AF33" s="13"/>
       <c r="AG33" s="13"/>
@@ -8227,74 +8224,74 @@
       <c r="GF33" s="13"/>
       <c r="GG33" s="13"/>
       <c r="GH33" s="13"/>
       <c r="GI33" s="13"/>
       <c r="GJ33" s="13"/>
       <c r="GK33" s="13"/>
       <c r="GL33" s="13"/>
       <c r="GM33" s="13"/>
       <c r="GN33" s="13"/>
       <c r="GO33" s="13"/>
       <c r="GP33" s="13"/>
       <c r="GQ33" s="13"/>
       <c r="GR33" s="13"/>
       <c r="GS33" s="13"/>
       <c r="GT33" s="13"/>
       <c r="GU33" s="13"/>
       <c r="GV33" s="13"/>
       <c r="GW33" s="13"/>
       <c r="GX33" s="13"/>
       <c r="GY33" s="13"/>
       <c r="GZ33" s="13"/>
       <c r="HA33" s="13"/>
       <c r="HB33" s="13"/>
       <c r="HC33" s="13"/>
     </row>
-    <row r="34" spans="1:211" s="14" customFormat="1" ht="52.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:211" s="14" customFormat="1" ht="52.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="46" t="s">
+        <v>84</v>
+      </c>
+      <c r="B34" s="26" t="s">
         <v>85</v>
       </c>
-      <c r="B34" s="26" t="s">
+      <c r="C34" s="26" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D34" s="26">
         <v>4</v>
       </c>
       <c r="E34" s="26">
         <v>10</v>
       </c>
       <c r="F34" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I34" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J34" s="13"/>
       <c r="K34" s="13"/>
       <c r="L34" s="13"/>
       <c r="M34" s="13"/>
       <c r="N34" s="13"/>
       <c r="O34" s="13"/>
       <c r="P34" s="13"/>
       <c r="Q34" s="13"/>
       <c r="R34" s="13"/>
       <c r="S34" s="13"/>
       <c r="T34" s="13"/>
       <c r="U34" s="13"/>
       <c r="V34" s="13"/>
       <c r="W34" s="13"/>
       <c r="X34" s="13"/>
       <c r="Y34" s="13"/>
       <c r="Z34" s="13"/>
       <c r="AA34" s="13"/>
       <c r="AB34" s="13"/>
       <c r="AC34" s="13"/>
       <c r="AD34" s="13"/>
@@ -8458,77 +8455,77 @@
       <c r="GF34" s="13"/>
       <c r="GG34" s="13"/>
       <c r="GH34" s="13"/>
       <c r="GI34" s="13"/>
       <c r="GJ34" s="13"/>
       <c r="GK34" s="13"/>
       <c r="GL34" s="13"/>
       <c r="GM34" s="13"/>
       <c r="GN34" s="13"/>
       <c r="GO34" s="13"/>
       <c r="GP34" s="13"/>
       <c r="GQ34" s="13"/>
       <c r="GR34" s="13"/>
       <c r="GS34" s="13"/>
       <c r="GT34" s="13"/>
       <c r="GU34" s="13"/>
       <c r="GV34" s="13"/>
       <c r="GW34" s="13"/>
       <c r="GX34" s="13"/>
       <c r="GY34" s="13"/>
       <c r="GZ34" s="13"/>
       <c r="HA34" s="13"/>
       <c r="HB34" s="13"/>
       <c r="HC34" s="13"/>
     </row>
-    <row r="35" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B35" s="32" t="s">
         <v>88</v>
       </c>
-      <c r="B35" s="32" t="s">
+      <c r="C35" s="32" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D35" s="32">
         <v>1</v>
       </c>
       <c r="E35" s="32">
         <v>5</v>
       </c>
       <c r="F35" s="32" t="s">
         <v>20</v>
       </c>
       <c r="G35" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H35" s="38" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I35" s="39" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J35" s="13"/>
       <c r="K35" s="13"/>
       <c r="L35" s="13"/>
       <c r="M35" s="13"/>
       <c r="N35" s="13"/>
       <c r="O35" s="13"/>
       <c r="P35" s="13"/>
       <c r="Q35" s="13"/>
       <c r="R35" s="13"/>
       <c r="S35" s="13"/>
       <c r="T35" s="13"/>
       <c r="U35" s="13"/>
       <c r="V35" s="13"/>
       <c r="W35" s="13"/>
       <c r="X35" s="13"/>
       <c r="Y35" s="13"/>
       <c r="Z35" s="13"/>
       <c r="AA35" s="13"/>
       <c r="AB35" s="13"/>
       <c r="AC35" s="13"/>
       <c r="AD35" s="13"/>
       <c r="AE35" s="13"/>
       <c r="AF35" s="13"/>
       <c r="AG35" s="13"/>
@@ -8689,77 +8686,77 @@
       <c r="GF35" s="13"/>
       <c r="GG35" s="13"/>
       <c r="GH35" s="13"/>
       <c r="GI35" s="13"/>
       <c r="GJ35" s="13"/>
       <c r="GK35" s="13"/>
       <c r="GL35" s="13"/>
       <c r="GM35" s="13"/>
       <c r="GN35" s="13"/>
       <c r="GO35" s="13"/>
       <c r="GP35" s="13"/>
       <c r="GQ35" s="13"/>
       <c r="GR35" s="13"/>
       <c r="GS35" s="13"/>
       <c r="GT35" s="13"/>
       <c r="GU35" s="13"/>
       <c r="GV35" s="13"/>
       <c r="GW35" s="13"/>
       <c r="GX35" s="13"/>
       <c r="GY35" s="13"/>
       <c r="GZ35" s="13"/>
       <c r="HA35" s="13"/>
       <c r="HB35" s="13"/>
       <c r="HC35" s="13"/>
     </row>
-    <row r="36" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="B36" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="19" t="s">
+      <c r="C36" s="19" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D36" s="19">
         <v>1</v>
       </c>
       <c r="E36" s="19">
         <v>5</v>
       </c>
       <c r="F36" s="19" t="s">
         <v>20</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H36" s="40" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I36" s="43" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J36" s="13"/>
       <c r="K36" s="13"/>
       <c r="L36" s="13"/>
       <c r="M36" s="13"/>
       <c r="N36" s="13"/>
       <c r="O36" s="13"/>
       <c r="P36" s="13"/>
       <c r="Q36" s="13"/>
       <c r="R36" s="13"/>
       <c r="S36" s="13"/>
       <c r="T36" s="13"/>
       <c r="U36" s="13"/>
       <c r="V36" s="13"/>
       <c r="W36" s="13"/>
       <c r="X36" s="13"/>
       <c r="Y36" s="13"/>
       <c r="Z36" s="13"/>
       <c r="AA36" s="13"/>
       <c r="AB36" s="13"/>
       <c r="AC36" s="13"/>
       <c r="AD36" s="13"/>
       <c r="AE36" s="13"/>
       <c r="AF36" s="13"/>
       <c r="AG36" s="13"/>
@@ -8920,77 +8917,77 @@
       <c r="GF36" s="13"/>
       <c r="GG36" s="13"/>
       <c r="GH36" s="13"/>
       <c r="GI36" s="13"/>
       <c r="GJ36" s="13"/>
       <c r="GK36" s="13"/>
       <c r="GL36" s="13"/>
       <c r="GM36" s="13"/>
       <c r="GN36" s="13"/>
       <c r="GO36" s="13"/>
       <c r="GP36" s="13"/>
       <c r="GQ36" s="13"/>
       <c r="GR36" s="13"/>
       <c r="GS36" s="13"/>
       <c r="GT36" s="13"/>
       <c r="GU36" s="13"/>
       <c r="GV36" s="13"/>
       <c r="GW36" s="13"/>
       <c r="GX36" s="13"/>
       <c r="GY36" s="13"/>
       <c r="GZ36" s="13"/>
       <c r="HA36" s="13"/>
       <c r="HB36" s="13"/>
       <c r="HC36" s="13"/>
     </row>
-    <row r="37" spans="1:211" s="11" customFormat="1" ht="49.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:211" s="11" customFormat="1" ht="50" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="46" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B37" s="26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="26" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D37" s="26">
         <v>1</v>
       </c>
       <c r="E37" s="26">
         <v>10</v>
       </c>
       <c r="F37" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G37" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="26" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="I37" s="37" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J37" s="10"/>
       <c r="K37" s="10"/>
       <c r="L37" s="10"/>
       <c r="M37" s="10"/>
       <c r="N37" s="10"/>
       <c r="O37" s="10"/>
       <c r="P37" s="10"/>
       <c r="Q37" s="10"/>
       <c r="R37" s="10"/>
       <c r="S37" s="10"/>
       <c r="T37" s="10"/>
       <c r="U37" s="10"/>
       <c r="V37" s="10"/>
       <c r="W37" s="10"/>
       <c r="X37" s="10"/>
       <c r="Y37" s="10"/>
       <c r="Z37" s="10"/>
       <c r="AA37" s="10"/>
       <c r="AB37" s="10"/>
       <c r="AC37" s="10"/>
       <c r="AD37" s="10"/>
       <c r="AE37" s="10"/>
       <c r="AF37" s="10"/>
       <c r="AG37" s="10"/>
@@ -9151,74 +9148,74 @@
       <c r="GF37" s="10"/>
       <c r="GG37" s="10"/>
       <c r="GH37" s="10"/>
       <c r="GI37" s="10"/>
       <c r="GJ37" s="10"/>
       <c r="GK37" s="10"/>
       <c r="GL37" s="10"/>
       <c r="GM37" s="10"/>
       <c r="GN37" s="10"/>
       <c r="GO37" s="10"/>
       <c r="GP37" s="10"/>
       <c r="GQ37" s="10"/>
       <c r="GR37" s="10"/>
       <c r="GS37" s="10"/>
       <c r="GT37" s="10"/>
       <c r="GU37" s="10"/>
       <c r="GV37" s="10"/>
       <c r="GW37" s="10"/>
       <c r="GX37" s="10"/>
       <c r="GY37" s="10"/>
       <c r="GZ37" s="10"/>
       <c r="HA37" s="10"/>
       <c r="HB37" s="10"/>
       <c r="HC37" s="10"/>
     </row>
-    <row r="38" spans="1:211" s="11" customFormat="1" ht="49.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:211" s="11" customFormat="1" ht="50" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="49" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B38" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="19" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D38" s="19">
         <v>1</v>
       </c>
       <c r="E38" s="19">
         <v>10</v>
       </c>
       <c r="F38" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="19" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I38" s="20" t="s">
         <v>19</v>
       </c>
       <c r="J38" s="10"/>
       <c r="K38" s="10"/>
       <c r="L38" s="10"/>
       <c r="M38" s="10"/>
       <c r="N38" s="10"/>
       <c r="O38" s="10"/>
       <c r="P38" s="10"/>
       <c r="Q38" s="10"/>
       <c r="R38" s="10"/>
       <c r="S38" s="10"/>
       <c r="T38" s="10"/>
       <c r="U38" s="10"/>
       <c r="V38" s="10"/>
       <c r="W38" s="10"/>
       <c r="X38" s="10"/>
       <c r="Y38" s="10"/>
       <c r="Z38" s="10"/>
       <c r="AA38" s="10"/>
       <c r="AB38" s="10"/>
       <c r="AC38" s="10"/>
       <c r="AD38" s="10"/>
@@ -9382,77 +9379,77 @@
       <c r="GF38" s="10"/>
       <c r="GG38" s="10"/>
       <c r="GH38" s="10"/>
       <c r="GI38" s="10"/>
       <c r="GJ38" s="10"/>
       <c r="GK38" s="10"/>
       <c r="GL38" s="10"/>
       <c r="GM38" s="10"/>
       <c r="GN38" s="10"/>
       <c r="GO38" s="10"/>
       <c r="GP38" s="10"/>
       <c r="GQ38" s="10"/>
       <c r="GR38" s="10"/>
       <c r="GS38" s="10"/>
       <c r="GT38" s="10"/>
       <c r="GU38" s="10"/>
       <c r="GV38" s="10"/>
       <c r="GW38" s="10"/>
       <c r="GX38" s="10"/>
       <c r="GY38" s="10"/>
       <c r="GZ38" s="10"/>
       <c r="HA38" s="10"/>
       <c r="HB38" s="10"/>
       <c r="HC38" s="10"/>
     </row>
-    <row r="39" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="45" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B39" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="C39" s="32" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D39" s="32">
         <v>4</v>
       </c>
       <c r="E39" s="32">
         <v>5</v>
       </c>
       <c r="F39" s="32" t="s">
         <v>20</v>
       </c>
       <c r="G39" s="32" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="I39" s="31" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J39" s="10"/>
       <c r="K39" s="10"/>
       <c r="L39" s="10"/>
       <c r="M39" s="10"/>
       <c r="N39" s="10"/>
       <c r="O39" s="10"/>
       <c r="P39" s="10"/>
       <c r="Q39" s="10"/>
       <c r="R39" s="10"/>
       <c r="S39" s="10"/>
       <c r="T39" s="10"/>
       <c r="U39" s="10"/>
       <c r="V39" s="10"/>
       <c r="W39" s="10"/>
       <c r="X39" s="10"/>
       <c r="Y39" s="10"/>
       <c r="Z39" s="10"/>
       <c r="AA39" s="10"/>
       <c r="AB39" s="10"/>
       <c r="AC39" s="10"/>
       <c r="AD39" s="10"/>
       <c r="AE39" s="10"/>
       <c r="AF39" s="10"/>
       <c r="AG39" s="10"/>
@@ -9613,74 +9610,74 @@
       <c r="GF39" s="10"/>
       <c r="GG39" s="10"/>
       <c r="GH39" s="10"/>
       <c r="GI39" s="10"/>
       <c r="GJ39" s="10"/>
       <c r="GK39" s="10"/>
       <c r="GL39" s="10"/>
       <c r="GM39" s="10"/>
       <c r="GN39" s="10"/>
       <c r="GO39" s="10"/>
       <c r="GP39" s="10"/>
       <c r="GQ39" s="10"/>
       <c r="GR39" s="10"/>
       <c r="GS39" s="10"/>
       <c r="GT39" s="10"/>
       <c r="GU39" s="10"/>
       <c r="GV39" s="10"/>
       <c r="GW39" s="10"/>
       <c r="GX39" s="10"/>
       <c r="GY39" s="10"/>
       <c r="GZ39" s="10"/>
       <c r="HA39" s="10"/>
       <c r="HB39" s="10"/>
       <c r="HC39" s="10"/>
     </row>
-    <row r="40" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="49" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B40" s="19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="19" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D40" s="19">
         <v>1</v>
       </c>
       <c r="E40" s="19">
         <v>10</v>
       </c>
       <c r="F40" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="19" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="I40" s="41" t="s">
         <v>19</v>
       </c>
       <c r="J40" s="13"/>
       <c r="K40" s="13"/>
       <c r="L40" s="13"/>
       <c r="M40" s="13"/>
       <c r="N40" s="13"/>
       <c r="O40" s="13"/>
       <c r="P40" s="13"/>
       <c r="Q40" s="13"/>
       <c r="R40" s="13"/>
       <c r="S40" s="13"/>
       <c r="T40" s="13"/>
       <c r="U40" s="13"/>
       <c r="V40" s="13"/>
       <c r="W40" s="13"/>
       <c r="X40" s="13"/>
       <c r="Y40" s="13"/>
       <c r="Z40" s="13"/>
       <c r="AA40" s="13"/>
       <c r="AB40" s="13"/>
       <c r="AC40" s="13"/>
       <c r="AD40" s="13"/>
@@ -9844,77 +9841,77 @@
       <c r="GF40" s="13"/>
       <c r="GG40" s="13"/>
       <c r="GH40" s="13"/>
       <c r="GI40" s="13"/>
       <c r="GJ40" s="13"/>
       <c r="GK40" s="13"/>
       <c r="GL40" s="13"/>
       <c r="GM40" s="13"/>
       <c r="GN40" s="13"/>
       <c r="GO40" s="13"/>
       <c r="GP40" s="13"/>
       <c r="GQ40" s="13"/>
       <c r="GR40" s="13"/>
       <c r="GS40" s="13"/>
       <c r="GT40" s="13"/>
       <c r="GU40" s="13"/>
       <c r="GV40" s="13"/>
       <c r="GW40" s="13"/>
       <c r="GX40" s="13"/>
       <c r="GY40" s="13"/>
       <c r="GZ40" s="13"/>
       <c r="HA40" s="13"/>
       <c r="HB40" s="13"/>
       <c r="HC40" s="13"/>
     </row>
-    <row r="41" spans="1:211" s="14" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:211" s="14" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="46" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B41" s="26" t="s">
+        <v>102</v>
+      </c>
+      <c r="C41" s="26" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D41" s="26">
         <v>1</v>
       </c>
       <c r="E41" s="26">
         <v>10</v>
       </c>
       <c r="F41" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="26" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I41" s="37" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="J41" s="13"/>
       <c r="K41" s="13"/>
       <c r="L41" s="13"/>
       <c r="M41" s="13"/>
       <c r="N41" s="13"/>
       <c r="O41" s="13"/>
       <c r="P41" s="13"/>
       <c r="Q41" s="13"/>
       <c r="R41" s="13"/>
       <c r="S41" s="13"/>
       <c r="T41" s="13"/>
       <c r="U41" s="13"/>
       <c r="V41" s="13"/>
       <c r="W41" s="13"/>
       <c r="X41" s="13"/>
       <c r="Y41" s="13"/>
       <c r="Z41" s="13"/>
       <c r="AA41" s="13"/>
       <c r="AB41" s="13"/>
       <c r="AC41" s="13"/>
       <c r="AD41" s="13"/>
       <c r="AE41" s="13"/>
       <c r="AF41" s="13"/>
       <c r="AG41" s="13"/>
@@ -10075,77 +10072,77 @@
       <c r="GF41" s="13"/>
       <c r="GG41" s="13"/>
       <c r="GH41" s="13"/>
       <c r="GI41" s="13"/>
       <c r="GJ41" s="13"/>
       <c r="GK41" s="13"/>
       <c r="GL41" s="13"/>
       <c r="GM41" s="13"/>
       <c r="GN41" s="13"/>
       <c r="GO41" s="13"/>
       <c r="GP41" s="13"/>
       <c r="GQ41" s="13"/>
       <c r="GR41" s="13"/>
       <c r="GS41" s="13"/>
       <c r="GT41" s="13"/>
       <c r="GU41" s="13"/>
       <c r="GV41" s="13"/>
       <c r="GW41" s="13"/>
       <c r="GX41" s="13"/>
       <c r="GY41" s="13"/>
       <c r="GZ41" s="13"/>
       <c r="HA41" s="13"/>
       <c r="HB41" s="13"/>
       <c r="HC41" s="13"/>
     </row>
-    <row r="42" spans="1:211" s="14" customFormat="1" ht="49.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:211" s="14" customFormat="1" ht="50" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="44" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B42" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" s="23" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D42" s="23">
         <v>1</v>
       </c>
       <c r="E42" s="23">
         <v>10</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="23" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="I42" s="25" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J42" s="13"/>
       <c r="K42" s="13"/>
       <c r="L42" s="13"/>
       <c r="M42" s="13"/>
       <c r="N42" s="13"/>
       <c r="O42" s="13"/>
       <c r="P42" s="13"/>
       <c r="Q42" s="13"/>
       <c r="R42" s="13"/>
       <c r="S42" s="13"/>
       <c r="T42" s="13"/>
       <c r="U42" s="13"/>
       <c r="V42" s="13"/>
       <c r="W42" s="13"/>
       <c r="X42" s="13"/>
       <c r="Y42" s="13"/>
       <c r="Z42" s="13"/>
       <c r="AA42" s="13"/>
       <c r="AB42" s="13"/>
       <c r="AC42" s="13"/>
       <c r="AD42" s="13"/>
       <c r="AE42" s="13"/>
       <c r="AF42" s="13"/>
       <c r="AG42" s="13"/>
@@ -10306,74 +10303,74 @@
       <c r="GF42" s="13"/>
       <c r="GG42" s="13"/>
       <c r="GH42" s="13"/>
       <c r="GI42" s="13"/>
       <c r="GJ42" s="13"/>
       <c r="GK42" s="13"/>
       <c r="GL42" s="13"/>
       <c r="GM42" s="13"/>
       <c r="GN42" s="13"/>
       <c r="GO42" s="13"/>
       <c r="GP42" s="13"/>
       <c r="GQ42" s="13"/>
       <c r="GR42" s="13"/>
       <c r="GS42" s="13"/>
       <c r="GT42" s="13"/>
       <c r="GU42" s="13"/>
       <c r="GV42" s="13"/>
       <c r="GW42" s="13"/>
       <c r="GX42" s="13"/>
       <c r="GY42" s="13"/>
       <c r="GZ42" s="13"/>
       <c r="HA42" s="13"/>
       <c r="HB42" s="13"/>
       <c r="HC42" s="13"/>
     </row>
-    <row r="43" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="49" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B43" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="19" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D43" s="19">
         <v>1</v>
       </c>
       <c r="E43" s="19">
         <v>10</v>
       </c>
       <c r="F43" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I43" s="29" t="s">
         <v>19</v>
       </c>
       <c r="J43" s="13"/>
       <c r="K43" s="13"/>
       <c r="L43" s="13"/>
       <c r="M43" s="13"/>
       <c r="N43" s="13"/>
       <c r="O43" s="13"/>
       <c r="P43" s="13"/>
       <c r="Q43" s="13"/>
       <c r="R43" s="13"/>
       <c r="S43" s="13"/>
       <c r="T43" s="13"/>
       <c r="U43" s="13"/>
       <c r="V43" s="13"/>
       <c r="W43" s="13"/>
       <c r="X43" s="13"/>
       <c r="Y43" s="13"/>
       <c r="Z43" s="13"/>
       <c r="AA43" s="13"/>
       <c r="AB43" s="13"/>
       <c r="AC43" s="13"/>
       <c r="AD43" s="13"/>
@@ -10537,74 +10534,74 @@
       <c r="GF43" s="13"/>
       <c r="GG43" s="13"/>
       <c r="GH43" s="13"/>
       <c r="GI43" s="13"/>
       <c r="GJ43" s="13"/>
       <c r="GK43" s="13"/>
       <c r="GL43" s="13"/>
       <c r="GM43" s="13"/>
       <c r="GN43" s="13"/>
       <c r="GO43" s="13"/>
       <c r="GP43" s="13"/>
       <c r="GQ43" s="13"/>
       <c r="GR43" s="13"/>
       <c r="GS43" s="13"/>
       <c r="GT43" s="13"/>
       <c r="GU43" s="13"/>
       <c r="GV43" s="13"/>
       <c r="GW43" s="13"/>
       <c r="GX43" s="13"/>
       <c r="GY43" s="13"/>
       <c r="GZ43" s="13"/>
       <c r="HA43" s="13"/>
       <c r="HB43" s="13"/>
       <c r="HC43" s="13"/>
     </row>
-    <row r="44" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="48" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" s="21" t="s">
         <v>109</v>
       </c>
-      <c r="B44" s="21" t="s">
+      <c r="C44" s="21" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D44" s="21">
         <v>1</v>
       </c>
       <c r="E44" s="21">
         <v>10</v>
       </c>
       <c r="F44" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="21" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="I44" s="22" t="s">
         <v>19</v>
       </c>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
       <c r="X44" s="13"/>
       <c r="Y44" s="13"/>
       <c r="Z44" s="13"/>
       <c r="AA44" s="13"/>
       <c r="AB44" s="13"/>
       <c r="AC44" s="13"/>
       <c r="AD44" s="13"/>
@@ -10768,74 +10765,74 @@
       <c r="GF44" s="13"/>
       <c r="GG44" s="13"/>
       <c r="GH44" s="13"/>
       <c r="GI44" s="13"/>
       <c r="GJ44" s="13"/>
       <c r="GK44" s="13"/>
       <c r="GL44" s="13"/>
       <c r="GM44" s="13"/>
       <c r="GN44" s="13"/>
       <c r="GO44" s="13"/>
       <c r="GP44" s="13"/>
       <c r="GQ44" s="13"/>
       <c r="GR44" s="13"/>
       <c r="GS44" s="13"/>
       <c r="GT44" s="13"/>
       <c r="GU44" s="13"/>
       <c r="GV44" s="13"/>
       <c r="GW44" s="13"/>
       <c r="GX44" s="13"/>
       <c r="GY44" s="13"/>
       <c r="GZ44" s="13"/>
       <c r="HA44" s="13"/>
       <c r="HB44" s="13"/>
       <c r="HC44" s="13"/>
     </row>
-    <row r="45" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="46" t="s">
+        <v>115</v>
+      </c>
+      <c r="B45" s="26" t="s">
         <v>116</v>
       </c>
-      <c r="B45" s="26" t="s">
+      <c r="C45" s="26" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D45" s="26">
         <v>1</v>
       </c>
       <c r="E45" s="26">
         <v>10</v>
       </c>
       <c r="F45" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="26" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H45" s="36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I45" s="30" t="s">
         <v>19</v>
       </c>
       <c r="J45" s="13"/>
       <c r="K45" s="13"/>
       <c r="L45" s="13"/>
       <c r="M45" s="13"/>
       <c r="N45" s="13"/>
       <c r="O45" s="13"/>
       <c r="P45" s="13"/>
       <c r="Q45" s="13"/>
       <c r="R45" s="13"/>
       <c r="S45" s="13"/>
       <c r="T45" s="13"/>
       <c r="U45" s="13"/>
       <c r="V45" s="13"/>
       <c r="W45" s="13"/>
       <c r="X45" s="13"/>
       <c r="Y45" s="13"/>
       <c r="Z45" s="13"/>
       <c r="AA45" s="13"/>
       <c r="AB45" s="13"/>
       <c r="AC45" s="13"/>
       <c r="AD45" s="13"/>
@@ -10999,77 +10996,77 @@
       <c r="GF45" s="13"/>
       <c r="GG45" s="13"/>
       <c r="GH45" s="13"/>
       <c r="GI45" s="13"/>
       <c r="GJ45" s="13"/>
       <c r="GK45" s="13"/>
       <c r="GL45" s="13"/>
       <c r="GM45" s="13"/>
       <c r="GN45" s="13"/>
       <c r="GO45" s="13"/>
       <c r="GP45" s="13"/>
       <c r="GQ45" s="13"/>
       <c r="GR45" s="13"/>
       <c r="GS45" s="13"/>
       <c r="GT45" s="13"/>
       <c r="GU45" s="13"/>
       <c r="GV45" s="13"/>
       <c r="GW45" s="13"/>
       <c r="GX45" s="13"/>
       <c r="GY45" s="13"/>
       <c r="GZ45" s="13"/>
       <c r="HA45" s="13"/>
       <c r="HB45" s="13"/>
       <c r="HC45" s="13"/>
     </row>
-    <row r="46" spans="1:211" s="14" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:211" s="14" customFormat="1" ht="60" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A46" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="B46" s="19" t="s">
         <v>119</v>
       </c>
-      <c r="B46" s="19" t="s">
+      <c r="C46" s="19" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D46" s="55">
         <v>1</v>
       </c>
       <c r="E46" s="55">
         <v>10</v>
       </c>
       <c r="F46" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I46" s="41" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J46" s="13"/>
       <c r="K46" s="13"/>
       <c r="L46" s="13"/>
       <c r="M46" s="13"/>
       <c r="N46" s="13"/>
       <c r="O46" s="13"/>
       <c r="P46" s="13"/>
       <c r="Q46" s="13"/>
       <c r="R46" s="13"/>
       <c r="S46" s="13"/>
       <c r="T46" s="13"/>
       <c r="U46" s="13"/>
       <c r="V46" s="13"/>
       <c r="W46" s="13"/>
       <c r="X46" s="13"/>
       <c r="Y46" s="13"/>
       <c r="Z46" s="13"/>
       <c r="AA46" s="13"/>
       <c r="AB46" s="13"/>
       <c r="AC46" s="13"/>
       <c r="AD46" s="13"/>
       <c r="AE46" s="13"/>
       <c r="AF46" s="13"/>
       <c r="AG46" s="13"/>
@@ -11230,74 +11227,74 @@
       <c r="GF46" s="13"/>
       <c r="GG46" s="13"/>
       <c r="GH46" s="13"/>
       <c r="GI46" s="13"/>
       <c r="GJ46" s="13"/>
       <c r="GK46" s="13"/>
       <c r="GL46" s="13"/>
       <c r="GM46" s="13"/>
       <c r="GN46" s="13"/>
       <c r="GO46" s="13"/>
       <c r="GP46" s="13"/>
       <c r="GQ46" s="13"/>
       <c r="GR46" s="13"/>
       <c r="GS46" s="13"/>
       <c r="GT46" s="13"/>
       <c r="GU46" s="13"/>
       <c r="GV46" s="13"/>
       <c r="GW46" s="13"/>
       <c r="GX46" s="13"/>
       <c r="GY46" s="13"/>
       <c r="GZ46" s="13"/>
       <c r="HA46" s="13"/>
       <c r="HB46" s="13"/>
       <c r="HC46" s="13"/>
     </row>
-    <row r="47" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="48" t="s">
+        <v>122</v>
+      </c>
+      <c r="B47" s="21" t="s">
         <v>123</v>
       </c>
-      <c r="B47" s="21" t="s">
+      <c r="C47" s="21" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D47" s="21">
         <v>1</v>
       </c>
       <c r="E47" s="21">
         <v>10</v>
       </c>
       <c r="F47" s="21" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="21" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I47" s="22" t="s">
         <v>19</v>
       </c>
       <c r="J47" s="13"/>
       <c r="K47" s="13"/>
       <c r="L47" s="13"/>
       <c r="M47" s="13"/>
       <c r="N47" s="13"/>
       <c r="O47" s="13"/>
       <c r="P47" s="13"/>
       <c r="Q47" s="13"/>
       <c r="R47" s="13"/>
       <c r="S47" s="13"/>
       <c r="T47" s="13"/>
       <c r="U47" s="13"/>
       <c r="V47" s="13"/>
       <c r="W47" s="13"/>
       <c r="X47" s="13"/>
       <c r="Y47" s="13"/>
       <c r="Z47" s="13"/>
       <c r="AA47" s="13"/>
       <c r="AB47" s="13"/>
       <c r="AC47" s="13"/>
       <c r="AD47" s="13"/>
@@ -11461,74 +11458,74 @@
       <c r="GF47" s="13"/>
       <c r="GG47" s="13"/>
       <c r="GH47" s="13"/>
       <c r="GI47" s="13"/>
       <c r="GJ47" s="13"/>
       <c r="GK47" s="13"/>
       <c r="GL47" s="13"/>
       <c r="GM47" s="13"/>
       <c r="GN47" s="13"/>
       <c r="GO47" s="13"/>
       <c r="GP47" s="13"/>
       <c r="GQ47" s="13"/>
       <c r="GR47" s="13"/>
       <c r="GS47" s="13"/>
       <c r="GT47" s="13"/>
       <c r="GU47" s="13"/>
       <c r="GV47" s="13"/>
       <c r="GW47" s="13"/>
       <c r="GX47" s="13"/>
       <c r="GY47" s="13"/>
       <c r="GZ47" s="13"/>
       <c r="HA47" s="13"/>
       <c r="HB47" s="13"/>
       <c r="HC47" s="13"/>
     </row>
-    <row r="48" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A48" s="47" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B48" s="28" t="s">
+        <v>125</v>
+      </c>
+      <c r="C48" s="28" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D48" s="28">
         <v>1</v>
       </c>
       <c r="E48" s="28">
         <v>10</v>
       </c>
       <c r="F48" s="28" t="s">
         <v>20</v>
       </c>
       <c r="G48" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="28" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I48" s="35" t="s">
         <v>19</v>
       </c>
       <c r="J48" s="10"/>
       <c r="K48" s="10"/>
       <c r="L48" s="10"/>
       <c r="M48" s="10"/>
       <c r="N48" s="10"/>
       <c r="O48" s="10"/>
       <c r="P48" s="10"/>
       <c r="Q48" s="10"/>
       <c r="R48" s="10"/>
       <c r="S48" s="10"/>
       <c r="T48" s="10"/>
       <c r="U48" s="10"/>
       <c r="V48" s="10"/>
       <c r="W48" s="10"/>
       <c r="X48" s="10"/>
       <c r="Y48" s="10"/>
       <c r="Z48" s="10"/>
       <c r="AA48" s="10"/>
       <c r="AB48" s="10"/>
       <c r="AC48" s="10"/>
       <c r="AD48" s="10"/>
@@ -11692,74 +11689,74 @@
       <c r="GF48" s="10"/>
       <c r="GG48" s="10"/>
       <c r="GH48" s="10"/>
       <c r="GI48" s="10"/>
       <c r="GJ48" s="10"/>
       <c r="GK48" s="10"/>
       <c r="GL48" s="10"/>
       <c r="GM48" s="10"/>
       <c r="GN48" s="10"/>
       <c r="GO48" s="10"/>
       <c r="GP48" s="10"/>
       <c r="GQ48" s="10"/>
       <c r="GR48" s="10"/>
       <c r="GS48" s="10"/>
       <c r="GT48" s="10"/>
       <c r="GU48" s="10"/>
       <c r="GV48" s="10"/>
       <c r="GW48" s="10"/>
       <c r="GX48" s="10"/>
       <c r="GY48" s="10"/>
       <c r="GZ48" s="10"/>
       <c r="HA48" s="10"/>
       <c r="HB48" s="10"/>
       <c r="HC48" s="10"/>
     </row>
-    <row r="49" spans="1:211" s="16" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:211" s="16" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="46" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B49" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" s="26" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D49" s="26">
         <v>2</v>
       </c>
       <c r="E49" s="26">
         <v>10</v>
       </c>
       <c r="F49" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I49" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="13"/>
       <c r="O49" s="13"/>
       <c r="P49" s="13"/>
       <c r="Q49" s="13"/>
       <c r="R49" s="13"/>
       <c r="S49" s="13"/>
       <c r="T49" s="13"/>
       <c r="U49" s="13"/>
       <c r="V49" s="13"/>
       <c r="W49" s="13"/>
       <c r="X49" s="13"/>
       <c r="Y49" s="13"/>
       <c r="Z49" s="13"/>
       <c r="AA49" s="13"/>
       <c r="AB49" s="13"/>
       <c r="AC49" s="13"/>
       <c r="AD49" s="13"/>
@@ -11923,74 +11920,74 @@
       <c r="GF49" s="13"/>
       <c r="GG49" s="13"/>
       <c r="GH49" s="13"/>
       <c r="GI49" s="13"/>
       <c r="GJ49" s="13"/>
       <c r="GK49" s="13"/>
       <c r="GL49" s="13"/>
       <c r="GM49" s="13"/>
       <c r="GN49" s="13"/>
       <c r="GO49" s="13"/>
       <c r="GP49" s="13"/>
       <c r="GQ49" s="13"/>
       <c r="GR49" s="13"/>
       <c r="GS49" s="13"/>
       <c r="GT49" s="13"/>
       <c r="GU49" s="13"/>
       <c r="GV49" s="13"/>
       <c r="GW49" s="13"/>
       <c r="GX49" s="13"/>
       <c r="GY49" s="13"/>
       <c r="GZ49" s="13"/>
       <c r="HA49" s="13"/>
       <c r="HB49" s="13"/>
       <c r="HC49" s="13"/>
     </row>
-    <row r="50" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="47" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B50" s="28" t="s">
+        <v>130</v>
+      </c>
+      <c r="C50" s="28" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D50" s="28">
         <v>1</v>
       </c>
       <c r="E50" s="28">
         <v>10</v>
       </c>
       <c r="F50" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G50" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="28" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I50" s="29" t="s">
         <v>19</v>
       </c>
       <c r="J50" s="13"/>
       <c r="K50" s="13"/>
       <c r="L50" s="13"/>
       <c r="M50" s="13"/>
       <c r="N50" s="13"/>
       <c r="O50" s="13"/>
       <c r="P50" s="13"/>
       <c r="Q50" s="13"/>
       <c r="R50" s="13"/>
       <c r="S50" s="13"/>
       <c r="T50" s="13"/>
       <c r="U50" s="13"/>
       <c r="V50" s="13"/>
       <c r="W50" s="13"/>
       <c r="X50" s="13"/>
       <c r="Y50" s="13"/>
       <c r="Z50" s="13"/>
       <c r="AA50" s="13"/>
       <c r="AB50" s="13"/>
       <c r="AC50" s="13"/>
       <c r="AD50" s="13"/>
@@ -12154,74 +12151,74 @@
       <c r="GF50" s="13"/>
       <c r="GG50" s="13"/>
       <c r="GH50" s="13"/>
       <c r="GI50" s="13"/>
       <c r="GJ50" s="13"/>
       <c r="GK50" s="13"/>
       <c r="GL50" s="13"/>
       <c r="GM50" s="13"/>
       <c r="GN50" s="13"/>
       <c r="GO50" s="13"/>
       <c r="GP50" s="13"/>
       <c r="GQ50" s="13"/>
       <c r="GR50" s="13"/>
       <c r="GS50" s="13"/>
       <c r="GT50" s="13"/>
       <c r="GU50" s="13"/>
       <c r="GV50" s="13"/>
       <c r="GW50" s="13"/>
       <c r="GX50" s="13"/>
       <c r="GY50" s="13"/>
       <c r="GZ50" s="13"/>
       <c r="HA50" s="13"/>
       <c r="HB50" s="13"/>
       <c r="HC50" s="13"/>
     </row>
-    <row r="51" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="46" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B51" s="26" t="s">
+        <v>133</v>
+      </c>
+      <c r="C51" s="26" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D51" s="26">
         <v>1</v>
       </c>
       <c r="E51" s="26">
         <v>10</v>
       </c>
       <c r="F51" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="26" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I51" s="27" t="s">
         <v>19</v>
       </c>
       <c r="J51" s="10"/>
       <c r="K51" s="10"/>
       <c r="L51" s="10"/>
       <c r="M51" s="10"/>
       <c r="N51" s="10"/>
       <c r="O51" s="10"/>
       <c r="P51" s="10"/>
       <c r="Q51" s="10"/>
       <c r="R51" s="10"/>
       <c r="S51" s="10"/>
       <c r="T51" s="10"/>
       <c r="U51" s="10"/>
       <c r="V51" s="10"/>
       <c r="W51" s="10"/>
       <c r="X51" s="10"/>
       <c r="Y51" s="10"/>
       <c r="Z51" s="10"/>
       <c r="AA51" s="10"/>
       <c r="AB51" s="10"/>
       <c r="AC51" s="10"/>
       <c r="AD51" s="10"/>
@@ -12385,74 +12382,74 @@
       <c r="GF51" s="10"/>
       <c r="GG51" s="10"/>
       <c r="GH51" s="10"/>
       <c r="GI51" s="10"/>
       <c r="GJ51" s="10"/>
       <c r="GK51" s="10"/>
       <c r="GL51" s="10"/>
       <c r="GM51" s="10"/>
       <c r="GN51" s="10"/>
       <c r="GO51" s="10"/>
       <c r="GP51" s="10"/>
       <c r="GQ51" s="10"/>
       <c r="GR51" s="10"/>
       <c r="GS51" s="10"/>
       <c r="GT51" s="10"/>
       <c r="GU51" s="10"/>
       <c r="GV51" s="10"/>
       <c r="GW51" s="10"/>
       <c r="GX51" s="10"/>
       <c r="GY51" s="10"/>
       <c r="GZ51" s="10"/>
       <c r="HA51" s="10"/>
       <c r="HB51" s="10"/>
       <c r="HC51" s="10"/>
     </row>
-    <row r="52" spans="1:211" s="18" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:211" s="18" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="47" t="s">
+        <v>136</v>
+      </c>
+      <c r="B52" s="28" t="s">
         <v>137</v>
       </c>
-      <c r="B52" s="28" t="s">
+      <c r="C52" s="28" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D52" s="28">
         <v>1</v>
       </c>
       <c r="E52" s="28">
         <v>10</v>
       </c>
       <c r="F52" s="28" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="28" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I52" s="29" t="s">
         <v>19</v>
       </c>
       <c r="J52" s="17"/>
       <c r="K52" s="17"/>
       <c r="L52" s="17"/>
       <c r="M52" s="17"/>
       <c r="N52" s="17"/>
       <c r="O52" s="17"/>
       <c r="P52" s="17"/>
       <c r="Q52" s="17"/>
       <c r="R52" s="17"/>
       <c r="S52" s="17"/>
       <c r="T52" s="17"/>
       <c r="U52" s="17"/>
       <c r="V52" s="17"/>
       <c r="W52" s="17"/>
       <c r="X52" s="17"/>
       <c r="Y52" s="17"/>
       <c r="Z52" s="17"/>
       <c r="AA52" s="17"/>
       <c r="AB52" s="17"/>
       <c r="AC52" s="17"/>
       <c r="AD52" s="17"/>
@@ -12616,77 +12613,77 @@
       <c r="GF52" s="17"/>
       <c r="GG52" s="17"/>
       <c r="GH52" s="17"/>
       <c r="GI52" s="17"/>
       <c r="GJ52" s="17"/>
       <c r="GK52" s="17"/>
       <c r="GL52" s="17"/>
       <c r="GM52" s="17"/>
       <c r="GN52" s="17"/>
       <c r="GO52" s="17"/>
       <c r="GP52" s="17"/>
       <c r="GQ52" s="17"/>
       <c r="GR52" s="17"/>
       <c r="GS52" s="17"/>
       <c r="GT52" s="17"/>
       <c r="GU52" s="17"/>
       <c r="GV52" s="17"/>
       <c r="GW52" s="17"/>
       <c r="GX52" s="17"/>
       <c r="GY52" s="17"/>
       <c r="GZ52" s="17"/>
       <c r="HA52" s="17"/>
       <c r="HB52" s="17"/>
       <c r="HC52" s="17"/>
     </row>
-    <row r="53" spans="1:211" s="18" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:211" s="18" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="46" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B53" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="C53" s="26" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D53" s="26">
         <v>1</v>
       </c>
       <c r="E53" s="26">
         <v>10</v>
       </c>
       <c r="F53" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="26" t="s">
+        <v>141</v>
+      </c>
+      <c r="I53" s="30" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="J53" s="17"/>
       <c r="K53" s="17"/>
       <c r="L53" s="17"/>
       <c r="M53" s="17"/>
       <c r="N53" s="17"/>
       <c r="O53" s="17"/>
       <c r="P53" s="17"/>
       <c r="Q53" s="17"/>
       <c r="R53" s="17"/>
       <c r="S53" s="17"/>
       <c r="T53" s="17"/>
       <c r="U53" s="17"/>
       <c r="V53" s="17"/>
       <c r="W53" s="17"/>
       <c r="X53" s="17"/>
       <c r="Y53" s="17"/>
       <c r="Z53" s="17"/>
       <c r="AA53" s="17"/>
       <c r="AB53" s="17"/>
       <c r="AC53" s="17"/>
       <c r="AD53" s="17"/>
       <c r="AE53" s="17"/>
       <c r="AF53" s="17"/>
       <c r="AG53" s="17"/>
@@ -12847,77 +12844,77 @@
       <c r="GF53" s="17"/>
       <c r="GG53" s="17"/>
       <c r="GH53" s="17"/>
       <c r="GI53" s="17"/>
       <c r="GJ53" s="17"/>
       <c r="GK53" s="17"/>
       <c r="GL53" s="17"/>
       <c r="GM53" s="17"/>
       <c r="GN53" s="17"/>
       <c r="GO53" s="17"/>
       <c r="GP53" s="17"/>
       <c r="GQ53" s="17"/>
       <c r="GR53" s="17"/>
       <c r="GS53" s="17"/>
       <c r="GT53" s="17"/>
       <c r="GU53" s="17"/>
       <c r="GV53" s="17"/>
       <c r="GW53" s="17"/>
       <c r="GX53" s="17"/>
       <c r="GY53" s="17"/>
       <c r="GZ53" s="17"/>
       <c r="HA53" s="17"/>
       <c r="HB53" s="17"/>
       <c r="HC53" s="17"/>
     </row>
-    <row r="54" spans="1:211" s="11" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:211" s="11" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="44" t="s">
+        <v>143</v>
+      </c>
+      <c r="B54" s="23" t="s">
         <v>144</v>
       </c>
-      <c r="B54" s="23" t="s">
+      <c r="C54" s="23" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D54" s="23">
         <v>1</v>
       </c>
       <c r="E54" s="23">
         <v>5</v>
       </c>
       <c r="F54" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G54" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H54" s="42" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I54" s="20" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J54" s="10"/>
       <c r="K54" s="10"/>
       <c r="L54" s="10"/>
       <c r="M54" s="10"/>
       <c r="N54" s="10"/>
       <c r="O54" s="10"/>
       <c r="P54" s="10"/>
       <c r="Q54" s="10"/>
       <c r="R54" s="10"/>
       <c r="S54" s="10"/>
       <c r="T54" s="10"/>
       <c r="U54" s="10"/>
       <c r="V54" s="10"/>
       <c r="W54" s="10"/>
       <c r="X54" s="10"/>
       <c r="Y54" s="10"/>
       <c r="Z54" s="10"/>
       <c r="AA54" s="10"/>
       <c r="AB54" s="10"/>
       <c r="AC54" s="10"/>
       <c r="AD54" s="10"/>
       <c r="AE54" s="10"/>
       <c r="AF54" s="10"/>
       <c r="AG54" s="10"/>
@@ -13078,77 +13075,77 @@
       <c r="GF54" s="10"/>
       <c r="GG54" s="10"/>
       <c r="GH54" s="10"/>
       <c r="GI54" s="10"/>
       <c r="GJ54" s="10"/>
       <c r="GK54" s="10"/>
       <c r="GL54" s="10"/>
       <c r="GM54" s="10"/>
       <c r="GN54" s="10"/>
       <c r="GO54" s="10"/>
       <c r="GP54" s="10"/>
       <c r="GQ54" s="10"/>
       <c r="GR54" s="10"/>
       <c r="GS54" s="10"/>
       <c r="GT54" s="10"/>
       <c r="GU54" s="10"/>
       <c r="GV54" s="10"/>
       <c r="GW54" s="10"/>
       <c r="GX54" s="10"/>
       <c r="GY54" s="10"/>
       <c r="GZ54" s="10"/>
       <c r="HA54" s="10"/>
       <c r="HB54" s="10"/>
       <c r="HC54" s="10"/>
     </row>
-    <row r="55" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="48" t="s">
+        <v>143</v>
+      </c>
+      <c r="B55" s="21" t="s">
         <v>144</v>
       </c>
-      <c r="B55" s="21" t="s">
+      <c r="C55" s="21" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D55" s="21">
         <v>1</v>
       </c>
       <c r="E55" s="21">
         <v>5</v>
       </c>
       <c r="F55" s="21" t="s">
         <v>20</v>
       </c>
       <c r="G55" s="21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H55" s="34" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I55" s="37" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
       <c r="X55" s="13"/>
       <c r="Y55" s="13"/>
       <c r="Z55" s="13"/>
       <c r="AA55" s="13"/>
       <c r="AB55" s="13"/>
       <c r="AC55" s="13"/>
       <c r="AD55" s="13"/>
       <c r="AE55" s="13"/>
       <c r="AF55" s="13"/>
       <c r="AG55" s="13"/>
@@ -13309,77 +13306,77 @@
       <c r="GF55" s="13"/>
       <c r="GG55" s="13"/>
       <c r="GH55" s="13"/>
       <c r="GI55" s="13"/>
       <c r="GJ55" s="13"/>
       <c r="GK55" s="13"/>
       <c r="GL55" s="13"/>
       <c r="GM55" s="13"/>
       <c r="GN55" s="13"/>
       <c r="GO55" s="13"/>
       <c r="GP55" s="13"/>
       <c r="GQ55" s="13"/>
       <c r="GR55" s="13"/>
       <c r="GS55" s="13"/>
       <c r="GT55" s="13"/>
       <c r="GU55" s="13"/>
       <c r="GV55" s="13"/>
       <c r="GW55" s="13"/>
       <c r="GX55" s="13"/>
       <c r="GY55" s="13"/>
       <c r="GZ55" s="13"/>
       <c r="HA55" s="13"/>
       <c r="HB55" s="13"/>
       <c r="HC55" s="13"/>
     </row>
-    <row r="56" spans="1:211" s="14" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:211" s="14" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="49" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B56" s="19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C56" s="19" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D56" s="19">
         <v>1</v>
       </c>
       <c r="E56" s="19">
         <v>10</v>
       </c>
       <c r="F56" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I56" s="41" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J56" s="13"/>
       <c r="K56" s="13"/>
       <c r="L56" s="13"/>
       <c r="M56" s="13"/>
       <c r="N56" s="13"/>
       <c r="O56" s="13"/>
       <c r="P56" s="13"/>
       <c r="Q56" s="13"/>
       <c r="R56" s="13"/>
       <c r="S56" s="13"/>
       <c r="T56" s="13"/>
       <c r="U56" s="13"/>
       <c r="V56" s="13"/>
       <c r="W56" s="13"/>
       <c r="X56" s="13"/>
       <c r="Y56" s="13"/>
       <c r="Z56" s="13"/>
       <c r="AA56" s="13"/>
       <c r="AB56" s="13"/>
       <c r="AC56" s="13"/>
       <c r="AD56" s="13"/>
       <c r="AE56" s="13"/>
       <c r="AF56" s="13"/>
       <c r="AG56" s="13"/>
@@ -13540,11035 +13537,11026 @@
       <c r="GF56" s="13"/>
       <c r="GG56" s="13"/>
       <c r="GH56" s="13"/>
       <c r="GI56" s="13"/>
       <c r="GJ56" s="13"/>
       <c r="GK56" s="13"/>
       <c r="GL56" s="13"/>
       <c r="GM56" s="13"/>
       <c r="GN56" s="13"/>
       <c r="GO56" s="13"/>
       <c r="GP56" s="13"/>
       <c r="GQ56" s="13"/>
       <c r="GR56" s="13"/>
       <c r="GS56" s="13"/>
       <c r="GT56" s="13"/>
       <c r="GU56" s="13"/>
       <c r="GV56" s="13"/>
       <c r="GW56" s="13"/>
       <c r="GX56" s="13"/>
       <c r="GY56" s="13"/>
       <c r="GZ56" s="13"/>
       <c r="HA56" s="13"/>
       <c r="HB56" s="13"/>
       <c r="HC56" s="13"/>
     </row>
-    <row r="57" spans="1:211" s="5" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:211" s="5" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="46" t="s">
+        <v>149</v>
+      </c>
+      <c r="B57" s="26" t="s">
         <v>150</v>
       </c>
-      <c r="B57" s="26" t="s">
+      <c r="C57" s="26" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D57" s="26">
         <v>2</v>
       </c>
       <c r="E57" s="26">
         <v>10</v>
       </c>
       <c r="F57" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="54" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="26" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="I57" s="27" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="58" spans="1:211" s="5" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:211" s="5" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="44" t="s">
+        <v>153</v>
+      </c>
+      <c r="B58" s="23" t="s">
         <v>154</v>
       </c>
-      <c r="B58" s="23" t="s">
+      <c r="C58" s="23" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D58" s="23">
         <v>1</v>
       </c>
       <c r="E58" s="23">
         <v>10</v>
       </c>
       <c r="F58" s="23" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="23" t="s">
         <v>17</v>
       </c>
       <c r="H58" s="23" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="I58" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="59" spans="1:211" s="5" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:211" s="5" customFormat="1" ht="40" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="46" t="s">
+        <v>157</v>
+      </c>
+      <c r="B59" s="26" t="s">
         <v>158</v>
       </c>
-      <c r="B59" s="26" t="s">
+      <c r="C59" s="26" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D59" s="26">
         <v>1</v>
       </c>
       <c r="E59" s="26">
         <v>10</v>
       </c>
       <c r="F59" s="26" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="26" t="s">
         <v>17</v>
       </c>
       <c r="H59" s="26" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I59" s="37" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="60" spans="1:211" s="5" customFormat="1" ht="40.049999999999997" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:211" s="5" customFormat="1" ht="40" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A60" s="49" t="s">
+        <v>160</v>
+      </c>
+      <c r="B60" s="19" t="s">
         <v>161</v>
       </c>
-      <c r="B60" s="19" t="s">
+      <c r="C60" s="19" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D60" s="19">
         <v>1</v>
       </c>
       <c r="E60" s="19">
         <v>10</v>
       </c>
       <c r="F60" s="19" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="19" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="19" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I60" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="61" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C61" s="6"/>
       <c r="I61" s="12"/>
     </row>
-    <row r="62" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C62" s="6"/>
       <c r="I62" s="12"/>
     </row>
-    <row r="63" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C63" s="6"/>
       <c r="I63" s="12"/>
     </row>
-    <row r="64" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:211" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C64" s="6"/>
       <c r="I64" s="12"/>
     </row>
-    <row r="65" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C65" s="6"/>
       <c r="I65" s="12"/>
     </row>
-    <row r="66" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C66" s="6"/>
       <c r="I66" s="12"/>
     </row>
-    <row r="67" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C67" s="6"/>
       <c r="I67" s="12"/>
     </row>
-    <row r="68" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C68" s="6"/>
       <c r="I68" s="12"/>
     </row>
-    <row r="69" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C69" s="6"/>
       <c r="I69" s="12"/>
     </row>
-    <row r="70" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C70" s="6"/>
       <c r="I70" s="12"/>
     </row>
-    <row r="71" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C71" s="6"/>
       <c r="I71" s="12"/>
     </row>
-    <row r="72" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C72" s="6"/>
       <c r="I72" s="12"/>
     </row>
-    <row r="73" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C73" s="6"/>
       <c r="I73" s="12"/>
     </row>
-    <row r="74" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C74" s="6"/>
       <c r="I74" s="12"/>
     </row>
-    <row r="75" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C75" s="6"/>
       <c r="I75" s="12"/>
     </row>
-    <row r="76" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C76" s="6"/>
       <c r="I76" s="12"/>
     </row>
-    <row r="77" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C77" s="6"/>
       <c r="I77" s="12"/>
     </row>
-    <row r="78" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C78" s="6"/>
       <c r="I78" s="12"/>
     </row>
-    <row r="79" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C79" s="6"/>
       <c r="I79" s="12"/>
     </row>
-    <row r="80" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:9" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C80" s="6"/>
       <c r="I80" s="12"/>
     </row>
-    <row r="81" spans="3:3" s="5" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:3" s="5" customFormat="1" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C81" s="6"/>
     </row>
-    <row r="82" spans="3:3" s="5" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:3" s="5" customFormat="1" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C82" s="6"/>
     </row>
-    <row r="83" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C83" s="6"/>
     </row>
-    <row r="84" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C84" s="6"/>
     </row>
-    <row r="85" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C85" s="6"/>
     </row>
-    <row r="86" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C86" s="6"/>
     </row>
-    <row r="87" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C87" s="6"/>
     </row>
-    <row r="88" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C88" s="6"/>
     </row>
-    <row r="89" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C89" s="6"/>
     </row>
-    <row r="90" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C90" s="6"/>
     </row>
-    <row r="91" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C91" s="6"/>
     </row>
-    <row r="92" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C92" s="6"/>
     </row>
-    <row r="93" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C93" s="6"/>
     </row>
-    <row r="94" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C94" s="6"/>
     </row>
-    <row r="95" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C95" s="6"/>
     </row>
-    <row r="96" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C96" s="6"/>
     </row>
-    <row r="97" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C97" s="6"/>
     </row>
-    <row r="98" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C98" s="6"/>
     </row>
-    <row r="99" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C99" s="6"/>
     </row>
-    <row r="100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C100" s="6"/>
     </row>
-    <row r="101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C101" s="6"/>
     </row>
-    <row r="102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C102" s="6"/>
     </row>
-    <row r="103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C103" s="6"/>
     </row>
-    <row r="104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C104" s="6"/>
     </row>
-    <row r="105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C105" s="6"/>
     </row>
-    <row r="106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C106" s="6"/>
     </row>
-    <row r="107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C107" s="6"/>
     </row>
-    <row r="108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C108" s="6"/>
     </row>
-    <row r="109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C109" s="6"/>
     </row>
-    <row r="110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C110" s="6"/>
     </row>
-    <row r="111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C111" s="6"/>
     </row>
-    <row r="112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C112" s="6"/>
     </row>
-    <row r="113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C113" s="6"/>
     </row>
-    <row r="114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C114" s="6"/>
     </row>
-    <row r="115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C115" s="6"/>
     </row>
-    <row r="116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C116" s="6"/>
     </row>
-    <row r="117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C117" s="6"/>
     </row>
-    <row r="118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C118" s="6"/>
     </row>
-    <row r="119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C119" s="6"/>
     </row>
-    <row r="120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C120" s="6"/>
     </row>
-    <row r="121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C121" s="6"/>
     </row>
-    <row r="122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C122" s="6"/>
     </row>
-    <row r="123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C123" s="6"/>
     </row>
-    <row r="124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C124" s="6"/>
     </row>
-    <row r="125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C125" s="6"/>
     </row>
-    <row r="126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C126" s="6"/>
     </row>
-    <row r="127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C127" s="6"/>
     </row>
-    <row r="128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C128" s="6"/>
     </row>
-    <row r="129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C129" s="6"/>
     </row>
-    <row r="130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C130" s="6"/>
     </row>
-    <row r="131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C131" s="6"/>
     </row>
-    <row r="132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C132" s="6"/>
     </row>
-    <row r="133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C133" s="6"/>
     </row>
-    <row r="134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C134" s="6"/>
     </row>
-    <row r="135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C135" s="6"/>
     </row>
-    <row r="136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C136" s="6"/>
     </row>
-    <row r="137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C137" s="6"/>
     </row>
-    <row r="138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C138" s="6"/>
     </row>
-    <row r="139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C139" s="6"/>
     </row>
-    <row r="140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C140" s="6"/>
     </row>
-    <row r="141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C141" s="6"/>
     </row>
-    <row r="142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C142" s="6"/>
     </row>
-    <row r="143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C143" s="6"/>
     </row>
-    <row r="144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C144" s="6"/>
     </row>
-    <row r="145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C145" s="6"/>
     </row>
-    <row r="146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C146" s="6"/>
     </row>
-    <row r="147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C147" s="6"/>
     </row>
-    <row r="148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C148" s="6"/>
     </row>
-    <row r="149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C149" s="6"/>
     </row>
-    <row r="150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C150" s="6"/>
     </row>
-    <row r="151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C151" s="6"/>
     </row>
-    <row r="152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C152" s="6"/>
     </row>
-    <row r="153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C153" s="6"/>
     </row>
-    <row r="154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C154" s="6"/>
     </row>
-    <row r="155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C155" s="6"/>
     </row>
-    <row r="156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C156" s="6"/>
     </row>
-    <row r="157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C157" s="6"/>
     </row>
-    <row r="158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C158" s="6"/>
     </row>
-    <row r="159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C159" s="6"/>
     </row>
-    <row r="160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C160" s="6"/>
     </row>
-    <row r="161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C161" s="6"/>
     </row>
-    <row r="162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C162" s="6"/>
     </row>
-    <row r="163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C163" s="6"/>
     </row>
-    <row r="164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C164" s="6"/>
     </row>
-    <row r="165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C165" s="6"/>
     </row>
-    <row r="166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C166" s="6"/>
     </row>
-    <row r="167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C167" s="6"/>
     </row>
-    <row r="168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C168" s="6"/>
     </row>
-    <row r="169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C169" s="6"/>
     </row>
-    <row r="170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C170" s="6"/>
     </row>
-    <row r="171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C171" s="6"/>
     </row>
-    <row r="172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C172" s="6"/>
     </row>
-    <row r="173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C173" s="6"/>
     </row>
-    <row r="174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C174" s="6"/>
     </row>
-    <row r="175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C175" s="6"/>
     </row>
-    <row r="176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C176" s="6"/>
     </row>
-    <row r="177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C177" s="6"/>
     </row>
-    <row r="178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C178" s="6"/>
     </row>
-    <row r="179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C179" s="6"/>
     </row>
-    <row r="180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C180" s="6"/>
     </row>
-    <row r="181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C181" s="6"/>
     </row>
-    <row r="182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C182" s="6"/>
     </row>
-    <row r="183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C183" s="6"/>
     </row>
-    <row r="184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C184" s="6"/>
     </row>
-    <row r="185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C185" s="6"/>
     </row>
-    <row r="186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C186" s="6"/>
     </row>
-    <row r="187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C187" s="6"/>
     </row>
-    <row r="188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C188" s="6"/>
     </row>
-    <row r="189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C189" s="6"/>
     </row>
-    <row r="190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C190" s="6"/>
     </row>
-    <row r="191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C191" s="6"/>
     </row>
-    <row r="192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C192" s="6"/>
     </row>
-    <row r="193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C193" s="6"/>
     </row>
-    <row r="194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C194" s="6"/>
     </row>
-    <row r="195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C195" s="6"/>
     </row>
-    <row r="196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C196" s="6"/>
     </row>
-    <row r="197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C197" s="6"/>
     </row>
-    <row r="198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C198" s="6"/>
     </row>
-    <row r="199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C199" s="6"/>
     </row>
-    <row r="200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C200" s="6"/>
     </row>
-    <row r="201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C201" s="6"/>
     </row>
-    <row r="202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C202" s="6"/>
     </row>
-    <row r="203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C203" s="6"/>
     </row>
-    <row r="204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C204" s="6"/>
     </row>
-    <row r="205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C205" s="6"/>
     </row>
-    <row r="206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C206" s="6"/>
     </row>
-    <row r="207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C207" s="6"/>
     </row>
-    <row r="208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C208" s="6"/>
     </row>
-    <row r="209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C209" s="6"/>
     </row>
-    <row r="210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C210" s="6"/>
     </row>
-    <row r="211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C211" s="6"/>
     </row>
-    <row r="212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C212" s="6"/>
     </row>
-    <row r="213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C213" s="6"/>
     </row>
-    <row r="214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C214" s="6"/>
     </row>
-    <row r="215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C215" s="6"/>
     </row>
-    <row r="216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C216" s="6"/>
     </row>
-    <row r="217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C217" s="6"/>
     </row>
-    <row r="218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C218" s="6"/>
     </row>
-    <row r="219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C219" s="6"/>
     </row>
-    <row r="220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C220" s="6"/>
     </row>
-    <row r="221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C221" s="6"/>
     </row>
-    <row r="222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C222" s="6"/>
     </row>
-    <row r="223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C223" s="6"/>
     </row>
-    <row r="224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C224" s="6"/>
     </row>
-    <row r="225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C225" s="6"/>
     </row>
-    <row r="226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C226" s="6"/>
     </row>
-    <row r="227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C227" s="6"/>
     </row>
-    <row r="228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C228" s="6"/>
     </row>
-    <row r="229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C229" s="6"/>
     </row>
-    <row r="230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C230" s="6"/>
     </row>
-    <row r="231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C231" s="6"/>
     </row>
-    <row r="232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C232" s="6"/>
     </row>
-    <row r="233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C233" s="6"/>
     </row>
-    <row r="234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C234" s="6"/>
     </row>
-    <row r="235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C235" s="6"/>
     </row>
-    <row r="236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C236" s="6"/>
     </row>
-    <row r="237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C237" s="6"/>
     </row>
-    <row r="238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C238" s="6"/>
     </row>
-    <row r="239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C239" s="6"/>
     </row>
-    <row r="240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C240" s="6"/>
     </row>
-    <row r="241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C241" s="6"/>
     </row>
-    <row r="242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C242" s="6"/>
     </row>
-    <row r="243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C243" s="6"/>
     </row>
-    <row r="244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C244" s="6"/>
     </row>
-    <row r="245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C245" s="6"/>
     </row>
-    <row r="246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C246" s="6"/>
     </row>
-    <row r="247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C247" s="6"/>
     </row>
-    <row r="248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C248" s="6"/>
     </row>
-    <row r="249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C249" s="6"/>
     </row>
-    <row r="250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C250" s="6"/>
     </row>
-    <row r="251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C251" s="6"/>
     </row>
-    <row r="252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C252" s="6"/>
     </row>
-    <row r="253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C253" s="6"/>
     </row>
-    <row r="254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C254" s="6"/>
     </row>
-    <row r="255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C255" s="6"/>
     </row>
-    <row r="256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C256" s="6"/>
     </row>
-    <row r="257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C257" s="6"/>
     </row>
-    <row r="258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C258" s="6"/>
     </row>
-    <row r="259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C259" s="6"/>
     </row>
-    <row r="260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C260" s="6"/>
     </row>
-    <row r="261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C261" s="6"/>
     </row>
-    <row r="262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C262" s="6"/>
     </row>
-    <row r="263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C263" s="6"/>
     </row>
-    <row r="264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C264" s="6"/>
     </row>
-    <row r="265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C265" s="6"/>
     </row>
-    <row r="266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C266" s="6"/>
     </row>
-    <row r="267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C267" s="6"/>
     </row>
-    <row r="268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C268" s="6"/>
     </row>
-    <row r="269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C269" s="6"/>
     </row>
-    <row r="270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C270" s="6"/>
     </row>
-    <row r="271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C271" s="6"/>
     </row>
-    <row r="272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C272" s="6"/>
     </row>
-    <row r="273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C273" s="6"/>
     </row>
-    <row r="274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C274" s="6"/>
     </row>
-    <row r="275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C275" s="6"/>
     </row>
-    <row r="276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C276" s="6"/>
     </row>
-    <row r="277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C277" s="6"/>
     </row>
-    <row r="278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C278" s="6"/>
     </row>
-    <row r="279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C279" s="6"/>
     </row>
-    <row r="280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C280" s="6"/>
     </row>
-    <row r="281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C281" s="6"/>
     </row>
-    <row r="282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C282" s="6"/>
     </row>
-    <row r="283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C283" s="6"/>
     </row>
-    <row r="284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C284" s="6"/>
     </row>
-    <row r="285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C285" s="6"/>
     </row>
-    <row r="286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C286" s="6"/>
     </row>
-    <row r="287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C287" s="6"/>
     </row>
-    <row r="288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C288" s="6"/>
     </row>
-    <row r="289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C289" s="6"/>
     </row>
-    <row r="290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C290" s="6"/>
     </row>
-    <row r="291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C291" s="6"/>
     </row>
-    <row r="292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C292" s="6"/>
     </row>
-    <row r="293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C293" s="6"/>
     </row>
-    <row r="294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C294" s="6"/>
     </row>
-    <row r="295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C295" s="6"/>
     </row>
-    <row r="296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C296" s="6"/>
     </row>
-    <row r="297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C297" s="6"/>
     </row>
-    <row r="298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C298" s="6"/>
     </row>
-    <row r="299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C299" s="6"/>
     </row>
-    <row r="300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C300" s="6"/>
     </row>
-    <row r="301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C301" s="6"/>
     </row>
-    <row r="302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C302" s="6"/>
     </row>
-    <row r="303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C303" s="6"/>
     </row>
-    <row r="304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C304" s="6"/>
     </row>
-    <row r="305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C305" s="6"/>
     </row>
-    <row r="306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C306" s="6"/>
     </row>
-    <row r="307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C307" s="6"/>
     </row>
-    <row r="308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C308" s="6"/>
     </row>
-    <row r="309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C309" s="6"/>
     </row>
-    <row r="310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C310" s="6"/>
     </row>
-    <row r="311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C311" s="6"/>
     </row>
-    <row r="312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C312" s="6"/>
     </row>
-    <row r="313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C313" s="6"/>
     </row>
-    <row r="314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C314" s="6"/>
     </row>
-    <row r="315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C315" s="6"/>
     </row>
-    <row r="316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C316" s="6"/>
     </row>
-    <row r="317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C317" s="6"/>
     </row>
-    <row r="318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C318" s="6"/>
     </row>
-    <row r="319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C319" s="6"/>
     </row>
-    <row r="320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C320" s="6"/>
     </row>
-    <row r="321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C321" s="6"/>
     </row>
-    <row r="322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C322" s="6"/>
     </row>
-    <row r="323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C323" s="6"/>
     </row>
-    <row r="324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C324" s="6"/>
     </row>
-    <row r="325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C325" s="6"/>
     </row>
-    <row r="326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C326" s="6"/>
     </row>
-    <row r="327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C327" s="6"/>
     </row>
-    <row r="328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C328" s="6"/>
     </row>
-    <row r="329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C329" s="6"/>
     </row>
-    <row r="330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C330" s="6"/>
     </row>
-    <row r="331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C331" s="6"/>
     </row>
-    <row r="332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C332" s="6"/>
     </row>
-    <row r="333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C333" s="6"/>
     </row>
-    <row r="334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C334" s="6"/>
     </row>
-    <row r="335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C335" s="6"/>
     </row>
-    <row r="336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C336" s="6"/>
     </row>
-    <row r="337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C337" s="6"/>
     </row>
-    <row r="338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C338" s="6"/>
     </row>
-    <row r="339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C339" s="6"/>
     </row>
-    <row r="340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C340" s="6"/>
     </row>
-    <row r="341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C341" s="6"/>
     </row>
-    <row r="342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C342" s="6"/>
     </row>
-    <row r="343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C343" s="6"/>
     </row>
-    <row r="344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C344" s="6"/>
     </row>
-    <row r="345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C345" s="6"/>
     </row>
-    <row r="346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C346" s="6"/>
     </row>
-    <row r="347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C347" s="6"/>
     </row>
-    <row r="348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C348" s="6"/>
     </row>
-    <row r="349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C349" s="6"/>
     </row>
-    <row r="350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C350" s="6"/>
     </row>
-    <row r="351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C351" s="6"/>
     </row>
-    <row r="352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C352" s="6"/>
     </row>
-    <row r="353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C353" s="6"/>
     </row>
-    <row r="354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C354" s="6"/>
     </row>
-    <row r="355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C355" s="6"/>
     </row>
-    <row r="356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C356" s="6"/>
     </row>
-    <row r="357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C357" s="6"/>
     </row>
-    <row r="358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C358" s="6"/>
     </row>
-    <row r="359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C359" s="6"/>
     </row>
-    <row r="360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C360" s="6"/>
     </row>
-    <row r="361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C361" s="6"/>
     </row>
-    <row r="362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C362" s="6"/>
     </row>
-    <row r="363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C363" s="6"/>
     </row>
-    <row r="364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C364" s="6"/>
     </row>
-    <row r="365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C365" s="6"/>
     </row>
-    <row r="366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C366" s="6"/>
     </row>
-    <row r="367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C367" s="6"/>
     </row>
-    <row r="368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C368" s="6"/>
     </row>
-    <row r="369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C369" s="6"/>
     </row>
-    <row r="370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C370" s="6"/>
     </row>
-    <row r="371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C371" s="6"/>
     </row>
-    <row r="372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C372" s="6"/>
     </row>
-    <row r="373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C373" s="6"/>
     </row>
-    <row r="374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C374" s="6"/>
     </row>
-    <row r="375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C375" s="6"/>
     </row>
-    <row r="376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C376" s="6"/>
     </row>
-    <row r="377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C377" s="6"/>
     </row>
-    <row r="378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C378" s="6"/>
     </row>
-    <row r="379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C379" s="6"/>
     </row>
-    <row r="380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C380" s="6"/>
     </row>
-    <row r="381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C381" s="6"/>
     </row>
-    <row r="382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C382" s="6"/>
     </row>
-    <row r="383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C383" s="6"/>
     </row>
-    <row r="384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C384" s="6"/>
     </row>
-    <row r="385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C385" s="6"/>
     </row>
-    <row r="386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C386" s="6"/>
     </row>
-    <row r="387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C387" s="6"/>
     </row>
-    <row r="388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C388" s="6"/>
     </row>
-    <row r="389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C389" s="6"/>
     </row>
-    <row r="390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C390" s="6"/>
     </row>
-    <row r="391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C391" s="6"/>
     </row>
-    <row r="392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C392" s="6"/>
     </row>
-    <row r="393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C393" s="6"/>
     </row>
-    <row r="394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C394" s="6"/>
     </row>
-    <row r="395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C395" s="6"/>
     </row>
-    <row r="396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C396" s="6"/>
     </row>
-    <row r="397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C397" s="6"/>
     </row>
-    <row r="398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C398" s="6"/>
     </row>
-    <row r="399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C399" s="6"/>
     </row>
-    <row r="400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C400" s="6"/>
     </row>
-    <row r="401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C401" s="6"/>
     </row>
-    <row r="402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C402" s="6"/>
     </row>
-    <row r="403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C403" s="6"/>
     </row>
-    <row r="404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C404" s="6"/>
     </row>
-    <row r="405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C405" s="6"/>
     </row>
-    <row r="406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C406" s="6"/>
     </row>
-    <row r="407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C407" s="6"/>
     </row>
-    <row r="408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C408" s="6"/>
     </row>
-    <row r="409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C409" s="6"/>
     </row>
-    <row r="410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C410" s="6"/>
     </row>
-    <row r="411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C411" s="6"/>
     </row>
-    <row r="412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C412" s="6"/>
     </row>
-    <row r="413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C413" s="6"/>
     </row>
-    <row r="414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C414" s="6"/>
     </row>
-    <row r="415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C415" s="6"/>
     </row>
-    <row r="416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C416" s="6"/>
     </row>
-    <row r="417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C417" s="6"/>
     </row>
-    <row r="418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C418" s="6"/>
     </row>
-    <row r="419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C419" s="6"/>
     </row>
-    <row r="420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C420" s="6"/>
     </row>
-    <row r="421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C421" s="6"/>
     </row>
-    <row r="422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C422" s="6"/>
     </row>
-    <row r="423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C423" s="6"/>
     </row>
-    <row r="424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C424" s="6"/>
     </row>
-    <row r="425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C425" s="6"/>
     </row>
-    <row r="426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C426" s="6"/>
     </row>
-    <row r="427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C427" s="6"/>
     </row>
-    <row r="428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C428" s="6"/>
     </row>
-    <row r="429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C429" s="6"/>
     </row>
-    <row r="430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C430" s="6"/>
     </row>
-    <row r="431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C431" s="6"/>
     </row>
-    <row r="432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C432" s="6"/>
     </row>
-    <row r="433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C433" s="6"/>
     </row>
-    <row r="434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C434" s="6"/>
     </row>
-    <row r="435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C435" s="6"/>
     </row>
-    <row r="436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C436" s="6"/>
     </row>
-    <row r="437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C437" s="6"/>
     </row>
-    <row r="438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C438" s="6"/>
     </row>
-    <row r="439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C439" s="6"/>
     </row>
-    <row r="440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C440" s="6"/>
     </row>
-    <row r="441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C441" s="6"/>
     </row>
-    <row r="442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C442" s="6"/>
     </row>
-    <row r="443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C443" s="6"/>
     </row>
-    <row r="444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C444" s="6"/>
     </row>
-    <row r="445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C445" s="6"/>
     </row>
-    <row r="446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C446" s="6"/>
     </row>
-    <row r="447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C447" s="6"/>
     </row>
-    <row r="448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C448" s="6"/>
     </row>
-    <row r="449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C449" s="6"/>
     </row>
-    <row r="450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C450" s="6"/>
     </row>
-    <row r="451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C451" s="6"/>
     </row>
-    <row r="452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C452" s="6"/>
     </row>
-    <row r="453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C453" s="6"/>
     </row>
-    <row r="454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C454" s="6"/>
     </row>
-    <row r="455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C455" s="6"/>
     </row>
-    <row r="456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C456" s="6"/>
     </row>
-    <row r="457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C457" s="6"/>
     </row>
-    <row r="458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C458" s="6"/>
     </row>
-    <row r="459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C459" s="6"/>
     </row>
-    <row r="460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C460" s="6"/>
     </row>
-    <row r="461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C461" s="6"/>
     </row>
-    <row r="462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C462" s="6"/>
     </row>
-    <row r="463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C463" s="6"/>
     </row>
-    <row r="464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C464" s="6"/>
     </row>
-    <row r="465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C465" s="6"/>
     </row>
-    <row r="466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C466" s="6"/>
     </row>
-    <row r="467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C467" s="6"/>
     </row>
-    <row r="468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C468" s="6"/>
     </row>
-    <row r="469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C469" s="6"/>
     </row>
-    <row r="470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C470" s="6"/>
     </row>
-    <row r="471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C471" s="6"/>
     </row>
-    <row r="472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C472" s="6"/>
     </row>
-    <row r="473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C473" s="6"/>
     </row>
-    <row r="474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C474" s="6"/>
     </row>
-    <row r="475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C475" s="6"/>
     </row>
-    <row r="476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C476" s="6"/>
     </row>
-    <row r="477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C477" s="6"/>
     </row>
-    <row r="478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C478" s="6"/>
     </row>
-    <row r="479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C479" s="6"/>
     </row>
-    <row r="480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C480" s="6"/>
     </row>
-    <row r="481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C481" s="6"/>
     </row>
-    <row r="482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C482" s="6"/>
     </row>
-    <row r="483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C483" s="6"/>
     </row>
-    <row r="484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C484" s="6"/>
     </row>
-    <row r="485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C485" s="6"/>
     </row>
-    <row r="486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C486" s="6"/>
     </row>
-    <row r="487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C487" s="6"/>
     </row>
-    <row r="488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C488" s="6"/>
     </row>
-    <row r="489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C489" s="6"/>
     </row>
-    <row r="490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C490" s="6"/>
     </row>
-    <row r="491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C491" s="6"/>
     </row>
-    <row r="492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C492" s="6"/>
     </row>
-    <row r="493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C493" s="6"/>
     </row>
-    <row r="494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C494" s="6"/>
     </row>
-    <row r="495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C495" s="6"/>
     </row>
-    <row r="496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C496" s="6"/>
     </row>
-    <row r="497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C497" s="6"/>
     </row>
-    <row r="498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C498" s="6"/>
     </row>
-    <row r="499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C499" s="6"/>
     </row>
-    <row r="500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C500" s="6"/>
     </row>
-    <row r="501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C501" s="6"/>
     </row>
-    <row r="502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C502" s="6"/>
     </row>
-    <row r="503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C503" s="6"/>
     </row>
-    <row r="504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C504" s="6"/>
     </row>
-    <row r="505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C505" s="6"/>
     </row>
-    <row r="506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C506" s="6"/>
     </row>
-    <row r="507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C507" s="6"/>
     </row>
-    <row r="508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C508" s="6"/>
     </row>
-    <row r="509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C509" s="6"/>
     </row>
-    <row r="510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C510" s="6"/>
     </row>
-    <row r="511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C511" s="6"/>
     </row>
-    <row r="512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C512" s="6"/>
     </row>
-    <row r="513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C513" s="6"/>
     </row>
-    <row r="514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C514" s="6"/>
     </row>
-    <row r="515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C515" s="6"/>
     </row>
-    <row r="516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C516" s="6"/>
     </row>
-    <row r="517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C517" s="6"/>
     </row>
-    <row r="518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C518" s="6"/>
     </row>
-    <row r="519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C519" s="6"/>
     </row>
-    <row r="520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C520" s="6"/>
     </row>
-    <row r="521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C521" s="6"/>
     </row>
-    <row r="522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C522" s="6"/>
     </row>
-    <row r="523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C523" s="6"/>
     </row>
-    <row r="524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C524" s="6"/>
     </row>
-    <row r="525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C525" s="6"/>
     </row>
-    <row r="526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C526" s="6"/>
     </row>
-    <row r="527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C527" s="6"/>
     </row>
-    <row r="528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C528" s="6"/>
     </row>
-    <row r="529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C529" s="6"/>
     </row>
-    <row r="530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C530" s="6"/>
     </row>
-    <row r="531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C531" s="6"/>
     </row>
-    <row r="532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C532" s="6"/>
     </row>
-    <row r="533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C533" s="6"/>
     </row>
-    <row r="534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C534" s="6"/>
     </row>
-    <row r="535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C535" s="6"/>
     </row>
-    <row r="536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C536" s="6"/>
     </row>
-    <row r="537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C537" s="6"/>
     </row>
-    <row r="538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C538" s="6"/>
     </row>
-    <row r="539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C539" s="6"/>
     </row>
-    <row r="540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C540" s="6"/>
     </row>
-    <row r="541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C541" s="6"/>
     </row>
-    <row r="542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C542" s="6"/>
     </row>
-    <row r="543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C543" s="6"/>
     </row>
-    <row r="544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C544" s="6"/>
     </row>
-    <row r="545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C545" s="6"/>
     </row>
-    <row r="546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C546" s="6"/>
     </row>
-    <row r="547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C547" s="6"/>
     </row>
-    <row r="548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C548" s="6"/>
     </row>
-    <row r="549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C549" s="6"/>
     </row>
-    <row r="550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C550" s="6"/>
     </row>
-    <row r="551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C551" s="6"/>
     </row>
-    <row r="552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C552" s="6"/>
     </row>
-    <row r="553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C553" s="6"/>
     </row>
-    <row r="554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C554" s="6"/>
     </row>
-    <row r="555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C555" s="6"/>
     </row>
-    <row r="556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C556" s="6"/>
     </row>
-    <row r="557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C557" s="6"/>
     </row>
-    <row r="558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C558" s="6"/>
     </row>
-    <row r="559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C559" s="6"/>
     </row>
-    <row r="560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C560" s="6"/>
     </row>
-    <row r="561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C561" s="6"/>
     </row>
-    <row r="562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C562" s="6"/>
     </row>
-    <row r="563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C563" s="6"/>
     </row>
-    <row r="564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C564" s="6"/>
     </row>
-    <row r="565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C565" s="6"/>
     </row>
-    <row r="566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C566" s="6"/>
     </row>
-    <row r="567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C567" s="6"/>
     </row>
-    <row r="568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C568" s="6"/>
     </row>
-    <row r="569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C569" s="6"/>
     </row>
-    <row r="570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C570" s="6"/>
     </row>
-    <row r="571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C571" s="6"/>
     </row>
-    <row r="572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C572" s="6"/>
     </row>
-    <row r="573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C573" s="6"/>
     </row>
-    <row r="574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C574" s="6"/>
     </row>
-    <row r="575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C575" s="6"/>
     </row>
-    <row r="576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C576" s="6"/>
     </row>
-    <row r="577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C577" s="6"/>
     </row>
-    <row r="578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C578" s="6"/>
     </row>
-    <row r="579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C579" s="6"/>
     </row>
-    <row r="580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C580" s="6"/>
     </row>
-    <row r="581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C581" s="6"/>
     </row>
-    <row r="582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C582" s="6"/>
     </row>
-    <row r="583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C583" s="6"/>
     </row>
-    <row r="584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C584" s="6"/>
     </row>
-    <row r="585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C585" s="6"/>
     </row>
-    <row r="586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C586" s="6"/>
     </row>
-    <row r="587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C587" s="6"/>
     </row>
-    <row r="588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C588" s="6"/>
     </row>
-    <row r="589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C589" s="6"/>
     </row>
-    <row r="590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C590" s="6"/>
     </row>
-    <row r="591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C591" s="6"/>
     </row>
-    <row r="592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C592" s="6"/>
     </row>
-    <row r="593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C593" s="6"/>
     </row>
-    <row r="594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C594" s="6"/>
     </row>
-    <row r="595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C595" s="6"/>
     </row>
-    <row r="596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C596" s="6"/>
     </row>
-    <row r="597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C597" s="6"/>
     </row>
-    <row r="598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C598" s="6"/>
     </row>
-    <row r="599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C599" s="6"/>
     </row>
-    <row r="600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C600" s="6"/>
     </row>
-    <row r="601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C601" s="6"/>
     </row>
-    <row r="602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C602" s="6"/>
     </row>
-    <row r="603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C603" s="6"/>
     </row>
-    <row r="604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C604" s="6"/>
     </row>
-    <row r="605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C605" s="6"/>
     </row>
-    <row r="606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C606" s="6"/>
     </row>
-    <row r="607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C607" s="6"/>
     </row>
-    <row r="608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C608" s="6"/>
     </row>
-    <row r="609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C609" s="6"/>
     </row>
-    <row r="610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C610" s="6"/>
     </row>
-    <row r="611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C611" s="6"/>
     </row>
-    <row r="612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C612" s="6"/>
     </row>
-    <row r="613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C613" s="6"/>
     </row>
-    <row r="614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C614" s="6"/>
     </row>
-    <row r="615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C615" s="6"/>
     </row>
-    <row r="616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C616" s="6"/>
     </row>
-    <row r="617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C617" s="6"/>
     </row>
-    <row r="618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C618" s="6"/>
     </row>
-    <row r="619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C619" s="6"/>
     </row>
-    <row r="620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C620" s="6"/>
     </row>
-    <row r="621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C621" s="6"/>
     </row>
-    <row r="622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C622" s="6"/>
     </row>
-    <row r="623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C623" s="6"/>
     </row>
-    <row r="624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C624" s="6"/>
     </row>
-    <row r="625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C625" s="6"/>
     </row>
-    <row r="626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C626" s="6"/>
     </row>
-    <row r="627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C627" s="6"/>
     </row>
-    <row r="628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C628" s="6"/>
     </row>
-    <row r="629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C629" s="6"/>
     </row>
-    <row r="630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C630" s="6"/>
     </row>
-    <row r="631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C631" s="6"/>
     </row>
-    <row r="632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C632" s="6"/>
     </row>
-    <row r="633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C633" s="6"/>
     </row>
-    <row r="634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C634" s="6"/>
     </row>
-    <row r="635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C635" s="6"/>
     </row>
-    <row r="636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C636" s="6"/>
     </row>
-    <row r="637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C637" s="6"/>
     </row>
-    <row r="638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C638" s="6"/>
     </row>
-    <row r="639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C639" s="6"/>
     </row>
-    <row r="640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C640" s="6"/>
     </row>
-    <row r="641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C641" s="6"/>
     </row>
-    <row r="642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C642" s="6"/>
     </row>
-    <row r="643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C643" s="6"/>
     </row>
-    <row r="644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C644" s="6"/>
     </row>
-    <row r="645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C645" s="6"/>
     </row>
-    <row r="646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C646" s="6"/>
     </row>
-    <row r="647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C647" s="6"/>
     </row>
-    <row r="648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C648" s="6"/>
     </row>
-    <row r="649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C649" s="6"/>
     </row>
-    <row r="650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C650" s="6"/>
     </row>
-    <row r="651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C651" s="6"/>
     </row>
-    <row r="652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C652" s="6"/>
     </row>
-    <row r="653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C653" s="6"/>
     </row>
-    <row r="654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C654" s="6"/>
     </row>
-    <row r="655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C655" s="6"/>
     </row>
-    <row r="656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C656" s="6"/>
     </row>
-    <row r="657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C657" s="6"/>
     </row>
-    <row r="658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C658" s="6"/>
     </row>
-    <row r="659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C659" s="6"/>
     </row>
-    <row r="660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C660" s="6"/>
     </row>
-    <row r="661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C661" s="6"/>
     </row>
-    <row r="662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C662" s="6"/>
     </row>
-    <row r="663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C663" s="6"/>
     </row>
-    <row r="664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C664" s="6"/>
     </row>
-    <row r="665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C665" s="6"/>
     </row>
-    <row r="666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C666" s="6"/>
     </row>
-    <row r="667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C667" s="6"/>
     </row>
-    <row r="668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C668" s="6"/>
     </row>
-    <row r="669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C669" s="6"/>
     </row>
-    <row r="670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C670" s="6"/>
     </row>
-    <row r="671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C671" s="6"/>
     </row>
-    <row r="672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C672" s="6"/>
     </row>
-    <row r="673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C673" s="6"/>
     </row>
-    <row r="674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C674" s="6"/>
     </row>
-    <row r="675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C675" s="6"/>
     </row>
-    <row r="676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C676" s="6"/>
     </row>
-    <row r="677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C677" s="6"/>
     </row>
-    <row r="678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C678" s="6"/>
     </row>
-    <row r="679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C679" s="6"/>
     </row>
-    <row r="680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C680" s="6"/>
     </row>
-    <row r="681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C681" s="6"/>
     </row>
-    <row r="682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C682" s="6"/>
     </row>
-    <row r="683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C683" s="6"/>
     </row>
-    <row r="684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C684" s="6"/>
     </row>
-    <row r="685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C685" s="6"/>
     </row>
-    <row r="686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C686" s="6"/>
     </row>
-    <row r="687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C687" s="6"/>
     </row>
-    <row r="688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C688" s="6"/>
     </row>
-    <row r="689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C689" s="6"/>
     </row>
-    <row r="690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C690" s="6"/>
     </row>
-    <row r="691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C691" s="6"/>
     </row>
-    <row r="692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C692" s="6"/>
     </row>
-    <row r="693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C693" s="6"/>
     </row>
-    <row r="694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C694" s="6"/>
     </row>
-    <row r="695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C695" s="6"/>
     </row>
-    <row r="696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C696" s="6"/>
     </row>
-    <row r="697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C697" s="6"/>
     </row>
-    <row r="698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C698" s="6"/>
     </row>
-    <row r="699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C699" s="6"/>
     </row>
-    <row r="700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C700" s="6"/>
     </row>
-    <row r="701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C701" s="6"/>
     </row>
-    <row r="702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C702" s="6"/>
     </row>
-    <row r="703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C703" s="6"/>
     </row>
-    <row r="704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C704" s="6"/>
     </row>
-    <row r="705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C705" s="6"/>
     </row>
-    <row r="706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C706" s="6"/>
     </row>
-    <row r="707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C707" s="6"/>
     </row>
-    <row r="708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C708" s="6"/>
     </row>
-    <row r="709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C709" s="6"/>
     </row>
-    <row r="710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C710" s="6"/>
     </row>
-    <row r="711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C711" s="6"/>
     </row>
-    <row r="712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C712" s="6"/>
     </row>
-    <row r="713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C713" s="6"/>
     </row>
-    <row r="714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C714" s="6"/>
     </row>
-    <row r="715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C715" s="6"/>
     </row>
-    <row r="716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C716" s="6"/>
     </row>
-    <row r="717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C717" s="6"/>
     </row>
-    <row r="718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C718" s="6"/>
     </row>
-    <row r="719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C719" s="6"/>
     </row>
-    <row r="720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C720" s="6"/>
     </row>
-    <row r="721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C721" s="6"/>
     </row>
-    <row r="722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C722" s="6"/>
     </row>
-    <row r="723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C723" s="6"/>
     </row>
-    <row r="724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C724" s="6"/>
     </row>
-    <row r="725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C725" s="6"/>
     </row>
-    <row r="726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C726" s="6"/>
     </row>
-    <row r="727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C727" s="6"/>
     </row>
-    <row r="728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C728" s="6"/>
     </row>
-    <row r="729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C729" s="6"/>
     </row>
-    <row r="730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C730" s="6"/>
     </row>
-    <row r="731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C731" s="6"/>
     </row>
-    <row r="732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C732" s="6"/>
     </row>
-    <row r="733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C733" s="6"/>
     </row>
-    <row r="734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C734" s="6"/>
     </row>
-    <row r="735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C735" s="6"/>
     </row>
-    <row r="736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C736" s="6"/>
     </row>
-    <row r="737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C737" s="6"/>
     </row>
-    <row r="738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C738" s="6"/>
     </row>
-    <row r="739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C739" s="6"/>
     </row>
-    <row r="740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C740" s="6"/>
     </row>
-    <row r="741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C741" s="6"/>
     </row>
-    <row r="742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C742" s="6"/>
     </row>
-    <row r="743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C743" s="6"/>
     </row>
-    <row r="744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C744" s="6"/>
     </row>
-    <row r="745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C745" s="6"/>
     </row>
-    <row r="746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C746" s="6"/>
     </row>
-    <row r="747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C747" s="6"/>
     </row>
-    <row r="748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C748" s="6"/>
     </row>
-    <row r="749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C749" s="6"/>
     </row>
-    <row r="750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C750" s="6"/>
     </row>
-    <row r="751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C751" s="6"/>
     </row>
-    <row r="752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C752" s="6"/>
     </row>
-    <row r="753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C753" s="6"/>
     </row>
-    <row r="754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C754" s="6"/>
     </row>
-    <row r="755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C755" s="6"/>
     </row>
-    <row r="756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C756" s="6"/>
     </row>
-    <row r="757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C757" s="6"/>
     </row>
-    <row r="758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C758" s="6"/>
     </row>
-    <row r="759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C759" s="6"/>
     </row>
-    <row r="760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C760" s="6"/>
     </row>
-    <row r="761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C761" s="6"/>
     </row>
-    <row r="762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C762" s="6"/>
     </row>
-    <row r="763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C763" s="6"/>
     </row>
-    <row r="764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C764" s="6"/>
     </row>
-    <row r="765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C765" s="6"/>
     </row>
-    <row r="766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C766" s="6"/>
     </row>
-    <row r="767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C767" s="6"/>
     </row>
-    <row r="768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C768" s="6"/>
     </row>
-    <row r="769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C769" s="6"/>
     </row>
-    <row r="770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C770" s="6"/>
     </row>
-    <row r="771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C771" s="6"/>
     </row>
-    <row r="772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C772" s="6"/>
     </row>
-    <row r="773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C773" s="6"/>
     </row>
-    <row r="774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C774" s="6"/>
     </row>
-    <row r="775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C775" s="6"/>
     </row>
-    <row r="776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C776" s="6"/>
     </row>
-    <row r="777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C777" s="6"/>
     </row>
-    <row r="778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C778" s="6"/>
     </row>
-    <row r="779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C779" s="6"/>
     </row>
-    <row r="780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C780" s="6"/>
     </row>
-    <row r="781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C781" s="6"/>
     </row>
-    <row r="782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C782" s="6"/>
     </row>
-    <row r="783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C783" s="6"/>
     </row>
-    <row r="784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C784" s="6"/>
     </row>
-    <row r="785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C785" s="6"/>
     </row>
-    <row r="786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C786" s="6"/>
     </row>
-    <row r="787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C787" s="6"/>
     </row>
-    <row r="788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C788" s="6"/>
     </row>
-    <row r="789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C789" s="6"/>
     </row>
-    <row r="790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C790" s="6"/>
     </row>
-    <row r="791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C791" s="6"/>
     </row>
-    <row r="792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C792" s="6"/>
     </row>
-    <row r="793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C793" s="6"/>
     </row>
-    <row r="794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C794" s="6"/>
     </row>
-    <row r="795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C795" s="6"/>
     </row>
-    <row r="796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C796" s="6"/>
     </row>
-    <row r="797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C797" s="6"/>
     </row>
-    <row r="798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C798" s="6"/>
     </row>
-    <row r="799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C799" s="6"/>
     </row>
-    <row r="800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C800" s="6"/>
     </row>
-    <row r="801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C801" s="6"/>
     </row>
-    <row r="802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C802" s="6"/>
     </row>
-    <row r="803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C803" s="6"/>
     </row>
-    <row r="804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C804" s="6"/>
     </row>
-    <row r="805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C805" s="6"/>
     </row>
-    <row r="806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C806" s="6"/>
     </row>
-    <row r="807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C807" s="6"/>
     </row>
-    <row r="808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C808" s="6"/>
     </row>
-    <row r="809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C809" s="6"/>
     </row>
-    <row r="810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C810" s="6"/>
     </row>
-    <row r="811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C811" s="6"/>
     </row>
-    <row r="812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C812" s="6"/>
     </row>
-    <row r="813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C813" s="6"/>
     </row>
-    <row r="814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C814" s="6"/>
     </row>
-    <row r="815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C815" s="6"/>
     </row>
-    <row r="816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C816" s="6"/>
     </row>
-    <row r="817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C817" s="6"/>
     </row>
-    <row r="818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C818" s="6"/>
     </row>
-    <row r="819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C819" s="6"/>
     </row>
-    <row r="820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C820" s="6"/>
     </row>
-    <row r="821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C821" s="6"/>
     </row>
-    <row r="822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C822" s="6"/>
     </row>
-    <row r="823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C823" s="6"/>
     </row>
-    <row r="824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C824" s="6"/>
     </row>
-    <row r="825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C825" s="6"/>
     </row>
-    <row r="826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C826" s="6"/>
     </row>
-    <row r="827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C827" s="6"/>
     </row>
-    <row r="828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C828" s="6"/>
     </row>
-    <row r="829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C829" s="6"/>
     </row>
-    <row r="830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C830" s="6"/>
     </row>
-    <row r="831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C831" s="6"/>
     </row>
-    <row r="832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C832" s="6"/>
     </row>
-    <row r="833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C833" s="6"/>
     </row>
-    <row r="834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C834" s="6"/>
     </row>
-    <row r="835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C835" s="6"/>
     </row>
-    <row r="836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C836" s="6"/>
     </row>
-    <row r="837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C837" s="6"/>
     </row>
-    <row r="838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C838" s="6"/>
     </row>
-    <row r="839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C839" s="6"/>
     </row>
-    <row r="840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C840" s="6"/>
     </row>
-    <row r="841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C841" s="6"/>
     </row>
-    <row r="842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C842" s="6"/>
     </row>
-    <row r="843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C843" s="6"/>
     </row>
-    <row r="844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C844" s="6"/>
     </row>
-    <row r="845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C845" s="6"/>
     </row>
-    <row r="846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C846" s="6"/>
     </row>
-    <row r="847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C847" s="6"/>
     </row>
-    <row r="848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C848" s="6"/>
     </row>
-    <row r="849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C849" s="6"/>
     </row>
-    <row r="850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C850" s="6"/>
     </row>
-    <row r="851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C851" s="6"/>
     </row>
-    <row r="852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C852" s="6"/>
     </row>
-    <row r="853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C853" s="6"/>
     </row>
-    <row r="854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C854" s="6"/>
     </row>
-    <row r="855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C855" s="6"/>
     </row>
-    <row r="856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C856" s="6"/>
     </row>
-    <row r="857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C857" s="6"/>
     </row>
-    <row r="858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C858" s="6"/>
     </row>
-    <row r="859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C859" s="6"/>
     </row>
-    <row r="860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C860" s="6"/>
     </row>
-    <row r="861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C861" s="6"/>
     </row>
-    <row r="862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C862" s="6"/>
     </row>
-    <row r="863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C863" s="6"/>
     </row>
-    <row r="864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C864" s="6"/>
     </row>
-    <row r="865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C865" s="6"/>
     </row>
-    <row r="866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C866" s="6"/>
     </row>
-    <row r="867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C867" s="6"/>
     </row>
-    <row r="868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C868" s="6"/>
     </row>
-    <row r="869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C869" s="6"/>
     </row>
-    <row r="870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C870" s="6"/>
     </row>
-    <row r="871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C871" s="6"/>
     </row>
-    <row r="872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C872" s="6"/>
     </row>
-    <row r="873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C873" s="6"/>
     </row>
-    <row r="874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C874" s="6"/>
     </row>
-    <row r="875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C875" s="6"/>
     </row>
-    <row r="876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C876" s="6"/>
     </row>
-    <row r="877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C877" s="6"/>
     </row>
-    <row r="878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C878" s="6"/>
     </row>
-    <row r="879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C879" s="6"/>
     </row>
-    <row r="880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C880" s="6"/>
     </row>
-    <row r="881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C881" s="6"/>
     </row>
-    <row r="882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C882" s="6"/>
     </row>
-    <row r="883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C883" s="6"/>
     </row>
-    <row r="884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C884" s="6"/>
     </row>
-    <row r="885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C885" s="6"/>
     </row>
-    <row r="886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C886" s="6"/>
     </row>
-    <row r="887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C887" s="6"/>
     </row>
-    <row r="888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C888" s="6"/>
     </row>
-    <row r="889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C889" s="6"/>
     </row>
-    <row r="890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C890" s="6"/>
     </row>
-    <row r="891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C891" s="6"/>
     </row>
-    <row r="892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C892" s="6"/>
     </row>
-    <row r="893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C893" s="6"/>
     </row>
-    <row r="894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C894" s="6"/>
     </row>
-    <row r="895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C895" s="6"/>
     </row>
-    <row r="896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C896" s="6"/>
     </row>
-    <row r="897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C897" s="6"/>
     </row>
-    <row r="898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C898" s="6"/>
     </row>
-    <row r="899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C899" s="6"/>
     </row>
-    <row r="900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C900" s="6"/>
     </row>
-    <row r="901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C901" s="6"/>
     </row>
-    <row r="902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C902" s="6"/>
     </row>
-    <row r="903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C903" s="6"/>
     </row>
-    <row r="904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C904" s="6"/>
     </row>
-    <row r="905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C905" s="6"/>
     </row>
-    <row r="906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C906" s="6"/>
     </row>
-    <row r="907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C907" s="6"/>
     </row>
-    <row r="908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C908" s="6"/>
     </row>
-    <row r="909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C909" s="6"/>
     </row>
-    <row r="910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C910" s="6"/>
     </row>
-    <row r="911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C911" s="6"/>
     </row>
-    <row r="912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C912" s="6"/>
     </row>
-    <row r="913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C913" s="6"/>
     </row>
-    <row r="914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C914" s="6"/>
     </row>
-    <row r="915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C915" s="6"/>
     </row>
-    <row r="916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C916" s="6"/>
     </row>
-    <row r="917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C917" s="6"/>
     </row>
-    <row r="918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C918" s="6"/>
     </row>
-    <row r="919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C919" s="6"/>
     </row>
-    <row r="920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C920" s="6"/>
     </row>
-    <row r="921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C921" s="6"/>
     </row>
-    <row r="922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C922" s="6"/>
     </row>
-    <row r="923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C923" s="6"/>
     </row>
-    <row r="924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C924" s="6"/>
     </row>
-    <row r="925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C925" s="6"/>
     </row>
-    <row r="926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C926" s="6"/>
     </row>
-    <row r="927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C927" s="6"/>
     </row>
-    <row r="928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C928" s="6"/>
     </row>
-    <row r="929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C929" s="6"/>
     </row>
-    <row r="930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C930" s="6"/>
     </row>
-    <row r="931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C931" s="6"/>
     </row>
-    <row r="932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C932" s="6"/>
     </row>
-    <row r="933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C933" s="6"/>
     </row>
-    <row r="934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C934" s="6"/>
     </row>
-    <row r="935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C935" s="6"/>
     </row>
-    <row r="936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C936" s="6"/>
     </row>
-    <row r="937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C937" s="6"/>
     </row>
-    <row r="938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C938" s="6"/>
     </row>
-    <row r="939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C939" s="6"/>
     </row>
-    <row r="940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C940" s="6"/>
     </row>
-    <row r="941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C941" s="6"/>
     </row>
-    <row r="942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C942" s="6"/>
     </row>
-    <row r="943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C943" s="6"/>
     </row>
-    <row r="944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C944" s="6"/>
     </row>
-    <row r="945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C945" s="6"/>
     </row>
-    <row r="946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C946" s="6"/>
     </row>
-    <row r="947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C947" s="6"/>
     </row>
-    <row r="948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C948" s="6"/>
     </row>
-    <row r="949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C949" s="6"/>
     </row>
-    <row r="950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C950" s="6"/>
     </row>
-    <row r="951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C951" s="6"/>
     </row>
-    <row r="952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C952" s="6"/>
     </row>
-    <row r="953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C953" s="6"/>
     </row>
-    <row r="954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C954" s="6"/>
     </row>
-    <row r="955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C955" s="6"/>
     </row>
-    <row r="956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C956" s="6"/>
     </row>
-    <row r="957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C957" s="6"/>
     </row>
-    <row r="958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C958" s="6"/>
     </row>
-    <row r="959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C959" s="6"/>
     </row>
-    <row r="960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C960" s="6"/>
     </row>
-    <row r="961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C961" s="6"/>
     </row>
-    <row r="962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C962" s="6"/>
     </row>
-    <row r="963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C963" s="6"/>
     </row>
-    <row r="964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C964" s="6"/>
     </row>
-    <row r="965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C965" s="6"/>
     </row>
-    <row r="966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C966" s="6"/>
     </row>
-    <row r="967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C967" s="6"/>
     </row>
-    <row r="968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C968" s="6"/>
     </row>
-    <row r="969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C969" s="6"/>
     </row>
-    <row r="970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C970" s="6"/>
     </row>
-    <row r="971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C971" s="6"/>
     </row>
-    <row r="972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C972" s="6"/>
     </row>
-    <row r="973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C973" s="6"/>
     </row>
-    <row r="974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C974" s="6"/>
     </row>
-    <row r="975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C975" s="6"/>
     </row>
-    <row r="976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C976" s="6"/>
     </row>
-    <row r="977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C977" s="6"/>
     </row>
-    <row r="978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C978" s="6"/>
     </row>
-    <row r="979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C979" s="6"/>
     </row>
-    <row r="980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C980" s="6"/>
     </row>
-    <row r="981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C981" s="6"/>
     </row>
-    <row r="982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C982" s="6"/>
     </row>
-    <row r="983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C983" s="6"/>
     </row>
-    <row r="984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C984" s="6"/>
     </row>
-    <row r="985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C985" s="6"/>
     </row>
-    <row r="986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C986" s="6"/>
     </row>
-    <row r="987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C987" s="6"/>
     </row>
-    <row r="988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C988" s="6"/>
     </row>
-    <row r="989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C989" s="6"/>
     </row>
-    <row r="990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C990" s="6"/>
     </row>
-    <row r="991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C991" s="6"/>
     </row>
-    <row r="992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C992" s="6"/>
     </row>
-    <row r="993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C993" s="6"/>
     </row>
-    <row r="994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C994" s="6"/>
     </row>
-    <row r="995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C995" s="6"/>
     </row>
-    <row r="996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C996" s="6"/>
     </row>
-    <row r="997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C997" s="6"/>
     </row>
-    <row r="998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C998" s="6"/>
     </row>
-    <row r="999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C999" s="6"/>
     </row>
-    <row r="1000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1000" s="6"/>
     </row>
-    <row r="1001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1001" s="6"/>
     </row>
-    <row r="1002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1002" s="6"/>
     </row>
-    <row r="1003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1003" s="6"/>
     </row>
-    <row r="1004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1004" s="6"/>
     </row>
-    <row r="1005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1005" s="6"/>
     </row>
-    <row r="1006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1006" s="6"/>
     </row>
-    <row r="1007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1007" s="6"/>
     </row>
-    <row r="1008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1008" s="6"/>
     </row>
-    <row r="1009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1009" s="6"/>
     </row>
-    <row r="1010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1010" s="6"/>
     </row>
-    <row r="1011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1011" s="6"/>
     </row>
-    <row r="1012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1012" s="6"/>
     </row>
-    <row r="1013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1013" s="6"/>
     </row>
-    <row r="1014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1014" s="6"/>
     </row>
-    <row r="1015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1015" s="6"/>
     </row>
-    <row r="1016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1016" s="6"/>
     </row>
-    <row r="1017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1017" s="6"/>
     </row>
-    <row r="1018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1018" s="6"/>
     </row>
-    <row r="1019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1019" s="6"/>
     </row>
-    <row r="1020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1020" s="6"/>
     </row>
-    <row r="1021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1021" s="6"/>
     </row>
-    <row r="1022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1022" s="6"/>
     </row>
-    <row r="1023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1023" s="6"/>
     </row>
-    <row r="1024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1024" s="6"/>
     </row>
-    <row r="1025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1025" s="6"/>
     </row>
-    <row r="1026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1026" s="6"/>
     </row>
-    <row r="1027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1027" s="6"/>
     </row>
-    <row r="1028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1028" s="6"/>
     </row>
-    <row r="1029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1029" s="6"/>
     </row>
-    <row r="1030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1030" s="6"/>
     </row>
-    <row r="1031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1031" s="6"/>
     </row>
-    <row r="1032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1032" s="6"/>
     </row>
-    <row r="1033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1033" s="6"/>
     </row>
-    <row r="1034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1034" s="6"/>
     </row>
-    <row r="1035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1035" s="6"/>
     </row>
-    <row r="1036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1036" s="6"/>
     </row>
-    <row r="1037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1037" s="6"/>
     </row>
-    <row r="1038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1038" s="6"/>
     </row>
-    <row r="1039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1039" s="6"/>
     </row>
-    <row r="1040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1040" s="6"/>
     </row>
-    <row r="1041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1041" s="6"/>
     </row>
-    <row r="1042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1042" s="6"/>
     </row>
-    <row r="1043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1043" s="6"/>
     </row>
-    <row r="1044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1044" s="6"/>
     </row>
-    <row r="1045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1045" s="6"/>
     </row>
-    <row r="1046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1046" s="6"/>
     </row>
-    <row r="1047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1047" s="6"/>
     </row>
-    <row r="1048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1048" s="6"/>
     </row>
-    <row r="1049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1049" s="6"/>
     </row>
-    <row r="1050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1050" s="6"/>
     </row>
-    <row r="1051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1051" s="6"/>
     </row>
-    <row r="1052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1052" s="6"/>
     </row>
-    <row r="1053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1053" s="6"/>
     </row>
-    <row r="1054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1054" s="6"/>
     </row>
-    <row r="1055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1055" s="6"/>
     </row>
-    <row r="1056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1056" s="6"/>
     </row>
-    <row r="1057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1057" s="6"/>
     </row>
-    <row r="1058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1058" s="6"/>
     </row>
-    <row r="1059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1059" s="6"/>
     </row>
-    <row r="1060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1060" s="6"/>
     </row>
-    <row r="1061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1061" s="6"/>
     </row>
-    <row r="1062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1062" s="6"/>
     </row>
-    <row r="1063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1063" s="6"/>
     </row>
-    <row r="1064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1064" s="6"/>
     </row>
-    <row r="1065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1065" s="6"/>
     </row>
-    <row r="1066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1066" s="6"/>
     </row>
-    <row r="1067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1067" s="6"/>
     </row>
-    <row r="1068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1068" s="6"/>
     </row>
-    <row r="1069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1069" s="6"/>
     </row>
-    <row r="1070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1070" s="6"/>
     </row>
-    <row r="1071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1071" s="6"/>
     </row>
-    <row r="1072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1072" s="6"/>
     </row>
-    <row r="1073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1073" s="6"/>
     </row>
-    <row r="1074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1074" s="6"/>
     </row>
-    <row r="1075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1075" s="6"/>
     </row>
-    <row r="1076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1076" s="6"/>
     </row>
-    <row r="1077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1077" s="6"/>
     </row>
-    <row r="1078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1078" s="6"/>
     </row>
-    <row r="1079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1079" s="6"/>
     </row>
-    <row r="1080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1080" s="6"/>
     </row>
-    <row r="1081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1081" s="6"/>
     </row>
-    <row r="1082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1082" s="6"/>
     </row>
-    <row r="1083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1083" s="6"/>
     </row>
-    <row r="1084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1084" s="6"/>
     </row>
-    <row r="1085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1085" s="6"/>
     </row>
-    <row r="1086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1086" s="6"/>
     </row>
-    <row r="1087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1087" s="6"/>
     </row>
-    <row r="1088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1088" s="6"/>
     </row>
-    <row r="1089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1089" s="6"/>
     </row>
-    <row r="1090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1090" s="6"/>
     </row>
-    <row r="1091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1091" s="6"/>
     </row>
-    <row r="1092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1092" s="6"/>
     </row>
-    <row r="1093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1093" s="6"/>
     </row>
-    <row r="1094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1094" s="6"/>
     </row>
-    <row r="1095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1095" s="6"/>
     </row>
-    <row r="1096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1096" s="6"/>
     </row>
-    <row r="1097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1097" s="6"/>
     </row>
-    <row r="1098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1098" s="6"/>
     </row>
-    <row r="1099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1099" s="6"/>
     </row>
-    <row r="1100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1100" s="6"/>
     </row>
-    <row r="1101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1101" s="6"/>
     </row>
-    <row r="1102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1102" s="6"/>
     </row>
-    <row r="1103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1103" s="6"/>
     </row>
-    <row r="1104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1104" s="6"/>
     </row>
-    <row r="1105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1105" s="6"/>
     </row>
-    <row r="1106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1106" s="6"/>
     </row>
-    <row r="1107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1107" s="6"/>
     </row>
-    <row r="1108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1108" s="6"/>
     </row>
-    <row r="1109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1109" s="6"/>
     </row>
-    <row r="1110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1110" s="6"/>
     </row>
-    <row r="1111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1111" s="6"/>
     </row>
-    <row r="1112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1112" s="6"/>
     </row>
-    <row r="1113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1113" s="6"/>
     </row>
-    <row r="1114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1114" s="6"/>
     </row>
-    <row r="1115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1115" s="6"/>
     </row>
-    <row r="1116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1116" s="6"/>
     </row>
-    <row r="1117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1117" s="6"/>
     </row>
-    <row r="1118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1118" s="6"/>
     </row>
-    <row r="1119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1119" s="6"/>
     </row>
-    <row r="1120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1120" s="6"/>
     </row>
-    <row r="1121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1121" s="6"/>
     </row>
-    <row r="1122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1122" s="6"/>
     </row>
-    <row r="1123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1123" s="6"/>
     </row>
-    <row r="1124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1124" s="6"/>
     </row>
-    <row r="1125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1125" s="6"/>
     </row>
-    <row r="1126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1126" s="6"/>
     </row>
-    <row r="1127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1127" s="6"/>
     </row>
-    <row r="1128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1128" s="6"/>
     </row>
-    <row r="1129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1129" s="6"/>
     </row>
-    <row r="1130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1130" s="6"/>
     </row>
-    <row r="1131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1131" s="6"/>
     </row>
-    <row r="1132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1132" s="6"/>
     </row>
-    <row r="1133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1133" s="6"/>
     </row>
-    <row r="1134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1134" s="6"/>
     </row>
-    <row r="1135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1135" s="6"/>
     </row>
-    <row r="1136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1136" s="6"/>
     </row>
-    <row r="1137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1137" s="6"/>
     </row>
-    <row r="1138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1138" s="6"/>
     </row>
-    <row r="1139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1139" s="6"/>
     </row>
-    <row r="1140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1140" s="6"/>
     </row>
-    <row r="1141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1141" s="6"/>
     </row>
-    <row r="1142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1142" s="6"/>
     </row>
-    <row r="1143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1143" s="6"/>
     </row>
-    <row r="1144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1144" s="6"/>
     </row>
-    <row r="1145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1145" s="6"/>
     </row>
-    <row r="1146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1146" s="6"/>
     </row>
-    <row r="1147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1147" s="6"/>
     </row>
-    <row r="1148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1148" s="6"/>
     </row>
-    <row r="1149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1149" s="6"/>
     </row>
-    <row r="1150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1150" s="6"/>
     </row>
-    <row r="1151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1151" s="6"/>
     </row>
-    <row r="1152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1152" s="6"/>
     </row>
-    <row r="1153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1153" s="6"/>
     </row>
-    <row r="1154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1154" s="6"/>
     </row>
-    <row r="1155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1155" s="6"/>
     </row>
-    <row r="1156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1156" s="6"/>
     </row>
-    <row r="1157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1157" s="6"/>
     </row>
-    <row r="1158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1158" s="6"/>
     </row>
-    <row r="1159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1159" s="6"/>
     </row>
-    <row r="1160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1160" s="6"/>
     </row>
-    <row r="1161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1161" s="6"/>
     </row>
-    <row r="1162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1162" s="6"/>
     </row>
-    <row r="1163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1163" s="6"/>
     </row>
-    <row r="1164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1164" s="6"/>
     </row>
-    <row r="1165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1165" s="6"/>
     </row>
-    <row r="1166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1166" s="6"/>
     </row>
-    <row r="1167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1167" s="6"/>
     </row>
-    <row r="1168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1168" s="6"/>
     </row>
-    <row r="1169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1169" s="6"/>
     </row>
-    <row r="1170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1170" s="6"/>
     </row>
-    <row r="1171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1171" s="6"/>
     </row>
-    <row r="1172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1172" s="6"/>
     </row>
-    <row r="1173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1173" s="6"/>
     </row>
-    <row r="1174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1174" s="6"/>
     </row>
-    <row r="1175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1175" s="6"/>
     </row>
-    <row r="1176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1176" s="6"/>
     </row>
-    <row r="1177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1177" s="6"/>
     </row>
-    <row r="1178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1178" s="6"/>
     </row>
-    <row r="1179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1179" s="6"/>
     </row>
-    <row r="1180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1180" s="6"/>
     </row>
-    <row r="1181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1181" s="6"/>
     </row>
-    <row r="1182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1182" s="6"/>
     </row>
-    <row r="1183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1183" s="6"/>
     </row>
-    <row r="1184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1184" s="6"/>
     </row>
-    <row r="1185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1185" s="6"/>
     </row>
-    <row r="1186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1186" s="6"/>
     </row>
-    <row r="1187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1187" s="6"/>
     </row>
-    <row r="1188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1188" s="6"/>
     </row>
-    <row r="1189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1189" s="6"/>
     </row>
-    <row r="1190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1190" s="6"/>
     </row>
-    <row r="1191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1191" s="6"/>
     </row>
-    <row r="1192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1192" s="6"/>
     </row>
-    <row r="1193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1193" s="6"/>
     </row>
-    <row r="1194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1194" s="6"/>
     </row>
-    <row r="1195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1195" s="6"/>
     </row>
-    <row r="1196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1196" s="6"/>
     </row>
-    <row r="1197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1197" s="6"/>
     </row>
-    <row r="1198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1198" s="6"/>
     </row>
-    <row r="1199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1199" s="6"/>
     </row>
-    <row r="1200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1200" s="6"/>
     </row>
-    <row r="1201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1201" s="6"/>
     </row>
-    <row r="1202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1202" s="6"/>
     </row>
-    <row r="1203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1203" s="6"/>
     </row>
-    <row r="1204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1204" s="6"/>
     </row>
-    <row r="1205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1205" s="6"/>
     </row>
-    <row r="1206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1206" s="6"/>
     </row>
-    <row r="1207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1207" s="6"/>
     </row>
-    <row r="1208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1208" s="6"/>
     </row>
-    <row r="1209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1209" s="6"/>
     </row>
-    <row r="1210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1210" s="6"/>
     </row>
-    <row r="1211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1211" s="6"/>
     </row>
-    <row r="1212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1212" s="6"/>
     </row>
-    <row r="1213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1213" s="6"/>
     </row>
-    <row r="1214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1214" s="6"/>
     </row>
-    <row r="1215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1215" s="6"/>
     </row>
-    <row r="1216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1216" s="6"/>
     </row>
-    <row r="1217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1217" s="6"/>
     </row>
-    <row r="1218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1218" s="6"/>
     </row>
-    <row r="1219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1219" s="6"/>
     </row>
-    <row r="1220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1220" s="6"/>
     </row>
-    <row r="1221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1221" s="6"/>
     </row>
-    <row r="1222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1222" s="6"/>
     </row>
-    <row r="1223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1223" s="6"/>
     </row>
-    <row r="1224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1224" s="6"/>
     </row>
-    <row r="1225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1225" s="6"/>
     </row>
-    <row r="1226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1226" s="6"/>
     </row>
-    <row r="1227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1227" s="6"/>
     </row>
-    <row r="1228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1228" s="6"/>
     </row>
-    <row r="1229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1229" s="6"/>
     </row>
-    <row r="1230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1230" s="6"/>
     </row>
-    <row r="1231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1231" s="6"/>
     </row>
-    <row r="1232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1232" s="6"/>
     </row>
-    <row r="1233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1233" s="6"/>
     </row>
-    <row r="1234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1234" s="6"/>
     </row>
-    <row r="1235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1235" s="6"/>
     </row>
-    <row r="1236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1236" s="6"/>
     </row>
-    <row r="1237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1237" s="6"/>
     </row>
-    <row r="1238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1238" s="6"/>
     </row>
-    <row r="1239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1239" s="6"/>
     </row>
-    <row r="1240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1240" s="6"/>
     </row>
-    <row r="1241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1241" s="6"/>
     </row>
-    <row r="1242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1242" s="6"/>
     </row>
-    <row r="1243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1243" s="6"/>
     </row>
-    <row r="1244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1244" s="6"/>
     </row>
-    <row r="1245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1245" s="6"/>
     </row>
-    <row r="1246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1246" s="6"/>
     </row>
-    <row r="1247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1247" s="6"/>
     </row>
-    <row r="1248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1248" s="6"/>
     </row>
-    <row r="1249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1249" s="6"/>
     </row>
-    <row r="1250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1250" s="6"/>
     </row>
-    <row r="1251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1251" s="6"/>
     </row>
-    <row r="1252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1252" s="6"/>
     </row>
-    <row r="1253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1253" s="6"/>
     </row>
-    <row r="1254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1254" s="6"/>
     </row>
-    <row r="1255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1255" s="6"/>
     </row>
-    <row r="1256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1256" s="6"/>
     </row>
-    <row r="1257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1257" s="6"/>
     </row>
-    <row r="1258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1258" s="6"/>
     </row>
-    <row r="1259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1259" s="6"/>
     </row>
-    <row r="1260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1260" s="6"/>
     </row>
-    <row r="1261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1261" s="6"/>
     </row>
-    <row r="1262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1262" s="6"/>
     </row>
-    <row r="1263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1263" s="6"/>
     </row>
-    <row r="1264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1264" s="6"/>
     </row>
-    <row r="1265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1265" s="6"/>
     </row>
-    <row r="1266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1266" s="6"/>
     </row>
-    <row r="1267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1267" s="6"/>
     </row>
-    <row r="1268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1268" s="6"/>
     </row>
-    <row r="1269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1269" s="6"/>
     </row>
-    <row r="1270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1270" s="6"/>
     </row>
-    <row r="1271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1271" s="6"/>
     </row>
-    <row r="1272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1272" s="6"/>
     </row>
-    <row r="1273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1273" s="6"/>
     </row>
-    <row r="1274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1274" s="6"/>
     </row>
-    <row r="1275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1275" s="6"/>
     </row>
-    <row r="1276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1276" s="6"/>
     </row>
-    <row r="1277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1277" s="6"/>
     </row>
-    <row r="1278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1278" s="6"/>
     </row>
-    <row r="1279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1279" s="6"/>
     </row>
-    <row r="1280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1280" s="6"/>
     </row>
-    <row r="1281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1281" s="6"/>
     </row>
-    <row r="1282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1282" s="6"/>
     </row>
-    <row r="1283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1283" s="6"/>
     </row>
-    <row r="1284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1284" s="6"/>
     </row>
-    <row r="1285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1285" s="6"/>
     </row>
-    <row r="1286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1286" s="6"/>
     </row>
-    <row r="1287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1287" s="6"/>
     </row>
-    <row r="1288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1288" s="6"/>
     </row>
-    <row r="1289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1289" s="6"/>
     </row>
-    <row r="1290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1290" s="6"/>
     </row>
-    <row r="1291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1291" s="6"/>
     </row>
-    <row r="1292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1292" s="6"/>
     </row>
-    <row r="1293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1293" s="6"/>
     </row>
-    <row r="1294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1294" s="6"/>
     </row>
-    <row r="1295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1295" s="6"/>
     </row>
-    <row r="1296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1296" s="6"/>
     </row>
-    <row r="1297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1297" s="6"/>
     </row>
-    <row r="1298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1298" s="6"/>
     </row>
-    <row r="1299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1299" s="6"/>
     </row>
-    <row r="1300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1300" s="6"/>
     </row>
-    <row r="1301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1301" s="6"/>
     </row>
-    <row r="1302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1302" s="6"/>
     </row>
-    <row r="1303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1303" s="6"/>
     </row>
-    <row r="1304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1304" s="6"/>
     </row>
-    <row r="1305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1305" s="6"/>
     </row>
-    <row r="1306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1306" s="6"/>
     </row>
-    <row r="1307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1307" s="6"/>
     </row>
-    <row r="1308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1308" s="6"/>
     </row>
-    <row r="1309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1309" s="6"/>
     </row>
-    <row r="1310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1310" s="6"/>
     </row>
-    <row r="1311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1311" s="6"/>
     </row>
-    <row r="1312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1312" s="6"/>
     </row>
-    <row r="1313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1313" s="6"/>
     </row>
-    <row r="1314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1314" s="6"/>
     </row>
-    <row r="1315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1315" s="6"/>
     </row>
-    <row r="1316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1316" s="6"/>
     </row>
-    <row r="1317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1317" s="6"/>
     </row>
-    <row r="1318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1318" s="6"/>
     </row>
-    <row r="1319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1319" s="6"/>
     </row>
-    <row r="1320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1320" s="6"/>
     </row>
-    <row r="1321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1321" s="6"/>
     </row>
-    <row r="1322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1322" s="6"/>
     </row>
-    <row r="1323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1323" s="6"/>
     </row>
-    <row r="1324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1324" s="6"/>
     </row>
-    <row r="1325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1325" s="6"/>
     </row>
-    <row r="1326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1326" s="6"/>
     </row>
-    <row r="1327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1327" s="6"/>
     </row>
-    <row r="1328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1328" s="6"/>
     </row>
-    <row r="1329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1329" s="6"/>
     </row>
-    <row r="1330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1330" s="6"/>
     </row>
-    <row r="1331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1331" s="6"/>
     </row>
-    <row r="1332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1332" s="6"/>
     </row>
-    <row r="1333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1333" s="6"/>
     </row>
-    <row r="1334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1334" s="6"/>
     </row>
-    <row r="1335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1335" s="6"/>
     </row>
-    <row r="1336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1336" s="6"/>
     </row>
-    <row r="1337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1337" s="6"/>
     </row>
-    <row r="1338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1338" s="6"/>
     </row>
-    <row r="1339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1339" s="6"/>
     </row>
-    <row r="1340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1340" s="6"/>
     </row>
-    <row r="1341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1341" s="6"/>
     </row>
-    <row r="1342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1342" s="6"/>
     </row>
-    <row r="1343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1343" s="6"/>
     </row>
-    <row r="1344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1344" s="6"/>
     </row>
-    <row r="1345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1345" s="6"/>
     </row>
-    <row r="1346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1346" s="6"/>
     </row>
-    <row r="1347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1347" s="6"/>
     </row>
-    <row r="1348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1348" s="6"/>
     </row>
-    <row r="1349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1349" s="6"/>
     </row>
-    <row r="1350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1350" s="6"/>
     </row>
-    <row r="1351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1351" s="6"/>
     </row>
-    <row r="1352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1352" s="6"/>
     </row>
-    <row r="1353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1353" s="6"/>
     </row>
-    <row r="1354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1354" s="6"/>
     </row>
-    <row r="1355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1355" s="6"/>
     </row>
-    <row r="1356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1356" s="6"/>
     </row>
-    <row r="1357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1357" s="6"/>
     </row>
-    <row r="1358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1358" s="6"/>
     </row>
-    <row r="1359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1359" s="6"/>
     </row>
-    <row r="1360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1360" s="6"/>
     </row>
-    <row r="1361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1361" s="6"/>
     </row>
-    <row r="1362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1362" s="6"/>
     </row>
-    <row r="1363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1363" s="6"/>
     </row>
-    <row r="1364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1364" s="6"/>
     </row>
-    <row r="1365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1365" s="6"/>
     </row>
-    <row r="1366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1366" s="6"/>
     </row>
-    <row r="1367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1367" s="6"/>
     </row>
-    <row r="1368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1368" s="6"/>
     </row>
-    <row r="1369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1369" s="6"/>
     </row>
-    <row r="1370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1370" s="6"/>
     </row>
-    <row r="1371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1371" s="6"/>
     </row>
-    <row r="1372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1372" s="6"/>
     </row>
-    <row r="1373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1373" s="6"/>
     </row>
-    <row r="1374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1374" s="6"/>
     </row>
-    <row r="1375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1375" s="6"/>
     </row>
-    <row r="1376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1376" s="6"/>
     </row>
-    <row r="1377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1377" s="6"/>
     </row>
-    <row r="1378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1378" s="6"/>
     </row>
-    <row r="1379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1379" s="6"/>
     </row>
-    <row r="1380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1380" s="6"/>
     </row>
-    <row r="1381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1381" s="6"/>
     </row>
-    <row r="1382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1382" s="6"/>
     </row>
-    <row r="1383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1383" s="6"/>
     </row>
-    <row r="1384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1384" s="6"/>
     </row>
-    <row r="1385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1385" s="6"/>
     </row>
-    <row r="1386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1386" s="6"/>
     </row>
-    <row r="1387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1387" s="6"/>
     </row>
-    <row r="1388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1388" s="6"/>
     </row>
-    <row r="1389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1389" s="6"/>
     </row>
-    <row r="1390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1390" s="6"/>
     </row>
-    <row r="1391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1391" s="6"/>
     </row>
-    <row r="1392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1392" s="6"/>
     </row>
-    <row r="1393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1393" s="6"/>
     </row>
-    <row r="1394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1394" s="6"/>
     </row>
-    <row r="1395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1395" s="6"/>
     </row>
-    <row r="1396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1396" s="6"/>
     </row>
-    <row r="1397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1397" s="6"/>
     </row>
-    <row r="1398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1398" s="6"/>
     </row>
-    <row r="1399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1399" s="6"/>
     </row>
-    <row r="1400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1400" s="6"/>
     </row>
-    <row r="1401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1401" s="6"/>
     </row>
-    <row r="1402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1402" s="6"/>
     </row>
-    <row r="1403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1403" s="6"/>
     </row>
-    <row r="1404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1404" s="6"/>
     </row>
-    <row r="1405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1405" s="6"/>
     </row>
-    <row r="1406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1406" s="6"/>
     </row>
-    <row r="1407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1407" s="6"/>
     </row>
-    <row r="1408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1408" s="6"/>
     </row>
-    <row r="1409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1409" s="6"/>
     </row>
-    <row r="1410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1410" s="6"/>
     </row>
-    <row r="1411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1411" s="6"/>
     </row>
-    <row r="1412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1412" s="6"/>
     </row>
-    <row r="1413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1413" s="6"/>
     </row>
-    <row r="1414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1414" s="6"/>
     </row>
-    <row r="1415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1415" s="6"/>
     </row>
-    <row r="1416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1416" s="6"/>
     </row>
-    <row r="1417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1417" s="6"/>
     </row>
-    <row r="1418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1418" s="6"/>
     </row>
-    <row r="1419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1419" s="6"/>
     </row>
-    <row r="1420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1420" s="6"/>
     </row>
-    <row r="1421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1421" s="6"/>
     </row>
-    <row r="1422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1422" s="6"/>
     </row>
-    <row r="1423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1423" s="6"/>
     </row>
-    <row r="1424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1424" s="6"/>
     </row>
-    <row r="1425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1425" s="6"/>
     </row>
-    <row r="1426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1426" s="6"/>
     </row>
-    <row r="1427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1427" s="6"/>
     </row>
-    <row r="1428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1428" s="6"/>
     </row>
-    <row r="1429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1429" s="6"/>
     </row>
-    <row r="1430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1430" s="6"/>
     </row>
-    <row r="1431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1431" s="6"/>
     </row>
-    <row r="1432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1432" s="6"/>
     </row>
-    <row r="1433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1433" s="6"/>
     </row>
-    <row r="1434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1434" s="6"/>
     </row>
-    <row r="1435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1435" s="6"/>
     </row>
-    <row r="1436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1436" s="6"/>
     </row>
-    <row r="1437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1437" s="6"/>
     </row>
-    <row r="1438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1438" s="6"/>
     </row>
-    <row r="1439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1439" s="6"/>
     </row>
-    <row r="1440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1440" s="6"/>
     </row>
-    <row r="1441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1441" s="6"/>
     </row>
-    <row r="1442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1442" s="6"/>
     </row>
-    <row r="1443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1443" s="6"/>
     </row>
-    <row r="1444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1444" s="6"/>
     </row>
-    <row r="1445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1445" s="6"/>
     </row>
-    <row r="1446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1446" s="6"/>
     </row>
-    <row r="1447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1447" s="6"/>
     </row>
-    <row r="1448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1448" s="6"/>
     </row>
-    <row r="1449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1449" s="6"/>
     </row>
-    <row r="1450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1450" s="6"/>
     </row>
-    <row r="1451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1451" s="6"/>
     </row>
-    <row r="1452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1452" s="6"/>
     </row>
-    <row r="1453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1453" s="6"/>
     </row>
-    <row r="1454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1454" s="6"/>
     </row>
-    <row r="1455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1455" s="6"/>
     </row>
-    <row r="1456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1456" s="6"/>
     </row>
-    <row r="1457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1457" s="6"/>
     </row>
-    <row r="1458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1458" s="6"/>
     </row>
-    <row r="1459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1459" s="6"/>
     </row>
-    <row r="1460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1460" s="6"/>
     </row>
-    <row r="1461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1461" s="6"/>
     </row>
-    <row r="1462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1462" s="6"/>
     </row>
-    <row r="1463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1463" s="6"/>
     </row>
-    <row r="1464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1464" s="6"/>
     </row>
-    <row r="1465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1465" s="6"/>
     </row>
-    <row r="1466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1466" s="6"/>
     </row>
-    <row r="1467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1467" s="6"/>
     </row>
-    <row r="1468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1468" s="6"/>
     </row>
-    <row r="1469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1469" s="6"/>
     </row>
-    <row r="1470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1470" s="6"/>
     </row>
-    <row r="1471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1471" s="6"/>
     </row>
-    <row r="1472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1472" s="6"/>
     </row>
-    <row r="1473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1473" s="6"/>
     </row>
-    <row r="1474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1474" s="6"/>
     </row>
-    <row r="1475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1475" s="6"/>
     </row>
-    <row r="1476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1476" s="6"/>
     </row>
-    <row r="1477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1477" s="6"/>
     </row>
-    <row r="1478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1478" s="6"/>
     </row>
-    <row r="1479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1479" s="6"/>
     </row>
-    <row r="1480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1480" s="6"/>
     </row>
-    <row r="1481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1481" s="6"/>
     </row>
-    <row r="1482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1482" s="6"/>
     </row>
-    <row r="1483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1483" s="6"/>
     </row>
-    <row r="1484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1484" s="6"/>
     </row>
-    <row r="1485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1485" s="6"/>
     </row>
-    <row r="1486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1486" s="6"/>
     </row>
-    <row r="1487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1487" s="6"/>
     </row>
-    <row r="1488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1488" s="6"/>
     </row>
-    <row r="1489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1489" s="6"/>
     </row>
-    <row r="1490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1490" s="6"/>
     </row>
-    <row r="1491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1491" s="6"/>
     </row>
-    <row r="1492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1492" s="6"/>
     </row>
-    <row r="1493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1493" s="6"/>
     </row>
-    <row r="1494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1494" s="6"/>
     </row>
-    <row r="1495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1495" s="6"/>
     </row>
-    <row r="1496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1496" s="6"/>
     </row>
-    <row r="1497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1497" s="6"/>
     </row>
-    <row r="1498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1498" s="6"/>
     </row>
-    <row r="1499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1499" s="6"/>
     </row>
-    <row r="1500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1500" s="6"/>
     </row>
-    <row r="1501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1501" s="6"/>
     </row>
-    <row r="1502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1502" s="6"/>
     </row>
-    <row r="1503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1503" s="6"/>
     </row>
-    <row r="1504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1504" s="6"/>
     </row>
-    <row r="1505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1505" s="6"/>
     </row>
-    <row r="1506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1506" s="6"/>
     </row>
-    <row r="1507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1507" s="6"/>
     </row>
-    <row r="1508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1508" s="6"/>
     </row>
-    <row r="1509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1509" s="6"/>
     </row>
-    <row r="1510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1510" s="6"/>
     </row>
-    <row r="1511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1511" s="6"/>
     </row>
-    <row r="1512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1512" s="6"/>
     </row>
-    <row r="1513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1513" s="6"/>
     </row>
-    <row r="1514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1514" s="6"/>
     </row>
-    <row r="1515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1515" s="6"/>
     </row>
-    <row r="1516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1516" s="6"/>
     </row>
-    <row r="1517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1517" s="6"/>
     </row>
-    <row r="1518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1518" s="6"/>
     </row>
-    <row r="1519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1519" s="6"/>
     </row>
-    <row r="1520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1520" s="6"/>
     </row>
-    <row r="1521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1521" s="6"/>
     </row>
-    <row r="1522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1522" s="6"/>
     </row>
-    <row r="1523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1523" s="6"/>
     </row>
-    <row r="1524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1524" s="6"/>
     </row>
-    <row r="1525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1525" s="6"/>
     </row>
-    <row r="1526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1526" s="6"/>
     </row>
-    <row r="1527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1527" s="6"/>
     </row>
-    <row r="1528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1528" s="6"/>
     </row>
-    <row r="1529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1529" s="6"/>
     </row>
-    <row r="1530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1530" s="6"/>
     </row>
-    <row r="1531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1531" s="6"/>
     </row>
-    <row r="1532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1532" s="6"/>
     </row>
-    <row r="1533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1533" s="6"/>
     </row>
-    <row r="1534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1534" s="6"/>
     </row>
-    <row r="1535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1535" s="6"/>
     </row>
-    <row r="1536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1536" s="6"/>
     </row>
-    <row r="1537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1537" s="6"/>
     </row>
-    <row r="1538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1538" s="6"/>
     </row>
-    <row r="1539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1539" s="6"/>
     </row>
-    <row r="1540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1540" s="6"/>
     </row>
-    <row r="1541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1541" s="6"/>
     </row>
-    <row r="1542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1542" s="6"/>
     </row>
-    <row r="1543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1543" s="6"/>
     </row>
-    <row r="1544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1544" s="6"/>
     </row>
-    <row r="1545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1545" s="6"/>
     </row>
-    <row r="1546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1546" s="6"/>
     </row>
-    <row r="1547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1547" s="6"/>
     </row>
-    <row r="1548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1548" s="6"/>
     </row>
-    <row r="1549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1549" s="6"/>
     </row>
-    <row r="1550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1550" s="6"/>
     </row>
-    <row r="1551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1551" s="6"/>
     </row>
-    <row r="1552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1552" s="6"/>
     </row>
-    <row r="1553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1553" s="6"/>
     </row>
-    <row r="1554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1554" s="6"/>
     </row>
-    <row r="1555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1555" s="6"/>
     </row>
-    <row r="1556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1556" s="6"/>
     </row>
-    <row r="1557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1557" s="6"/>
     </row>
-    <row r="1558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1558" s="6"/>
     </row>
-    <row r="1559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1559" s="6"/>
     </row>
-    <row r="1560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1560" s="6"/>
     </row>
-    <row r="1561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1561" s="6"/>
     </row>
-    <row r="1562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1562" s="6"/>
     </row>
-    <row r="1563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1563" s="6"/>
     </row>
-    <row r="1564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1564" s="6"/>
     </row>
-    <row r="1565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1565" s="6"/>
     </row>
-    <row r="1566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1566" s="6"/>
     </row>
-    <row r="1567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1567" s="6"/>
     </row>
-    <row r="1568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1568" s="6"/>
     </row>
-    <row r="1569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1569" s="6"/>
     </row>
-    <row r="1570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1570" s="6"/>
     </row>
-    <row r="1571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1571" s="6"/>
     </row>
-    <row r="1572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1572" s="6"/>
     </row>
-    <row r="1573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1573" s="6"/>
     </row>
-    <row r="1574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1574" s="6"/>
     </row>
-    <row r="1575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1575" s="6"/>
     </row>
-    <row r="1576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1576" s="6"/>
     </row>
-    <row r="1577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1577" s="6"/>
     </row>
-    <row r="1578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1578" s="6"/>
     </row>
-    <row r="1579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1579" s="6"/>
     </row>
-    <row r="1580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1580" s="6"/>
     </row>
-    <row r="1581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1581" s="6"/>
     </row>
-    <row r="1582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1582" s="6"/>
     </row>
-    <row r="1583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1583" s="6"/>
     </row>
-    <row r="1584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1584" s="6"/>
     </row>
-    <row r="1585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1585" s="6"/>
     </row>
-    <row r="1586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1586" s="6"/>
     </row>
-    <row r="1587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1587" s="6"/>
     </row>
-    <row r="1588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1588" s="6"/>
     </row>
-    <row r="1589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1589" s="6"/>
     </row>
-    <row r="1590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1590" s="6"/>
     </row>
-    <row r="1591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1591" s="6"/>
     </row>
-    <row r="1592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1592" s="6"/>
     </row>
-    <row r="1593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1593" s="6"/>
     </row>
-    <row r="1594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1594" s="6"/>
     </row>
-    <row r="1595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1595" s="6"/>
     </row>
-    <row r="1596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1596" s="6"/>
     </row>
-    <row r="1597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1597" s="6"/>
     </row>
-    <row r="1598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1598" s="6"/>
     </row>
-    <row r="1599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1599" s="6"/>
     </row>
-    <row r="1600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1600" s="6"/>
     </row>
-    <row r="1601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1601" s="6"/>
     </row>
-    <row r="1602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1602" s="6"/>
     </row>
-    <row r="1603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1603" s="6"/>
     </row>
-    <row r="1604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1604" s="6"/>
     </row>
-    <row r="1605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1605" s="6"/>
     </row>
-    <row r="1606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1606" s="6"/>
     </row>
-    <row r="1607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1607" s="6"/>
     </row>
-    <row r="1608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1608" s="6"/>
     </row>
-    <row r="1609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1609" s="6"/>
     </row>
-    <row r="1610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1610" s="6"/>
     </row>
-    <row r="1611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1611" s="6"/>
     </row>
-    <row r="1612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1612" s="6"/>
     </row>
-    <row r="1613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1613" s="6"/>
     </row>
-    <row r="1614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1614" s="6"/>
     </row>
-    <row r="1615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1615" s="6"/>
     </row>
-    <row r="1616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1616" s="6"/>
     </row>
-    <row r="1617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1617" s="6"/>
     </row>
-    <row r="1618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1618" s="6"/>
     </row>
-    <row r="1619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1619" s="6"/>
     </row>
-    <row r="1620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1620" s="6"/>
     </row>
-    <row r="1621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1621" s="6"/>
     </row>
-    <row r="1622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1622" s="6"/>
     </row>
-    <row r="1623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1623" s="6"/>
     </row>
-    <row r="1624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1624" s="6"/>
     </row>
-    <row r="1625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1625" s="6"/>
     </row>
-    <row r="1626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1626" s="6"/>
     </row>
-    <row r="1627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1627" s="6"/>
     </row>
-    <row r="1628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1628" s="6"/>
     </row>
-    <row r="1629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1629" s="6"/>
     </row>
-    <row r="1630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1630" s="6"/>
     </row>
-    <row r="1631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1631" s="6"/>
     </row>
-    <row r="1632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1632" s="6"/>
     </row>
-    <row r="1633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1633" s="6"/>
     </row>
-    <row r="1634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1634" s="6"/>
     </row>
-    <row r="1635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1635" s="6"/>
     </row>
-    <row r="1636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1636" s="6"/>
     </row>
-    <row r="1637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1637" s="6"/>
     </row>
-    <row r="1638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1638" s="6"/>
     </row>
-    <row r="1639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1639" s="6"/>
     </row>
-    <row r="1640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1640" s="6"/>
     </row>
-    <row r="1641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1641" s="6"/>
     </row>
-    <row r="1642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1642" s="6"/>
     </row>
-    <row r="1643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1643" s="6"/>
     </row>
-    <row r="1644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1644" s="6"/>
     </row>
-    <row r="1645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1645" s="6"/>
     </row>
-    <row r="1646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1646" s="6"/>
     </row>
-    <row r="1647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1647" s="6"/>
     </row>
-    <row r="1648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1648" s="6"/>
     </row>
-    <row r="1649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1649" s="6"/>
     </row>
-    <row r="1650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1650" s="6"/>
     </row>
-    <row r="1651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1651" s="6"/>
     </row>
-    <row r="1652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1652" s="6"/>
     </row>
-    <row r="1653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1653" s="6"/>
     </row>
-    <row r="1654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1654" s="6"/>
     </row>
-    <row r="1655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1655" s="6"/>
     </row>
-    <row r="1656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1656" s="6"/>
     </row>
-    <row r="1657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1657" s="6"/>
     </row>
-    <row r="1658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1658" s="6"/>
     </row>
-    <row r="1659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1659" s="6"/>
     </row>
-    <row r="1660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1660" s="6"/>
     </row>
-    <row r="1661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1661" s="6"/>
     </row>
-    <row r="1662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1662" s="6"/>
     </row>
-    <row r="1663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1663" s="6"/>
     </row>
-    <row r="1664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1664" s="6"/>
     </row>
-    <row r="1665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1665" s="6"/>
     </row>
-    <row r="1666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1666" s="6"/>
     </row>
-    <row r="1667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1667" s="6"/>
     </row>
-    <row r="1668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1668" s="6"/>
     </row>
-    <row r="1669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1669" s="6"/>
     </row>
-    <row r="1670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1670" s="6"/>
     </row>
-    <row r="1671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1671" s="6"/>
     </row>
-    <row r="1672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1672" s="6"/>
     </row>
-    <row r="1673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1673" s="6"/>
     </row>
-    <row r="1674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1674" s="6"/>
     </row>
-    <row r="1675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1675" s="6"/>
     </row>
-    <row r="1676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1676" s="6"/>
     </row>
-    <row r="1677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1677" s="6"/>
     </row>
-    <row r="1678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1678" s="6"/>
     </row>
-    <row r="1679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1679" s="6"/>
     </row>
-    <row r="1680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1680" s="6"/>
     </row>
-    <row r="1681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1681" s="6"/>
     </row>
-    <row r="1682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1682" s="6"/>
     </row>
-    <row r="1683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1683" s="6"/>
     </row>
-    <row r="1684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1684" s="6"/>
     </row>
-    <row r="1685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1685" s="6"/>
     </row>
-    <row r="1686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1686" s="6"/>
     </row>
-    <row r="1687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1687" s="6"/>
     </row>
-    <row r="1688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1688" s="6"/>
     </row>
-    <row r="1689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1689" s="6"/>
     </row>
-    <row r="1690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1690" s="6"/>
     </row>
-    <row r="1691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1691" s="6"/>
     </row>
-    <row r="1692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1692" s="6"/>
     </row>
-    <row r="1693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1693" s="6"/>
     </row>
-    <row r="1694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1694" s="6"/>
     </row>
-    <row r="1695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1695" s="6"/>
     </row>
-    <row r="1696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1696" s="6"/>
     </row>
-    <row r="1697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1697" s="6"/>
     </row>
-    <row r="1698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1698" s="6"/>
     </row>
-    <row r="1699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1699" s="6"/>
     </row>
-    <row r="1700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1700" s="6"/>
     </row>
-    <row r="1701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1701" s="6"/>
     </row>
-    <row r="1702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1702" s="6"/>
     </row>
-    <row r="1703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1703" s="6"/>
     </row>
-    <row r="1704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1704" s="6"/>
     </row>
-    <row r="1705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1705" s="6"/>
     </row>
-    <row r="1706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1706" s="6"/>
     </row>
-    <row r="1707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1707" s="6"/>
     </row>
-    <row r="1708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1708" s="6"/>
     </row>
-    <row r="1709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1709" s="6"/>
     </row>
-    <row r="1710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1710" s="6"/>
     </row>
-    <row r="1711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1711" s="6"/>
     </row>
-    <row r="1712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1712" s="6"/>
     </row>
-    <row r="1713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1713" s="6"/>
     </row>
-    <row r="1714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1714" s="6"/>
     </row>
-    <row r="1715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1715" s="6"/>
     </row>
-    <row r="1716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1716" s="6"/>
     </row>
-    <row r="1717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1717" s="6"/>
     </row>
-    <row r="1718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1718" s="6"/>
     </row>
-    <row r="1719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1719" s="6"/>
     </row>
-    <row r="1720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1720" s="6"/>
     </row>
-    <row r="1721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1721" s="6"/>
     </row>
-    <row r="1722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1722" s="6"/>
     </row>
-    <row r="1723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1723" s="6"/>
     </row>
-    <row r="1724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1724" s="6"/>
     </row>
-    <row r="1725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1725" s="6"/>
     </row>
-    <row r="1726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1726" s="6"/>
     </row>
-    <row r="1727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1727" s="6"/>
     </row>
-    <row r="1728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1728" s="6"/>
     </row>
-    <row r="1729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1729" s="6"/>
     </row>
-    <row r="1730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1730" s="6"/>
     </row>
-    <row r="1731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1731" s="6"/>
     </row>
-    <row r="1732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1732" s="6"/>
     </row>
-    <row r="1733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1733" s="6"/>
     </row>
-    <row r="1734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1734" s="6"/>
     </row>
-    <row r="1735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1735" s="6"/>
     </row>
-    <row r="1736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1736" s="6"/>
     </row>
-    <row r="1737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1737" s="6"/>
     </row>
-    <row r="1738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1738" s="6"/>
     </row>
-    <row r="1739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1739" s="6"/>
     </row>
-    <row r="1740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1740" s="6"/>
     </row>
-    <row r="1741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1741" s="6"/>
     </row>
-    <row r="1742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1742" s="6"/>
     </row>
-    <row r="1743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1743" s="6"/>
     </row>
-    <row r="1744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1744" s="6"/>
     </row>
-    <row r="1745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1745" s="6"/>
     </row>
-    <row r="1746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1746" s="6"/>
     </row>
-    <row r="1747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1747" s="6"/>
     </row>
-    <row r="1748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1748" s="6"/>
     </row>
-    <row r="1749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1749" s="6"/>
     </row>
-    <row r="1750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1750" s="6"/>
     </row>
-    <row r="1751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1751" s="6"/>
     </row>
-    <row r="1752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1752" s="6"/>
     </row>
-    <row r="1753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1753" s="6"/>
     </row>
-    <row r="1754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1754" s="6"/>
     </row>
-    <row r="1755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1755" s="6"/>
     </row>
-    <row r="1756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1756" s="6"/>
     </row>
-    <row r="1757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1757" s="6"/>
     </row>
-    <row r="1758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1758" s="6"/>
     </row>
-    <row r="1759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1759" s="6"/>
     </row>
-    <row r="1760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1760" s="6"/>
     </row>
-    <row r="1761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1761" s="6"/>
     </row>
-    <row r="1762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1762" s="6"/>
     </row>
-    <row r="1763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1763" s="6"/>
     </row>
-    <row r="1764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1764" s="6"/>
     </row>
-    <row r="1765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1765" s="6"/>
     </row>
-    <row r="1766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1766" s="6"/>
     </row>
-    <row r="1767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1767" s="6"/>
     </row>
-    <row r="1768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1768" s="6"/>
     </row>
-    <row r="1769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1769" s="6"/>
     </row>
-    <row r="1770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1770" s="6"/>
     </row>
-    <row r="1771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1771" s="6"/>
     </row>
-    <row r="1772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1772" s="6"/>
     </row>
-    <row r="1773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1773" s="6"/>
     </row>
-    <row r="1774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1774" s="6"/>
     </row>
-    <row r="1775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1775" s="6"/>
     </row>
-    <row r="1776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1776" s="6"/>
     </row>
-    <row r="1777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1777" s="6"/>
     </row>
-    <row r="1778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1778" s="6"/>
     </row>
-    <row r="1779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1779" s="6"/>
     </row>
-    <row r="1780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1780" s="6"/>
     </row>
-    <row r="1781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1781" s="6"/>
     </row>
-    <row r="1782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1782" s="6"/>
     </row>
-    <row r="1783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1783" s="6"/>
     </row>
-    <row r="1784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1784" s="6"/>
     </row>
-    <row r="1785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1785" s="6"/>
     </row>
-    <row r="1786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1786" s="6"/>
     </row>
-    <row r="1787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1787" s="6"/>
     </row>
-    <row r="1788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1788" s="6"/>
     </row>
-    <row r="1789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1789" s="6"/>
     </row>
-    <row r="1790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1790" s="6"/>
     </row>
-    <row r="1791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1791" s="6"/>
     </row>
-    <row r="1792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1792" s="6"/>
     </row>
-    <row r="1793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1793" s="6"/>
     </row>
-    <row r="1794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1794" s="6"/>
     </row>
-    <row r="1795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1795" s="6"/>
     </row>
-    <row r="1796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1796" s="6"/>
     </row>
-    <row r="1797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1797" s="6"/>
     </row>
-    <row r="1798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1798" s="6"/>
     </row>
-    <row r="1799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1799" s="6"/>
     </row>
-    <row r="1800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1800" s="6"/>
     </row>
-    <row r="1801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1801" s="6"/>
     </row>
-    <row r="1802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1802" s="6"/>
     </row>
-    <row r="1803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1803" s="6"/>
     </row>
-    <row r="1804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1804" s="6"/>
     </row>
-    <row r="1805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1805" s="6"/>
     </row>
-    <row r="1806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1806" s="6"/>
     </row>
-    <row r="1807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1807" s="6"/>
     </row>
-    <row r="1808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1808" s="6"/>
     </row>
-    <row r="1809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1809" s="6"/>
     </row>
-    <row r="1810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1810" s="6"/>
     </row>
-    <row r="1811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1811" s="6"/>
     </row>
-    <row r="1812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1812" s="6"/>
     </row>
-    <row r="1813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1813" s="6"/>
     </row>
-    <row r="1814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1814" s="6"/>
     </row>
-    <row r="1815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1815" s="6"/>
     </row>
-    <row r="1816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1816" s="6"/>
     </row>
-    <row r="1817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1817" s="6"/>
     </row>
-    <row r="1818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1818" s="6"/>
     </row>
-    <row r="1819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1819" s="6"/>
     </row>
-    <row r="1820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1820" s="6"/>
     </row>
-    <row r="1821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1821" s="6"/>
     </row>
-    <row r="1822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1822" s="6"/>
     </row>
-    <row r="1823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1823" s="6"/>
     </row>
-    <row r="1824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1824" s="6"/>
     </row>
-    <row r="1825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1825" s="6"/>
     </row>
-    <row r="1826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1826" s="6"/>
     </row>
-    <row r="1827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1827" s="6"/>
     </row>
-    <row r="1828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1828" s="6"/>
     </row>
-    <row r="1829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1829" s="6"/>
     </row>
-    <row r="1830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1830" s="6"/>
     </row>
-    <row r="1831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1831" s="6"/>
     </row>
-    <row r="1832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1832" s="6"/>
     </row>
-    <row r="1833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1833" s="6"/>
     </row>
-    <row r="1834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1834" s="6"/>
     </row>
-    <row r="1835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1835" s="6"/>
     </row>
-    <row r="1836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1836" s="6"/>
     </row>
-    <row r="1837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1837" s="6"/>
     </row>
-    <row r="1838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1838" s="6"/>
     </row>
-    <row r="1839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1839" s="6"/>
     </row>
-    <row r="1840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1840" s="6"/>
     </row>
-    <row r="1841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1841" s="6"/>
     </row>
-    <row r="1842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1842" s="6"/>
     </row>
-    <row r="1843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1843" s="6"/>
     </row>
-    <row r="1844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1844" s="6"/>
     </row>
-    <row r="1845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1845" s="6"/>
     </row>
-    <row r="1846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1846" s="6"/>
     </row>
-    <row r="1847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1847" s="6"/>
     </row>
-    <row r="1848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1848" s="6"/>
     </row>
-    <row r="1849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1849" s="6"/>
     </row>
-    <row r="1850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1850" s="6"/>
     </row>
-    <row r="1851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1851" s="6"/>
     </row>
-    <row r="1852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1852" s="6"/>
     </row>
-    <row r="1853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1853" s="6"/>
     </row>
-    <row r="1854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1854" s="6"/>
     </row>
-    <row r="1855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1855" s="6"/>
     </row>
-    <row r="1856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1856" s="6"/>
     </row>
-    <row r="1857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1857" s="6"/>
     </row>
-    <row r="1858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1858" s="6"/>
     </row>
-    <row r="1859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1859" s="6"/>
     </row>
-    <row r="1860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1860" s="6"/>
     </row>
-    <row r="1861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1861" s="6"/>
     </row>
-    <row r="1862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1862" s="6"/>
     </row>
-    <row r="1863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1863" s="6"/>
     </row>
-    <row r="1864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1864" s="6"/>
     </row>
-    <row r="1865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1865" s="6"/>
     </row>
-    <row r="1866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1866" s="6"/>
     </row>
-    <row r="1867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1867" s="6"/>
     </row>
-    <row r="1868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1868" s="6"/>
     </row>
-    <row r="1869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1869" s="6"/>
     </row>
-    <row r="1870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1870" s="6"/>
     </row>
-    <row r="1871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1871" s="6"/>
     </row>
-    <row r="1872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1872" s="6"/>
     </row>
-    <row r="1873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1873" s="6"/>
     </row>
-    <row r="1874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1874" s="6"/>
     </row>
-    <row r="1875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1875" s="6"/>
     </row>
-    <row r="1876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1876" s="6"/>
     </row>
-    <row r="1877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1877" s="6"/>
     </row>
-    <row r="1878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1878" s="6"/>
     </row>
-    <row r="1879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1879" s="6"/>
     </row>
-    <row r="1880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1880" s="6"/>
     </row>
-    <row r="1881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1881" s="6"/>
     </row>
-    <row r="1882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1882" s="6"/>
     </row>
-    <row r="1883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1883" s="6"/>
     </row>
-    <row r="1884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1884" s="6"/>
     </row>
-    <row r="1885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1885" s="6"/>
     </row>
-    <row r="1886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1886" s="6"/>
     </row>
-    <row r="1887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1887" s="6"/>
     </row>
-    <row r="1888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1888" s="6"/>
     </row>
-    <row r="1889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1889" s="6"/>
     </row>
-    <row r="1890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1890" s="6"/>
     </row>
-    <row r="1891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1891" s="6"/>
     </row>
-    <row r="1892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1892" s="6"/>
     </row>
-    <row r="1893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1893" s="6"/>
     </row>
-    <row r="1894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1894" s="6"/>
     </row>
-    <row r="1895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1895" s="6"/>
     </row>
-    <row r="1896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1896" s="6"/>
     </row>
-    <row r="1897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1897" s="6"/>
     </row>
-    <row r="1898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1898" s="6"/>
     </row>
-    <row r="1899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1899" s="6"/>
     </row>
-    <row r="1900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1900" s="6"/>
     </row>
-    <row r="1901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1901" s="6"/>
     </row>
-    <row r="1902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1902" s="6"/>
     </row>
-    <row r="1903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1903" s="6"/>
     </row>
-    <row r="1904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1904" s="6"/>
     </row>
-    <row r="1905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1905" s="6"/>
     </row>
-    <row r="1906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1906" s="6"/>
     </row>
-    <row r="1907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1907" s="6"/>
     </row>
-    <row r="1908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1908" s="6"/>
     </row>
-    <row r="1909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1909" s="6"/>
     </row>
-    <row r="1910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1910" s="6"/>
     </row>
-    <row r="1911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1911" s="6"/>
     </row>
-    <row r="1912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1912" s="6"/>
     </row>
-    <row r="1913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1913" s="6"/>
     </row>
-    <row r="1914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1914" s="6"/>
     </row>
-    <row r="1915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1915" s="6"/>
     </row>
-    <row r="1916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1916" s="6"/>
     </row>
-    <row r="1917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1917" s="6"/>
     </row>
-    <row r="1918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1918" s="6"/>
     </row>
-    <row r="1919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1919" s="6"/>
     </row>
-    <row r="1920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1920" s="6"/>
     </row>
-    <row r="1921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1921" s="6"/>
     </row>
-    <row r="1922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1922" s="6"/>
     </row>
-    <row r="1923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1923" s="6"/>
     </row>
-    <row r="1924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1924" s="6"/>
     </row>
-    <row r="1925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1925" s="6"/>
     </row>
-    <row r="1926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1926" s="6"/>
     </row>
-    <row r="1927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1927" s="6"/>
     </row>
-    <row r="1928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1928" s="6"/>
     </row>
-    <row r="1929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1929" s="6"/>
     </row>
-    <row r="1930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1930" s="6"/>
     </row>
-    <row r="1931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1931" s="6"/>
     </row>
-    <row r="1932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1932" s="6"/>
     </row>
-    <row r="1933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1933" s="6"/>
     </row>
-    <row r="1934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1934" s="6"/>
     </row>
-    <row r="1935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1935" s="6"/>
     </row>
-    <row r="1936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1936" s="6"/>
     </row>
-    <row r="1937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1937" s="6"/>
     </row>
-    <row r="1938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1938" s="6"/>
     </row>
-    <row r="1939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1939" s="6"/>
     </row>
-    <row r="1940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1940" s="6"/>
     </row>
-    <row r="1941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1941" s="6"/>
     </row>
-    <row r="1942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1942" s="6"/>
     </row>
-    <row r="1943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1943" s="6"/>
     </row>
-    <row r="1944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1944" s="6"/>
     </row>
-    <row r="1945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1945" s="6"/>
     </row>
-    <row r="1946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1946" s="6"/>
     </row>
-    <row r="1947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1947" s="6"/>
     </row>
-    <row r="1948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1948" s="6"/>
     </row>
-    <row r="1949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1949" s="6"/>
     </row>
-    <row r="1950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1950" s="6"/>
     </row>
-    <row r="1951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1951" s="6"/>
     </row>
-    <row r="1952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1952" s="6"/>
     </row>
-    <row r="1953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1953" s="6"/>
     </row>
-    <row r="1954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1954" s="6"/>
     </row>
-    <row r="1955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1955" s="6"/>
     </row>
-    <row r="1956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1956" s="6"/>
     </row>
-    <row r="1957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1957" s="6"/>
     </row>
-    <row r="1958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1958" s="6"/>
     </row>
-    <row r="1959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1959" s="6"/>
     </row>
-    <row r="1960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1960" s="6"/>
     </row>
-    <row r="1961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1961" s="6"/>
     </row>
-    <row r="1962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1962" s="6"/>
     </row>
-    <row r="1963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1963" s="6"/>
     </row>
-    <row r="1964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1964" s="6"/>
     </row>
-    <row r="1965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1965" s="6"/>
     </row>
-    <row r="1966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1966" s="6"/>
     </row>
-    <row r="1967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1967" s="6"/>
     </row>
-    <row r="1968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1968" s="6"/>
     </row>
-    <row r="1969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1969" s="6"/>
     </row>
-    <row r="1970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1970" s="6"/>
     </row>
-    <row r="1971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1971" s="6"/>
     </row>
-    <row r="1972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1972" s="6"/>
     </row>
-    <row r="1973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1973" s="6"/>
     </row>
-    <row r="1974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1974" s="6"/>
     </row>
-    <row r="1975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1975" s="6"/>
     </row>
-    <row r="1976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1976" s="6"/>
     </row>
-    <row r="1977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1977" s="6"/>
     </row>
-    <row r="1978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1978" s="6"/>
     </row>
-    <row r="1979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1979" s="6"/>
     </row>
-    <row r="1980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1980" s="6"/>
     </row>
-    <row r="1981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1981" s="6"/>
     </row>
-    <row r="1982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1982" s="6"/>
     </row>
-    <row r="1983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1983" s="6"/>
     </row>
-    <row r="1984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1984" s="6"/>
     </row>
-    <row r="1985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1985" s="6"/>
     </row>
-    <row r="1986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1986" s="6"/>
     </row>
-    <row r="1987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1987" s="6"/>
     </row>
-    <row r="1988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1988" s="6"/>
     </row>
-    <row r="1989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1989" s="6"/>
     </row>
-    <row r="1990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1990" s="6"/>
     </row>
-    <row r="1991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1991" s="6"/>
     </row>
-    <row r="1992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1992" s="6"/>
     </row>
-    <row r="1993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1993" s="6"/>
     </row>
-    <row r="1994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1994" s="6"/>
     </row>
-    <row r="1995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1995" s="6"/>
     </row>
-    <row r="1996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1996" s="6"/>
     </row>
-    <row r="1997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1997" s="6"/>
     </row>
-    <row r="1998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1998" s="6"/>
     </row>
-    <row r="1999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1999" s="6"/>
     </row>
-    <row r="2000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2000" s="6"/>
     </row>
-    <row r="2001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2001" s="6"/>
     </row>
-    <row r="2002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2002" s="6"/>
     </row>
-    <row r="2003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2003" s="6"/>
     </row>
-    <row r="2004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2004" s="6"/>
     </row>
-    <row r="2005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2005" s="6"/>
     </row>
-    <row r="2006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2006" s="6"/>
     </row>
-    <row r="2007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2007" s="6"/>
     </row>
-    <row r="2008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2008" s="6"/>
     </row>
-    <row r="2009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2009" s="6"/>
     </row>
-    <row r="2010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2010" s="6"/>
     </row>
-    <row r="2011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2011" s="6"/>
     </row>
-    <row r="2012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2012" s="6"/>
     </row>
-    <row r="2013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2013" s="6"/>
     </row>
-    <row r="2014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2014" s="6"/>
     </row>
-    <row r="2015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2015" s="6"/>
     </row>
-    <row r="2016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2016" s="6"/>
     </row>
-    <row r="2017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2017" s="6"/>
     </row>
-    <row r="2018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2018" s="6"/>
     </row>
-    <row r="2019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2019" s="6"/>
     </row>
-    <row r="2020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2020" s="6"/>
     </row>
-    <row r="2021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2021" s="6"/>
     </row>
-    <row r="2022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2022" s="6"/>
     </row>
-    <row r="2023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2023" s="6"/>
     </row>
-    <row r="2024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2024" s="6"/>
     </row>
-    <row r="2025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2025" s="6"/>
     </row>
-    <row r="2026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2026" s="6"/>
     </row>
-    <row r="2027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2027" s="6"/>
     </row>
-    <row r="2028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2028" s="6"/>
     </row>
-    <row r="2029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2029" s="6"/>
     </row>
-    <row r="2030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2030" s="6"/>
     </row>
-    <row r="2031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2031" s="6"/>
     </row>
-    <row r="2032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2032" s="6"/>
     </row>
-    <row r="2033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2033" s="6"/>
     </row>
-    <row r="2034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2034" s="6"/>
     </row>
-    <row r="2035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2035" s="6"/>
     </row>
-    <row r="2036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2036" s="6"/>
     </row>
-    <row r="2037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2037" s="6"/>
     </row>
-    <row r="2038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2038" s="6"/>
     </row>
-    <row r="2039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2039" s="6"/>
     </row>
-    <row r="2040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2040" s="6"/>
     </row>
-    <row r="2041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2041" s="6"/>
     </row>
-    <row r="2042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2042" s="6"/>
     </row>
-    <row r="2043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2043" s="6"/>
     </row>
-    <row r="2044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2044" s="6"/>
     </row>
-    <row r="2045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2045" s="6"/>
     </row>
-    <row r="2046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2046" s="6"/>
     </row>
-    <row r="2047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2047" s="6"/>
     </row>
-    <row r="2048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2048" s="6"/>
     </row>
-    <row r="2049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2049" s="6"/>
     </row>
-    <row r="2050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2050" s="6"/>
     </row>
-    <row r="2051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2051" s="6"/>
     </row>
-    <row r="2052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2052" s="6"/>
     </row>
-    <row r="2053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2053" s="6"/>
     </row>
-    <row r="2054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2054" s="6"/>
     </row>
-    <row r="2055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2055" s="6"/>
     </row>
-    <row r="2056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2056" s="6"/>
     </row>
-    <row r="2057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2057" s="6"/>
     </row>
-    <row r="2058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2058" s="6"/>
     </row>
-    <row r="2059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2059" s="6"/>
     </row>
-    <row r="2060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2060" s="6"/>
     </row>
-    <row r="2061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2061" s="6"/>
     </row>
-    <row r="2062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2062" s="6"/>
     </row>
-    <row r="2063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2063" s="6"/>
     </row>
-    <row r="2064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2064" s="6"/>
     </row>
-    <row r="2065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2065" s="6"/>
     </row>
-    <row r="2066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2066" s="6"/>
     </row>
-    <row r="2067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2067" s="6"/>
     </row>
-    <row r="2068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2068" s="6"/>
     </row>
-    <row r="2069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2069" s="6"/>
     </row>
-    <row r="2070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2070" s="6"/>
     </row>
-    <row r="2071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2071" s="6"/>
     </row>
-    <row r="2072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2072" s="6"/>
     </row>
-    <row r="2073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2073" s="6"/>
     </row>
-    <row r="2074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2074" s="6"/>
     </row>
-    <row r="2075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2075" s="6"/>
     </row>
-    <row r="2076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2076" s="6"/>
     </row>
-    <row r="2077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2077" s="6"/>
     </row>
-    <row r="2078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2078" s="6"/>
     </row>
-    <row r="2079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2079" s="6"/>
     </row>
-    <row r="2080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2080" s="6"/>
     </row>
-    <row r="2081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2081" s="6"/>
     </row>
-    <row r="2082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2082" s="6"/>
     </row>
-    <row r="2083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2083" s="6"/>
     </row>
-    <row r="2084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2084" s="6"/>
     </row>
-    <row r="2085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2085" s="6"/>
     </row>
-    <row r="2086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2086" s="6"/>
     </row>
-    <row r="2087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2087" s="6"/>
     </row>
-    <row r="2088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2088" s="6"/>
     </row>
-    <row r="2089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2089" s="6"/>
     </row>
-    <row r="2090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2090" s="6"/>
     </row>
-    <row r="2091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2091" s="6"/>
     </row>
-    <row r="2092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2092" s="6"/>
     </row>
-    <row r="2093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2093" s="6"/>
     </row>
-    <row r="2094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2094" s="6"/>
     </row>
-    <row r="2095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2095" s="6"/>
     </row>
-    <row r="2096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2096" s="6"/>
     </row>
-    <row r="2097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2097" s="6"/>
     </row>
-    <row r="2098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2098" s="6"/>
     </row>
-    <row r="2099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2099" s="6"/>
     </row>
-    <row r="2100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2100" s="6"/>
     </row>
-    <row r="2101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2101" s="6"/>
     </row>
-    <row r="2102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2102" s="6"/>
     </row>
-    <row r="2103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2103" s="6"/>
     </row>
-    <row r="2104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2104" s="6"/>
     </row>
-    <row r="2105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2105" s="6"/>
     </row>
-    <row r="2106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2106" s="6"/>
     </row>
-    <row r="2107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2107" s="6"/>
     </row>
-    <row r="2108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2108" s="6"/>
     </row>
-    <row r="2109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2109" s="6"/>
     </row>
-    <row r="2110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2110" s="6"/>
     </row>
-    <row r="2111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2111" s="6"/>
     </row>
-    <row r="2112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2112" s="6"/>
     </row>
-    <row r="2113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2113" s="6"/>
     </row>
-    <row r="2114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2114" s="6"/>
     </row>
-    <row r="2115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2115" s="6"/>
     </row>
-    <row r="2116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2116" s="6"/>
     </row>
-    <row r="2117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2117" s="6"/>
     </row>
-    <row r="2118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2118" s="6"/>
     </row>
-    <row r="2119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2119" s="6"/>
     </row>
-    <row r="2120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2120" s="6"/>
     </row>
-    <row r="2121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2121" s="6"/>
     </row>
-    <row r="2122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2122" s="6"/>
     </row>
-    <row r="2123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2123" s="6"/>
     </row>
-    <row r="2124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2124" s="6"/>
     </row>
-    <row r="2125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2125" s="6"/>
     </row>
-    <row r="2126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2126" s="6"/>
     </row>
-    <row r="2127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2127" s="6"/>
     </row>
-    <row r="2128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2128" s="6"/>
     </row>
-    <row r="2129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2129" s="6"/>
     </row>
-    <row r="2130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2130" s="6"/>
     </row>
-    <row r="2131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2131" s="6"/>
     </row>
-    <row r="2132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2132" s="6"/>
     </row>
-    <row r="2133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2133" s="6"/>
     </row>
-    <row r="2134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2134" s="6"/>
     </row>
-    <row r="2135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2135" s="6"/>
     </row>
-    <row r="2136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2136" s="6"/>
     </row>
-    <row r="2137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2137" s="6"/>
     </row>
-    <row r="2138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2138" s="6"/>
     </row>
-    <row r="2139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2139" s="6"/>
     </row>
-    <row r="2140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2140" s="6"/>
     </row>
-    <row r="2141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2141" s="6"/>
     </row>
-    <row r="2142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2142" s="6"/>
     </row>
-    <row r="2143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2143" s="6"/>
     </row>
-    <row r="2144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2144" s="6"/>
     </row>
-    <row r="2145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2145" s="6"/>
     </row>
-    <row r="2146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2146" s="6"/>
     </row>
-    <row r="2147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2147" s="6"/>
     </row>
-    <row r="2148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2148" s="6"/>
     </row>
-    <row r="2149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2149" s="6"/>
     </row>
-    <row r="2150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2150" s="6"/>
     </row>
-    <row r="2151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2151" s="6"/>
     </row>
-    <row r="2152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2152" s="6"/>
     </row>
-    <row r="2153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2153" s="6"/>
     </row>
-    <row r="2154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2154" s="6"/>
     </row>
-    <row r="2155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2155" s="6"/>
     </row>
-    <row r="2156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2156" s="6"/>
     </row>
-    <row r="2157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2157" s="6"/>
     </row>
-    <row r="2158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2158" s="6"/>
     </row>
-    <row r="2159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2159" s="6"/>
     </row>
-    <row r="2160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2160" s="6"/>
     </row>
-    <row r="2161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2161" s="6"/>
     </row>
-    <row r="2162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2162" s="6"/>
     </row>
-    <row r="2163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2163" s="6"/>
     </row>
-    <row r="2164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2164" s="6"/>
     </row>
-    <row r="2165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2165" s="6"/>
     </row>
-    <row r="2166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2166" s="6"/>
     </row>
-    <row r="2167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2167" s="6"/>
     </row>
-    <row r="2168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2168" s="6"/>
     </row>
-    <row r="2169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2169" s="6"/>
     </row>
-    <row r="2170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2170" s="6"/>
     </row>
-    <row r="2171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2171" s="6"/>
     </row>
-    <row r="2172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2172" s="6"/>
     </row>
-    <row r="2173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2173" s="6"/>
     </row>
-    <row r="2174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2174" s="6"/>
     </row>
-    <row r="2175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2175" s="6"/>
     </row>
-    <row r="2176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2176" s="6"/>
     </row>
-    <row r="2177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2177" s="6"/>
     </row>
-    <row r="2178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2178" s="6"/>
     </row>
-    <row r="2179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2179" s="6"/>
     </row>
-    <row r="2180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2180" s="6"/>
     </row>
-    <row r="2181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2181" s="6"/>
     </row>
-    <row r="2182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2182" s="6"/>
     </row>
-    <row r="2183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2183" s="6"/>
     </row>
-    <row r="2184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2184" s="6"/>
     </row>
-    <row r="2185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2185" s="6"/>
     </row>
-    <row r="2186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2186" s="6"/>
     </row>
-    <row r="2187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2187" s="6"/>
     </row>
-    <row r="2188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2188" s="6"/>
     </row>
-    <row r="2189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2189" s="6"/>
     </row>
-    <row r="2190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2190" s="6"/>
     </row>
-    <row r="2191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2191" s="6"/>
     </row>
-    <row r="2192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2192" s="6"/>
     </row>
-    <row r="2193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2193" s="6"/>
     </row>
-    <row r="2194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2194" s="6"/>
     </row>
-    <row r="2195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2195" s="6"/>
     </row>
-    <row r="2196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2196" s="6"/>
     </row>
-    <row r="2197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2197" s="6"/>
     </row>
-    <row r="2198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2198" s="6"/>
     </row>
-    <row r="2199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2199" s="6"/>
     </row>
-    <row r="2200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2200" s="6"/>
     </row>
-    <row r="2201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2201" s="6"/>
     </row>
-    <row r="2202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2202" s="6"/>
     </row>
-    <row r="2203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2203" s="6"/>
     </row>
-    <row r="2204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2204" s="6"/>
     </row>
-    <row r="2205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2205" s="6"/>
     </row>
-    <row r="2206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2206" s="6"/>
     </row>
-    <row r="2207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2207" s="6"/>
     </row>
-    <row r="2208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2208" s="6"/>
     </row>
-    <row r="2209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2209" s="6"/>
     </row>
-    <row r="2210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2210" s="6"/>
     </row>
-    <row r="2211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2211" s="6"/>
     </row>
-    <row r="2212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2212" s="6"/>
     </row>
-    <row r="2213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2213" s="6"/>
     </row>
-    <row r="2214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2214" s="6"/>
     </row>
-    <row r="2215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2215" s="6"/>
     </row>
-    <row r="2216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2216" s="6"/>
     </row>
-    <row r="2217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2217" s="6"/>
     </row>
-    <row r="2218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2218" s="6"/>
     </row>
-    <row r="2219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2219" s="6"/>
     </row>
-    <row r="2220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2220" s="6"/>
     </row>
-    <row r="2221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2221" s="6"/>
     </row>
-    <row r="2222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2222" s="6"/>
     </row>
-    <row r="2223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2223" s="6"/>
     </row>
-    <row r="2224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2224" s="6"/>
     </row>
-    <row r="2225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2225" s="6"/>
     </row>
-    <row r="2226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2226" s="6"/>
     </row>
-    <row r="2227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2227" s="6"/>
     </row>
-    <row r="2228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2228" s="6"/>
     </row>
-    <row r="2229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2229" s="6"/>
     </row>
-    <row r="2230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2230" s="6"/>
     </row>
-    <row r="2231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2231" s="6"/>
     </row>
-    <row r="2232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2232" s="6"/>
     </row>
-    <row r="2233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2233" s="6"/>
     </row>
-    <row r="2234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2234" s="6"/>
     </row>
-    <row r="2235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2235" s="6"/>
     </row>
-    <row r="2236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2236" s="6"/>
     </row>
-    <row r="2237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2237" s="6"/>
     </row>
-    <row r="2238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2238" s="6"/>
     </row>
-    <row r="2239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2239" s="6"/>
     </row>
-    <row r="2240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2240" s="6"/>
     </row>
-    <row r="2241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2241" s="6"/>
     </row>
-    <row r="2242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2242" s="6"/>
     </row>
-    <row r="2243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2243" s="6"/>
     </row>
-    <row r="2244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2244" s="6"/>
     </row>
-    <row r="2245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2245" s="6"/>
     </row>
-    <row r="2246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2246" s="6"/>
     </row>
-    <row r="2247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2247" s="6"/>
     </row>
-    <row r="2248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2248" s="6"/>
     </row>
-    <row r="2249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2249" s="6"/>
     </row>
-    <row r="2250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2250" s="6"/>
     </row>
-    <row r="2251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2251" s="6"/>
     </row>
-    <row r="2252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2252" s="6"/>
     </row>
-    <row r="2253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2253" s="6"/>
     </row>
-    <row r="2254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2254" s="6"/>
     </row>
-    <row r="2255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2255" s="6"/>
     </row>
-    <row r="2256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2256" s="6"/>
     </row>
-    <row r="2257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2257" s="6"/>
     </row>
-    <row r="2258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2258" s="6"/>
     </row>
-    <row r="2259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2259" s="6"/>
     </row>
-    <row r="2260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2260" s="6"/>
     </row>
-    <row r="2261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2261" s="6"/>
     </row>
-    <row r="2262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2262" s="6"/>
     </row>
-    <row r="2263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2263" s="6"/>
     </row>
-    <row r="2264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2264" s="6"/>
     </row>
-    <row r="2265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2265" s="6"/>
     </row>
-    <row r="2266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2266" s="6"/>
     </row>
-    <row r="2267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2267" s="6"/>
     </row>
-    <row r="2268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2268" s="6"/>
     </row>
-    <row r="2269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2269" s="6"/>
     </row>
-    <row r="2270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2270" s="6"/>
     </row>
-    <row r="2271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2271" s="6"/>
     </row>
-    <row r="2272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2272" s="6"/>
     </row>
-    <row r="2273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2273" s="6"/>
     </row>
-    <row r="2274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2274" s="6"/>
     </row>
-    <row r="2275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2275" s="6"/>
     </row>
-    <row r="2276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2276" s="6"/>
     </row>
-    <row r="2277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2277" s="6"/>
     </row>
-    <row r="2278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2278" s="6"/>
     </row>
-    <row r="2279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2279" s="6"/>
     </row>
-    <row r="2280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2280" s="6"/>
     </row>
-    <row r="2281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2281" s="6"/>
     </row>
-    <row r="2282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2282" s="6"/>
     </row>
-    <row r="2283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2283" s="6"/>
     </row>
-    <row r="2284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2284" s="6"/>
     </row>
-    <row r="2285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2285" s="6"/>
     </row>
-    <row r="2286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2286" s="6"/>
     </row>
-    <row r="2287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2287" s="6"/>
     </row>
-    <row r="2288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2288" s="6"/>
     </row>
-    <row r="2289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2289" s="6"/>
     </row>
-    <row r="2290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2290" s="6"/>
     </row>
-    <row r="2291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2291" s="6"/>
     </row>
-    <row r="2292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2292" s="6"/>
     </row>
-    <row r="2293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2293" s="6"/>
     </row>
-    <row r="2294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2294" s="6"/>
     </row>
-    <row r="2295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2295" s="6"/>
     </row>
-    <row r="2296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2296" s="6"/>
     </row>
-    <row r="2297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2297" s="6"/>
     </row>
-    <row r="2298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2298" s="6"/>
     </row>
-    <row r="2299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2299" s="6"/>
     </row>
-    <row r="2300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2300" s="6"/>
     </row>
-    <row r="2301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2301" s="6"/>
     </row>
-    <row r="2302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2302" s="6"/>
     </row>
-    <row r="2303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2303" s="6"/>
     </row>
-    <row r="2304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2304" s="6"/>
     </row>
-    <row r="2305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2305" s="6"/>
     </row>
-    <row r="2306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2306" s="6"/>
     </row>
-    <row r="2307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2307" s="6"/>
     </row>
-    <row r="2308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2308" s="6"/>
     </row>
-    <row r="2309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2309" s="6"/>
     </row>
-    <row r="2310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2310" s="6"/>
     </row>
-    <row r="2311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2311" s="6"/>
     </row>
-    <row r="2312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2312" s="6"/>
     </row>
-    <row r="2313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2313" s="6"/>
     </row>
-    <row r="2314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2314" s="6"/>
     </row>
-    <row r="2315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2315" s="6"/>
     </row>
-    <row r="2316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2316" s="6"/>
     </row>
-    <row r="2317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2317" s="6"/>
     </row>
-    <row r="2318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2318" s="6"/>
     </row>
-    <row r="2319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2319" s="6"/>
     </row>
-    <row r="2320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2320" s="6"/>
     </row>
-    <row r="2321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2321" s="6"/>
     </row>
-    <row r="2322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2322" s="6"/>
     </row>
-    <row r="2323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2323" s="6"/>
     </row>
-    <row r="2324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2324" s="6"/>
     </row>
-    <row r="2325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2325" s="6"/>
     </row>
-    <row r="2326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2326" s="6"/>
     </row>
-    <row r="2327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2327" s="6"/>
     </row>
-    <row r="2328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2328" s="6"/>
     </row>
-    <row r="2329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2329" s="6"/>
     </row>
-    <row r="2330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2330" s="6"/>
     </row>
-    <row r="2331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2331" s="6"/>
     </row>
-    <row r="2332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2332" s="6"/>
     </row>
-    <row r="2333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2333" s="6"/>
     </row>
-    <row r="2334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2334" s="6"/>
     </row>
-    <row r="2335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2335" s="6"/>
     </row>
-    <row r="2336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2336" s="6"/>
     </row>
-    <row r="2337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2337" s="6"/>
     </row>
-    <row r="2338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2338" s="6"/>
     </row>
-    <row r="2339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2339" s="6"/>
     </row>
-    <row r="2340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2340" s="6"/>
     </row>
-    <row r="2341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2341" s="6"/>
     </row>
-    <row r="2342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2342" s="6"/>
     </row>
-    <row r="2343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2343" s="6"/>
     </row>
-    <row r="2344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2344" s="6"/>
     </row>
-    <row r="2345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2345" s="6"/>
     </row>
-    <row r="2346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2346" s="6"/>
     </row>
-    <row r="2347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2347" s="6"/>
     </row>
-    <row r="2348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2348" s="6"/>
     </row>
-    <row r="2349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2349" s="6"/>
     </row>
-    <row r="2350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2350" s="6"/>
     </row>
-    <row r="2351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2351" s="6"/>
     </row>
-    <row r="2352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2352" s="6"/>
     </row>
-    <row r="2353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2353" s="6"/>
     </row>
-    <row r="2354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2354" s="6"/>
     </row>
-    <row r="2355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2355" s="6"/>
     </row>
-    <row r="2356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2356" s="6"/>
     </row>
-    <row r="2357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2357" s="6"/>
     </row>
-    <row r="2358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2358" s="6"/>
     </row>
-    <row r="2359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2359" s="6"/>
     </row>
-    <row r="2360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2360" s="6"/>
     </row>
-    <row r="2361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2361" s="6"/>
     </row>
-    <row r="2362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2362" s="6"/>
     </row>
-    <row r="2363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2363" s="6"/>
     </row>
-    <row r="2364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2364" s="6"/>
     </row>
-    <row r="2365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2365" s="6"/>
     </row>
-    <row r="2366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2366" s="6"/>
     </row>
-    <row r="2367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2367" s="6"/>
     </row>
-    <row r="2368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2368" s="6"/>
     </row>
-    <row r="2369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2369" s="6"/>
     </row>
-    <row r="2370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2370" s="6"/>
     </row>
-    <row r="2371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2371" s="6"/>
     </row>
-    <row r="2372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2372" s="6"/>
     </row>
-    <row r="2373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2373" s="6"/>
     </row>
-    <row r="2374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2374" s="6"/>
     </row>
-    <row r="2375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2375" s="6"/>
     </row>
-    <row r="2376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2376" s="6"/>
     </row>
-    <row r="2377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2377" s="6"/>
     </row>
-    <row r="2378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2378" s="6"/>
     </row>
-    <row r="2379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2379" s="6"/>
     </row>
-    <row r="2380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2380" s="6"/>
     </row>
-    <row r="2381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2381" s="6"/>
     </row>
-    <row r="2382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2382" s="6"/>
     </row>
-    <row r="2383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2383" s="6"/>
     </row>
-    <row r="2384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2384" s="6"/>
     </row>
-    <row r="2385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2385" s="6"/>
     </row>
-    <row r="2386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2386" s="6"/>
     </row>
-    <row r="2387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2387" s="6"/>
     </row>
-    <row r="2388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2388" s="6"/>
     </row>
-    <row r="2389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2389" s="6"/>
     </row>
-    <row r="2390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2390" s="6"/>
     </row>
-    <row r="2391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2391" s="6"/>
     </row>
-    <row r="2392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2392" s="6"/>
     </row>
-    <row r="2393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2393" s="6"/>
     </row>
-    <row r="2394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2394" s="6"/>
     </row>
-    <row r="2395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2395" s="6"/>
     </row>
-    <row r="2396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2396" s="6"/>
     </row>
-    <row r="2397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2397" s="6"/>
     </row>
-    <row r="2398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2398" s="6"/>
     </row>
-    <row r="2399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2399" s="6"/>
     </row>
-    <row r="2400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2400" s="6"/>
     </row>
-    <row r="2401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2401" s="6"/>
     </row>
-    <row r="2402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2402" s="6"/>
     </row>
-    <row r="2403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2403" s="6"/>
     </row>
-    <row r="2404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2404" s="6"/>
     </row>
-    <row r="2405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2405" s="6"/>
     </row>
-    <row r="2406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2406" s="6"/>
     </row>
-    <row r="2407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2407" s="6"/>
     </row>
-    <row r="2408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2408" s="6"/>
     </row>
-    <row r="2409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2409" s="6"/>
     </row>
-    <row r="2410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2410" s="6"/>
     </row>
-    <row r="2411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2411" s="6"/>
     </row>
-    <row r="2412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2412" s="6"/>
     </row>
-    <row r="2413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2413" s="6"/>
     </row>
-    <row r="2414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2414" s="6"/>
     </row>
-    <row r="2415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2415" s="6"/>
     </row>
-    <row r="2416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2416" s="6"/>
     </row>
-    <row r="2417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2417" s="6"/>
     </row>
-    <row r="2418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2418" s="6"/>
     </row>
-    <row r="2419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2419" s="6"/>
     </row>
-    <row r="2420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2420" s="6"/>
     </row>
-    <row r="2421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2421" s="6"/>
     </row>
-    <row r="2422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2422" s="6"/>
     </row>
-    <row r="2423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2423" s="6"/>
     </row>
-    <row r="2424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2424" s="6"/>
     </row>
-    <row r="2425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2425" s="6"/>
     </row>
-    <row r="2426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2426" s="6"/>
     </row>
-    <row r="2427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2427" s="6"/>
     </row>
-    <row r="2428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2428" s="6"/>
     </row>
-    <row r="2429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2429" s="6"/>
     </row>
-    <row r="2430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2430" s="6"/>
     </row>
-    <row r="2431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2431" s="6"/>
     </row>
-    <row r="2432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2432" s="6"/>
     </row>
-    <row r="2433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2433" s="6"/>
     </row>
-    <row r="2434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2434" s="6"/>
     </row>
-    <row r="2435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2435" s="6"/>
     </row>
-    <row r="2436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2436" s="6"/>
     </row>
-    <row r="2437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2437" s="6"/>
     </row>
-    <row r="2438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2438" s="6"/>
     </row>
-    <row r="2439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2439" s="6"/>
     </row>
-    <row r="2440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2440" s="6"/>
     </row>
-    <row r="2441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2441" s="6"/>
     </row>
-    <row r="2442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2442" s="6"/>
     </row>
-    <row r="2443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2443" s="6"/>
     </row>
-    <row r="2444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2444" s="6"/>
     </row>
-    <row r="2445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2445" s="6"/>
     </row>
-    <row r="2446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2446" s="6"/>
     </row>
-    <row r="2447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2447" s="6"/>
     </row>
-    <row r="2448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2448" s="6"/>
     </row>
-    <row r="2449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2449" s="6"/>
     </row>
-    <row r="2450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2450" s="6"/>
     </row>
-    <row r="2451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2451" s="6"/>
     </row>
-    <row r="2452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2452" s="6"/>
     </row>
-    <row r="2453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2453" s="6"/>
     </row>
-    <row r="2454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2454" s="6"/>
     </row>
-    <row r="2455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2455" s="6"/>
     </row>
-    <row r="2456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2456" s="6"/>
     </row>
-    <row r="2457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2457" s="6"/>
     </row>
-    <row r="2458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2458" s="6"/>
     </row>
-    <row r="2459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2459" s="6"/>
     </row>
-    <row r="2460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2460" s="6"/>
     </row>
-    <row r="2461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2461" s="6"/>
     </row>
-    <row r="2462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2462" s="6"/>
     </row>
-    <row r="2463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2463" s="6"/>
     </row>
-    <row r="2464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2464" s="6"/>
     </row>
-    <row r="2465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2465" s="6"/>
     </row>
-    <row r="2466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2466" s="6"/>
     </row>
-    <row r="2467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2467" s="6"/>
     </row>
-    <row r="2468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2468" s="6"/>
     </row>
-    <row r="2469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2469" s="6"/>
     </row>
-    <row r="2470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2470" s="6"/>
     </row>
-    <row r="2471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2471" s="6"/>
     </row>
-    <row r="2472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2472" s="6"/>
     </row>
-    <row r="2473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2473" s="6"/>
     </row>
-    <row r="2474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2474" s="6"/>
     </row>
-    <row r="2475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2475" s="6"/>
     </row>
-    <row r="2476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2476" s="6"/>
     </row>
-    <row r="2477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2477" s="6"/>
     </row>
-    <row r="2478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2478" s="6"/>
     </row>
-    <row r="2479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2479" s="6"/>
     </row>
-    <row r="2480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2480" s="6"/>
     </row>
-    <row r="2481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2481" s="6"/>
     </row>
-    <row r="2482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2482" s="6"/>
     </row>
-    <row r="2483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2483" s="6"/>
     </row>
-    <row r="2484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2484" s="6"/>
     </row>
-    <row r="2485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2485" s="6"/>
     </row>
-    <row r="2486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2486" s="6"/>
     </row>
-    <row r="2487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2487" s="6"/>
     </row>
-    <row r="2488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2488" s="6"/>
     </row>
-    <row r="2489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2489" s="6"/>
     </row>
-    <row r="2490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2490" s="6"/>
     </row>
-    <row r="2491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2491" s="6"/>
     </row>
-    <row r="2492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2492" s="6"/>
     </row>
-    <row r="2493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2493" s="6"/>
     </row>
-    <row r="2494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2494" s="6"/>
     </row>
-    <row r="2495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2495" s="6"/>
     </row>
-    <row r="2496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2496" s="6"/>
     </row>
-    <row r="2497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2497" s="6"/>
     </row>
-    <row r="2498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2498" s="6"/>
     </row>
-    <row r="2499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2499" s="6"/>
     </row>
-    <row r="2500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2500" s="6"/>
     </row>
-    <row r="2501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2501" s="6"/>
     </row>
-    <row r="2502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2502" s="6"/>
     </row>
-    <row r="2503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2503" s="6"/>
     </row>
-    <row r="2504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2504" s="6"/>
     </row>
-    <row r="2505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2505" s="6"/>
     </row>
-    <row r="2506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2506" s="6"/>
     </row>
-    <row r="2507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2507" s="6"/>
     </row>
-    <row r="2508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2508" s="6"/>
     </row>
-    <row r="2509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2509" s="6"/>
     </row>
-    <row r="2510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2510" s="6"/>
     </row>
-    <row r="2511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2511" s="6"/>
     </row>
-    <row r="2512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2512" s="6"/>
     </row>
-    <row r="2513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2513" s="6"/>
     </row>
-    <row r="2514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2514" s="6"/>
     </row>
-    <row r="2515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2515" s="6"/>
     </row>
-    <row r="2516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2516" s="6"/>
     </row>
-    <row r="2517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2517" s="6"/>
     </row>
-    <row r="2518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2518" s="6"/>
     </row>
-    <row r="2519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2519" s="6"/>
     </row>
-    <row r="2520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2520" s="6"/>
     </row>
-    <row r="2521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2521" s="6"/>
     </row>
-    <row r="2522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2522" s="6"/>
     </row>
-    <row r="2523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2523" s="6"/>
     </row>
-    <row r="2524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2524" s="6"/>
     </row>
-    <row r="2525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2525" s="6"/>
     </row>
-    <row r="2526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2526" s="6"/>
     </row>
-    <row r="2527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2527" s="6"/>
     </row>
-    <row r="2528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2528" s="6"/>
     </row>
-    <row r="2529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2529" s="6"/>
     </row>
-    <row r="2530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2530" s="6"/>
     </row>
-    <row r="2531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2531" s="6"/>
     </row>
-    <row r="2532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2532" s="6"/>
     </row>
-    <row r="2533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2533" s="6"/>
     </row>
-    <row r="2534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2534" s="6"/>
     </row>
-    <row r="2535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2535" s="6"/>
     </row>
-    <row r="2536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2536" s="6"/>
     </row>
-    <row r="2537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2537" s="6"/>
     </row>
-    <row r="2538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2538" s="6"/>
     </row>
-    <row r="2539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2539" s="6"/>
     </row>
-    <row r="2540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2540" s="6"/>
     </row>
-    <row r="2541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2541" s="6"/>
     </row>
-    <row r="2542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2542" s="6"/>
     </row>
-    <row r="2543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2543" s="6"/>
     </row>
-    <row r="2544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2544" s="6"/>
     </row>
-    <row r="2545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2545" s="6"/>
     </row>
-    <row r="2546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2546" s="6"/>
     </row>
-    <row r="2547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2547" s="6"/>
     </row>
-    <row r="2548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2548" s="6"/>
     </row>
-    <row r="2549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2549" s="6"/>
     </row>
-    <row r="2550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2550" s="6"/>
     </row>
-    <row r="2551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2551" s="6"/>
     </row>
-    <row r="2552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2552" s="6"/>
     </row>
-    <row r="2553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2553" s="6"/>
     </row>
-    <row r="2554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2554" s="6"/>
     </row>
-    <row r="2555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2555" s="6"/>
     </row>
-    <row r="2556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2556" s="6"/>
     </row>
-    <row r="2557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2557" s="6"/>
     </row>
-    <row r="2558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2558" s="6"/>
     </row>
-    <row r="2559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2559" s="6"/>
     </row>
-    <row r="2560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2560" s="6"/>
     </row>
-    <row r="2561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2561" s="6"/>
     </row>
-    <row r="2562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2562" s="6"/>
     </row>
-    <row r="2563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2563" s="6"/>
     </row>
-    <row r="2564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2564" s="6"/>
     </row>
-    <row r="2565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2565" s="6"/>
     </row>
-    <row r="2566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2566" s="6"/>
     </row>
-    <row r="2567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2567" s="6"/>
     </row>
-    <row r="2568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2568" s="6"/>
     </row>
-    <row r="2569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2569" s="6"/>
     </row>
-    <row r="2570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2570" s="6"/>
     </row>
-    <row r="2571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2571" s="6"/>
     </row>
-    <row r="2572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2572" s="6"/>
     </row>
-    <row r="2573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2573" s="6"/>
     </row>
-    <row r="2574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2574" s="6"/>
     </row>
-    <row r="2575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2575" s="6"/>
     </row>
-    <row r="2576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2576" s="6"/>
     </row>
-    <row r="2577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2577" s="6"/>
     </row>
-    <row r="2578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2578" s="6"/>
     </row>
-    <row r="2579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2579" s="6"/>
     </row>
-    <row r="2580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2580" s="6"/>
     </row>
-    <row r="2581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2581" s="6"/>
     </row>
-    <row r="2582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2582" s="6"/>
     </row>
-    <row r="2583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2583" s="6"/>
     </row>
-    <row r="2584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2584" s="6"/>
     </row>
-    <row r="2585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2585" s="6"/>
     </row>
-    <row r="2586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2586" s="6"/>
     </row>
-    <row r="2587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2587" s="6"/>
     </row>
-    <row r="2588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2588" s="6"/>
     </row>
-    <row r="2589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2589" s="6"/>
     </row>
-    <row r="2590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2590" s="6"/>
     </row>
-    <row r="2591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2591" s="6"/>
     </row>
-    <row r="2592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2592" s="6"/>
     </row>
-    <row r="2593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2593" s="6"/>
     </row>
-    <row r="2594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2594" s="6"/>
     </row>
-    <row r="2595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2595" s="6"/>
     </row>
-    <row r="2596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2596" s="6"/>
     </row>
-    <row r="2597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2597" s="6"/>
     </row>
-    <row r="2598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2598" s="6"/>
     </row>
-    <row r="2599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2599" s="6"/>
     </row>
-    <row r="2600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2600" s="6"/>
     </row>
-    <row r="2601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2601" s="6"/>
     </row>
-    <row r="2602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2602" s="6"/>
     </row>
-    <row r="2603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2603" s="6"/>
     </row>
-    <row r="2604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2604" s="6"/>
     </row>
-    <row r="2605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2605" s="6"/>
     </row>
-    <row r="2606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2606" s="6"/>
     </row>
-    <row r="2607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2607" s="6"/>
     </row>
-    <row r="2608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2608" s="6"/>
     </row>
-    <row r="2609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2609" s="6"/>
     </row>
-    <row r="2610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2610" s="6"/>
     </row>
-    <row r="2611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2611" s="6"/>
     </row>
-    <row r="2612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2612" s="6"/>
     </row>
-    <row r="2613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2613" s="6"/>
     </row>
-    <row r="2614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2614" s="6"/>
     </row>
-    <row r="2615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2615" s="6"/>
     </row>
-    <row r="2616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2616" s="6"/>
     </row>
-    <row r="2617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2617" s="6"/>
     </row>
-    <row r="2618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2618" s="6"/>
     </row>
-    <row r="2619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2619" s="6"/>
     </row>
-    <row r="2620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2620" s="6"/>
     </row>
-    <row r="2621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2621" s="6"/>
     </row>
-    <row r="2622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2622" s="6"/>
     </row>
-    <row r="2623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2623" s="6"/>
     </row>
-    <row r="2624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2624" s="6"/>
     </row>
-    <row r="2625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2625" s="6"/>
     </row>
-    <row r="2626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2626" s="6"/>
     </row>
-    <row r="2627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2627" s="6"/>
     </row>
-    <row r="2628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2628" s="6"/>
     </row>
-    <row r="2629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2629" s="6"/>
     </row>
-    <row r="2630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2630" s="6"/>
     </row>
-    <row r="2631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2631" s="6"/>
     </row>
-    <row r="2632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2632" s="6"/>
     </row>
-    <row r="2633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2633" s="6"/>
     </row>
-    <row r="2634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2634" s="6"/>
     </row>
-    <row r="2635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2635" s="6"/>
     </row>
-    <row r="2636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2636" s="6"/>
     </row>
-    <row r="2637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2637" s="6"/>
     </row>
-    <row r="2638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2638" s="6"/>
     </row>
-    <row r="2639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2639" s="6"/>
     </row>
-    <row r="2640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2640" s="6"/>
     </row>
-    <row r="2641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2641" s="6"/>
     </row>
-    <row r="2642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2642" s="6"/>
     </row>
-    <row r="2643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2643" s="6"/>
     </row>
-    <row r="2644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2644" s="6"/>
     </row>
-    <row r="2645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2645" s="6"/>
     </row>
-    <row r="2646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2646" s="6"/>
     </row>
-    <row r="2647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2647" s="6"/>
     </row>
-    <row r="2648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2648" s="6"/>
     </row>
-    <row r="2649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2649" s="6"/>
     </row>
-    <row r="2650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2650" s="6"/>
     </row>
-    <row r="2651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2651" s="6"/>
     </row>
-    <row r="2652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2652" s="6"/>
     </row>
-    <row r="2653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2653" s="6"/>
     </row>
-    <row r="2654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2654" s="6"/>
     </row>
-    <row r="2655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2655" s="6"/>
     </row>
-    <row r="2656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2656" s="6"/>
     </row>
-    <row r="2657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2657" s="6"/>
     </row>
-    <row r="2658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2658" s="6"/>
     </row>
-    <row r="2659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2659" s="6"/>
     </row>
-    <row r="2660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2660" s="6"/>
     </row>
-    <row r="2661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2661" s="6"/>
     </row>
-    <row r="2662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2662" s="6"/>
     </row>
-    <row r="2663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2663" s="6"/>
     </row>
-    <row r="2664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2664" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2664" s="6"/>
     </row>
-    <row r="2665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2665" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2665" s="6"/>
     </row>
-    <row r="2666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2666" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2666" s="6"/>
     </row>
-    <row r="2667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2667" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2667" s="6"/>
     </row>
-    <row r="2668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2668" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2668" s="6"/>
     </row>
-    <row r="2669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2669" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2669" s="6"/>
     </row>
-    <row r="2670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2670" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2670" s="6"/>
     </row>
-    <row r="2671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2671" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2671" s="6"/>
     </row>
-    <row r="2672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2672" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2672" s="6"/>
     </row>
-    <row r="2673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2673" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2673" s="6"/>
     </row>
-    <row r="2674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2674" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2674" s="6"/>
     </row>
-    <row r="2675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2675" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2675" s="6"/>
     </row>
-    <row r="2676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2676" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2676" s="6"/>
     </row>
-    <row r="2677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2677" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2677" s="6"/>
     </row>
-    <row r="2678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2678" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2678" s="6"/>
     </row>
-    <row r="2679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2679" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2679" s="6"/>
     </row>
-    <row r="2680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2680" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2680" s="6"/>
     </row>
-    <row r="2681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2681" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2681" s="6"/>
     </row>
-    <row r="2682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2682" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2682" s="6"/>
     </row>
-    <row r="2683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2683" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2683" s="6"/>
     </row>
-    <row r="2684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2684" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2684" s="6"/>
     </row>
-    <row r="2685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2685" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2685" s="6"/>
     </row>
-    <row r="2686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2686" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2686" s="6"/>
     </row>
-    <row r="2687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2687" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2687" s="6"/>
     </row>
-    <row r="2688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2688" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2688" s="6"/>
     </row>
-    <row r="2689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2689" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2689" s="6"/>
     </row>
-    <row r="2690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2690" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2690" s="6"/>
     </row>
-    <row r="2691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2691" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2691" s="6"/>
     </row>
-    <row r="2692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2692" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2692" s="6"/>
     </row>
-    <row r="2693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2693" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2693" s="6"/>
     </row>
-    <row r="2694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2694" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2694" s="6"/>
     </row>
-    <row r="2695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2695" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2695" s="6"/>
     </row>
-    <row r="2696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2696" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2696" s="6"/>
     </row>
-    <row r="2697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2697" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2697" s="6"/>
     </row>
-    <row r="2698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2698" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2698" s="6"/>
     </row>
-    <row r="2699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2699" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2699" s="6"/>
     </row>
-    <row r="2700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2700" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2700" s="6"/>
     </row>
-    <row r="2701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2701" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2701" s="6"/>
     </row>
-    <row r="2702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2702" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2702" s="6"/>
     </row>
-    <row r="2703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2703" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2703" s="6"/>
     </row>
-    <row r="2704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2704" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2704" s="6"/>
     </row>
-    <row r="2705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2705" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2705" s="6"/>
     </row>
-    <row r="2706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2706" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2706" s="6"/>
     </row>
-    <row r="2707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2707" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2707" s="6"/>
     </row>
-    <row r="2708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2708" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2708" s="6"/>
     </row>
-    <row r="2709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2709" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2709" s="6"/>
     </row>
-    <row r="2710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2710" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2710" s="6"/>
     </row>
-    <row r="2711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2711" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2711" s="6"/>
     </row>
-    <row r="2712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2712" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2712" s="6"/>
     </row>
-    <row r="2713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2713" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2713" s="6"/>
     </row>
-    <row r="2714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2714" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2714" s="6"/>
     </row>
-    <row r="2715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2715" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2715" s="6"/>
     </row>
-    <row r="2716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2716" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2716" s="6"/>
     </row>
-    <row r="2717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2717" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2717" s="6"/>
     </row>
-    <row r="2718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2718" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2718" s="6"/>
     </row>
-    <row r="2719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2719" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2719" s="6"/>
     </row>
-    <row r="2720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2720" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2720" s="6"/>
     </row>
-    <row r="2721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2721" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2721" s="6"/>
     </row>
-    <row r="2722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2722" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2722" s="6"/>
     </row>
-    <row r="2723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2723" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2723" s="6"/>
     </row>
-    <row r="2724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2724" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2724" s="6"/>
     </row>
-    <row r="2725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2725" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2725" s="6"/>
     </row>
-    <row r="2726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2726" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2726" s="6"/>
     </row>
-    <row r="2727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2727" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2727" s="6"/>
     </row>
-    <row r="2728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2728" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2728" s="6"/>
     </row>
-    <row r="2729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2729" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2729" s="6"/>
     </row>
-    <row r="2730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2730" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2730" s="6"/>
     </row>
-    <row r="2731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2731" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2731" s="6"/>
     </row>
-    <row r="2732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2732" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2732" s="6"/>
     </row>
-    <row r="2733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2733" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2733" s="6"/>
     </row>
-    <row r="2734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2734" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2734" s="6"/>
     </row>
-    <row r="2735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2735" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2735" s="6"/>
     </row>
-    <row r="2736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2736" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2736" s="6"/>
     </row>
-    <row r="2737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2737" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2737" s="6"/>
     </row>
-    <row r="2738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2738" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2738" s="6"/>
     </row>
-    <row r="2739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2739" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2739" s="6"/>
     </row>
-    <row r="2740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2740" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2740" s="6"/>
     </row>
-    <row r="2741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2741" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2741" s="6"/>
     </row>
-    <row r="2742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2742" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2742" s="6"/>
     </row>
-    <row r="2743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2743" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2743" s="6"/>
     </row>
-    <row r="2744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2744" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2744" s="6"/>
     </row>
-    <row r="2745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2745" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2745" s="6"/>
     </row>
-    <row r="2746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2746" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2746" s="6"/>
     </row>
-    <row r="2747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2747" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2747" s="6"/>
     </row>
-    <row r="2748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2748" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2748" s="6"/>
     </row>
-    <row r="2749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2749" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2749" s="6"/>
     </row>
-    <row r="2750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2750" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2750" s="6"/>
     </row>
-    <row r="2751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2751" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2751" s="6"/>
     </row>
-    <row r="2752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2752" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2752" s="6"/>
     </row>
-    <row r="2753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2753" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2753" s="6"/>
     </row>
-    <row r="2754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2754" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2754" s="6"/>
     </row>
-    <row r="2755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2755" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2755" s="6"/>
     </row>
-    <row r="2756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2756" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2756" s="6"/>
     </row>
-    <row r="2757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2757" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2757" s="6"/>
     </row>
-    <row r="2758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2758" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2758" s="6"/>
     </row>
-    <row r="2759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2759" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2759" s="6"/>
     </row>
-    <row r="2760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2760" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2760" s="6"/>
     </row>
-    <row r="2761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2761" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2761" s="6"/>
     </row>
-    <row r="2762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2762" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2762" s="6"/>
     </row>
-    <row r="2763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2763" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2763" s="6"/>
     </row>
-    <row r="2764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2764" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2764" s="6"/>
     </row>
-    <row r="2765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2765" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2765" s="6"/>
     </row>
-    <row r="2766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2766" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2766" s="6"/>
     </row>
-    <row r="2767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2767" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2767" s="6"/>
     </row>
-    <row r="2768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2768" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2768" s="6"/>
     </row>
-    <row r="2769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2769" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2769" s="6"/>
     </row>
-    <row r="2770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2770" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2770" s="6"/>
     </row>
-    <row r="2771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2771" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2771" s="6"/>
     </row>
-    <row r="2772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2772" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2772" s="6"/>
     </row>
-    <row r="2773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2773" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2773" s="6"/>
     </row>
-    <row r="2774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2774" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2774" s="6"/>
     </row>
-    <row r="2775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2775" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2775" s="6"/>
     </row>
-    <row r="2776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2776" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2776" s="6"/>
     </row>
-    <row r="2777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2777" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2777" s="6"/>
     </row>
-    <row r="2778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2778" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2778" s="6"/>
     </row>
-    <row r="2779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2779" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2779" s="6"/>
     </row>
-    <row r="2780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2780" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2780" s="6"/>
     </row>
-    <row r="2781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2781" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2781" s="6"/>
     </row>
-    <row r="2782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2782" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2782" s="6"/>
     </row>
-    <row r="2783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2783" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2783" s="6"/>
     </row>
-    <row r="2784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2784" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2784" s="6"/>
     </row>
-    <row r="2785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2785" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2785" s="6"/>
     </row>
-    <row r="2786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2786" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2786" s="6"/>
     </row>
-    <row r="2787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2787" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2787" s="6"/>
     </row>
-    <row r="2788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2788" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2788" s="6"/>
     </row>
-    <row r="2789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2789" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2789" s="6"/>
     </row>
-    <row r="2790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2790" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2790" s="6"/>
     </row>
-    <row r="2791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2791" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2791" s="6"/>
     </row>
-    <row r="2792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2792" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2792" s="6"/>
     </row>
-    <row r="2793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2793" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2793" s="6"/>
     </row>
-    <row r="2794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2794" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2794" s="6"/>
     </row>
-    <row r="2795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2795" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2795" s="6"/>
     </row>
-    <row r="2796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2796" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2796" s="6"/>
     </row>
-    <row r="2797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2797" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2797" s="6"/>
     </row>
-    <row r="2798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2798" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2798" s="6"/>
     </row>
-    <row r="2799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2799" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2799" s="6"/>
     </row>
-    <row r="2800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2800" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2800" s="6"/>
     </row>
-    <row r="2801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2801" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2801" s="6"/>
     </row>
-    <row r="2802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2802" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2802" s="6"/>
     </row>
-    <row r="2803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2803" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2803" s="6"/>
     </row>
-    <row r="2804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2804" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2804" s="6"/>
     </row>
-    <row r="2805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2805" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2805" s="6"/>
     </row>
-    <row r="2806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2806" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2806" s="6"/>
     </row>
-    <row r="2807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2807" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2807" s="6"/>
     </row>
-    <row r="2808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2808" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2808" s="6"/>
     </row>
-    <row r="2809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2809" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2809" s="6"/>
     </row>
-    <row r="2810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2810" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2810" s="6"/>
     </row>
-    <row r="2811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2811" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2811" s="6"/>
     </row>
-    <row r="2812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2812" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2812" s="6"/>
     </row>
-    <row r="2813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2813" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2813" s="6"/>
     </row>
-    <row r="2814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2814" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2814" s="6"/>
     </row>
-    <row r="2815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2815" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2815" s="6"/>
     </row>
-    <row r="2816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2816" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2816" s="6"/>
     </row>
-    <row r="2817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2817" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2817" s="6"/>
     </row>
-    <row r="2818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2818" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2818" s="6"/>
     </row>
-    <row r="2819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2819" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2819" s="6"/>
     </row>
-    <row r="2820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2820" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2820" s="6"/>
     </row>
-    <row r="2821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2821" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2821" s="6"/>
     </row>
-    <row r="2822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2822" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2822" s="6"/>
     </row>
-    <row r="2823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2823" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2823" s="6"/>
     </row>
-    <row r="2824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2824" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2824" s="6"/>
     </row>
-    <row r="2825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2825" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2825" s="6"/>
     </row>
-    <row r="2826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2826" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2826" s="6"/>
     </row>
-    <row r="2827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2827" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2827" s="6"/>
     </row>
-    <row r="2828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2828" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2828" s="6"/>
     </row>
-    <row r="2829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2829" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2829" s="6"/>
     </row>
-    <row r="2830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2830" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2830" s="6"/>
     </row>
-    <row r="2831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2831" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2831" s="6"/>
     </row>
-    <row r="2832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2832" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2832" s="6"/>
     </row>
-    <row r="2833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2833" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2833" s="6"/>
     </row>
-    <row r="2834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2834" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2834" s="6"/>
     </row>
-    <row r="2835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2835" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2835" s="6"/>
     </row>
-    <row r="2836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2836" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2836" s="6"/>
     </row>
-    <row r="2837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2837" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2837" s="6"/>
     </row>
-    <row r="2838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2838" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2838" s="6"/>
     </row>
-    <row r="2839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2839" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2839" s="6"/>
     </row>
-    <row r="2840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2840" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2840" s="6"/>
     </row>
-    <row r="2841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2841" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2841" s="6"/>
     </row>
-    <row r="2842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2842" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2842" s="6"/>
     </row>
-    <row r="2843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2843" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2843" s="6"/>
     </row>
-    <row r="2844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2844" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2844" s="6"/>
     </row>
-    <row r="2845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2845" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2845" s="6"/>
     </row>
-    <row r="2846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2846" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2846" s="6"/>
     </row>
-    <row r="2847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2847" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2847" s="6"/>
     </row>
-    <row r="2848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2848" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2848" s="6"/>
     </row>
-    <row r="2849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2849" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2849" s="6"/>
     </row>
-    <row r="2850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2850" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2850" s="6"/>
     </row>
-    <row r="2851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2851" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2851" s="6"/>
     </row>
-    <row r="2852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2852" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2852" s="6"/>
     </row>
-    <row r="2853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2853" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2853" s="6"/>
     </row>
-    <row r="2854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2854" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2854" s="6"/>
     </row>
-    <row r="2855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2855" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2855" s="6"/>
     </row>
-    <row r="2856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2856" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2856" s="6"/>
     </row>
-    <row r="2857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2857" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2857" s="6"/>
     </row>
-    <row r="2858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2858" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2858" s="6"/>
     </row>
-    <row r="2859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2859" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2859" s="6"/>
     </row>
-    <row r="2860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2860" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2860" s="6"/>
     </row>
-    <row r="2861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2861" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2861" s="6"/>
     </row>
-    <row r="2862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2862" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2862" s="6"/>
     </row>
-    <row r="2863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2863" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2863" s="6"/>
     </row>
-    <row r="2864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2864" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2864" s="6"/>
     </row>
-    <row r="2865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2865" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2865" s="6"/>
     </row>
-    <row r="2866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2866" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2866" s="6"/>
     </row>
-    <row r="2867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2867" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2867" s="6"/>
     </row>
-    <row r="2868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2868" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2868" s="6"/>
     </row>
-    <row r="2869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2869" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2869" s="6"/>
     </row>
-    <row r="2870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2870" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2870" s="6"/>
     </row>
-    <row r="2871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2871" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2871" s="6"/>
     </row>
-    <row r="2872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2872" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2872" s="6"/>
     </row>
-    <row r="2873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2873" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2873" s="6"/>
     </row>
-    <row r="2874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2874" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2874" s="6"/>
     </row>
-    <row r="2875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2875" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2875" s="6"/>
     </row>
-    <row r="2876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2876" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2876" s="6"/>
     </row>
-    <row r="2877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2877" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2877" s="6"/>
     </row>
-    <row r="2878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2878" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2878" s="6"/>
     </row>
-    <row r="2879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2879" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2879" s="6"/>
     </row>
-    <row r="2880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2880" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2880" s="6"/>
     </row>
-    <row r="2881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2881" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2881" s="6"/>
     </row>
-    <row r="2882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2882" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2882" s="6"/>
     </row>
-    <row r="2883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2883" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2883" s="6"/>
     </row>
-    <row r="2884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2884" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2884" s="6"/>
     </row>
-    <row r="2885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2885" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2885" s="6"/>
     </row>
-    <row r="2886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2886" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2886" s="6"/>
     </row>
-    <row r="2887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2887" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2887" s="6"/>
     </row>
-    <row r="2888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2888" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2888" s="6"/>
     </row>
-    <row r="2889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2889" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2889" s="6"/>
     </row>
-    <row r="2890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2890" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2890" s="6"/>
     </row>
-    <row r="2891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2891" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2891" s="6"/>
     </row>
-    <row r="2892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2892" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2892" s="6"/>
     </row>
-    <row r="2893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2893" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2893" s="6"/>
     </row>
-    <row r="2894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2894" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2894" s="6"/>
     </row>
-    <row r="2895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2895" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2895" s="6"/>
     </row>
-    <row r="2896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2896" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2896" s="6"/>
     </row>
-    <row r="2897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2897" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2897" s="6"/>
     </row>
-    <row r="2898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2898" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2898" s="6"/>
     </row>
-    <row r="2899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2899" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2899" s="6"/>
     </row>
-    <row r="2900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2900" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2900" s="6"/>
     </row>
-    <row r="2901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2901" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2901" s="6"/>
     </row>
-    <row r="2902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2902" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2902" s="6"/>
     </row>
-    <row r="2903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2903" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2903" s="6"/>
     </row>
-    <row r="2904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2904" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2904" s="6"/>
     </row>
-    <row r="2905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2905" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2905" s="6"/>
     </row>
-    <row r="2906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2906" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2906" s="6"/>
     </row>
-    <row r="2907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2907" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2907" s="6"/>
     </row>
-    <row r="2908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2908" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2908" s="6"/>
     </row>
-    <row r="2909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2909" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2909" s="6"/>
     </row>
-    <row r="2910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2910" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2910" s="6"/>
     </row>
-    <row r="2911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2911" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2911" s="6"/>
     </row>
-    <row r="2912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2912" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2912" s="6"/>
     </row>
-    <row r="2913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2913" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2913" s="6"/>
     </row>
-    <row r="2914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2914" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2914" s="6"/>
     </row>
-    <row r="2915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2915" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2915" s="6"/>
     </row>
-    <row r="2916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2916" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2916" s="6"/>
     </row>
-    <row r="2917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2917" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2917" s="6"/>
     </row>
-    <row r="2918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2918" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2918" s="6"/>
     </row>
-    <row r="2919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2919" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2919" s="6"/>
     </row>
-    <row r="2920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2920" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2920" s="6"/>
     </row>
-    <row r="2921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2921" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2921" s="6"/>
     </row>
-    <row r="2922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2922" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2922" s="6"/>
     </row>
-    <row r="2923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2923" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2923" s="6"/>
     </row>
-    <row r="2924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2924" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2924" s="6"/>
     </row>
-    <row r="2925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2925" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2925" s="6"/>
     </row>
-    <row r="2926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2926" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2926" s="6"/>
     </row>
-    <row r="2927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2927" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2927" s="6"/>
     </row>
-    <row r="2928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2928" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2928" s="6"/>
     </row>
-    <row r="2929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2929" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2929" s="6"/>
     </row>
-    <row r="2930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2930" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2930" s="6"/>
     </row>
-    <row r="2931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2931" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2931" s="6"/>
     </row>
-    <row r="2932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2932" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2932" s="6"/>
     </row>
-    <row r="2933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2933" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2933" s="6"/>
     </row>
-    <row r="2934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2934" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2934" s="6"/>
     </row>
-    <row r="2935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2935" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2935" s="6"/>
     </row>
-    <row r="2936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2936" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2936" s="6"/>
     </row>
-    <row r="2937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2937" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2937" s="6"/>
     </row>
-    <row r="2938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2938" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2938" s="6"/>
     </row>
-    <row r="2939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2939" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2939" s="6"/>
     </row>
-    <row r="2940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2940" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2940" s="6"/>
     </row>
-    <row r="2941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2941" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2941" s="6"/>
     </row>
-    <row r="2942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2942" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2942" s="6"/>
     </row>
-    <row r="2943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2943" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2943" s="6"/>
     </row>
-    <row r="2944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2944" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2944" s="6"/>
     </row>
-    <row r="2945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2945" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2945" s="6"/>
     </row>
-    <row r="2946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2946" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2946" s="6"/>
     </row>
-    <row r="2947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2947" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2947" s="6"/>
     </row>
-    <row r="2948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2948" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2948" s="6"/>
     </row>
-    <row r="2949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2949" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2949" s="6"/>
     </row>
-    <row r="2950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2950" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2950" s="6"/>
     </row>
-    <row r="2951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2951" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2951" s="6"/>
     </row>
-    <row r="2952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2952" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2952" s="6"/>
     </row>
-    <row r="2953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2953" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2953" s="6"/>
     </row>
-    <row r="2954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2954" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2954" s="6"/>
     </row>
-    <row r="2955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2955" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2955" s="6"/>
     </row>
-    <row r="2956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2956" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2956" s="6"/>
     </row>
-    <row r="2957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2957" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2957" s="6"/>
     </row>
-    <row r="2958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2958" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2958" s="6"/>
     </row>
-    <row r="2959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2959" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2959" s="6"/>
     </row>
-    <row r="2960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2960" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2960" s="6"/>
     </row>
-    <row r="2961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2961" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2961" s="6"/>
     </row>
-    <row r="2962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2962" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2962" s="6"/>
     </row>
-    <row r="2963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2963" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2963" s="6"/>
     </row>
-    <row r="2964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2964" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2964" s="6"/>
     </row>
-    <row r="2965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2965" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2965" s="6"/>
     </row>
-    <row r="2966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2966" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2966" s="6"/>
     </row>
-    <row r="2967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2967" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2967" s="6"/>
     </row>
-    <row r="2968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2968" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2968" s="6"/>
     </row>
-    <row r="2969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2969" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2969" s="6"/>
     </row>
-    <row r="2970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2970" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2970" s="6"/>
     </row>
-    <row r="2971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2971" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2971" s="6"/>
     </row>
-    <row r="2972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2972" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2972" s="6"/>
     </row>
-    <row r="2973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2973" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2973" s="6"/>
     </row>
-    <row r="2974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2974" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2974" s="6"/>
     </row>
-    <row r="2975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2975" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2975" s="6"/>
     </row>
-    <row r="2976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2976" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2976" s="6"/>
     </row>
-    <row r="2977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2977" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2977" s="6"/>
     </row>
-    <row r="2978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2978" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2978" s="6"/>
     </row>
-    <row r="2979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2979" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2979" s="6"/>
     </row>
-    <row r="2980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2980" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2980" s="6"/>
     </row>
-    <row r="2981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2981" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2981" s="6"/>
     </row>
-    <row r="2982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2982" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2982" s="6"/>
     </row>
-    <row r="2983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2983" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2983" s="6"/>
     </row>
-    <row r="2984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2984" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2984" s="6"/>
     </row>
-    <row r="2985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2985" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2985" s="6"/>
     </row>
-    <row r="2986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2986" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2986" s="6"/>
     </row>
-    <row r="2987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2987" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2987" s="6"/>
     </row>
-    <row r="2988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2988" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2988" s="6"/>
     </row>
-    <row r="2989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2989" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2989" s="6"/>
     </row>
-    <row r="2990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2990" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2990" s="6"/>
     </row>
-    <row r="2991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2991" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2991" s="6"/>
     </row>
-    <row r="2992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2992" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2992" s="6"/>
     </row>
-    <row r="2993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2993" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2993" s="6"/>
     </row>
-    <row r="2994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2994" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2994" s="6"/>
     </row>
-    <row r="2995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2995" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2995" s="6"/>
     </row>
-    <row r="2996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2996" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2996" s="6"/>
     </row>
-    <row r="2997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2997" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2997" s="6"/>
     </row>
-    <row r="2998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2998" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2998" s="6"/>
     </row>
-    <row r="2999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2999" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2999" s="6"/>
     </row>
-    <row r="3000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3000" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3000" s="6"/>
     </row>
-    <row r="3001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3001" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3001" s="6"/>
     </row>
-    <row r="3002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3002" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3002" s="6"/>
     </row>
-    <row r="3003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3003" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3003" s="6"/>
     </row>
-    <row r="3004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3004" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3004" s="6"/>
     </row>
-    <row r="3005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3005" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3005" s="6"/>
     </row>
-    <row r="3006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3006" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3006" s="6"/>
     </row>
-    <row r="3007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3007" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3007" s="6"/>
     </row>
-    <row r="3008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3008" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3008" s="6"/>
     </row>
-    <row r="3009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3009" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3009" s="6"/>
     </row>
-    <row r="3010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3010" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3010" s="6"/>
     </row>
-    <row r="3011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3011" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3011" s="6"/>
     </row>
-    <row r="3012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3012" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3012" s="6"/>
     </row>
-    <row r="3013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3013" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3013" s="6"/>
     </row>
-    <row r="3014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3014" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3014" s="6"/>
     </row>
-    <row r="3015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3015" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3015" s="6"/>
     </row>
-    <row r="3016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3016" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3016" s="6"/>
     </row>
-    <row r="3017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3017" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3017" s="6"/>
     </row>
-    <row r="3018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3018" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3018" s="6"/>
     </row>
-    <row r="3019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3019" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3019" s="6"/>
     </row>
-    <row r="3020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3020" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3020" s="6"/>
     </row>
-    <row r="3021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3021" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3021" s="6"/>
     </row>
-    <row r="3022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3022" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3022" s="6"/>
     </row>
-    <row r="3023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3023" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3023" s="6"/>
     </row>
-    <row r="3024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3024" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3024" s="6"/>
     </row>
-    <row r="3025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3025" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3025" s="6"/>
     </row>
-    <row r="3026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3026" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3026" s="6"/>
     </row>
-    <row r="3027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3027" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3027" s="6"/>
     </row>
-    <row r="3028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3028" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3028" s="6"/>
     </row>
-    <row r="3029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3029" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3029" s="6"/>
     </row>
-    <row r="3030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3030" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3030" s="6"/>
     </row>
-    <row r="3031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3031" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3031" s="6"/>
     </row>
-    <row r="3032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3032" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3032" s="6"/>
     </row>
-    <row r="3033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3033" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3033" s="6"/>
     </row>
-    <row r="3034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3034" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3034" s="6"/>
     </row>
-    <row r="3035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3035" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3035" s="6"/>
     </row>
-    <row r="3036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3036" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3036" s="6"/>
     </row>
-    <row r="3037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3037" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3037" s="6"/>
     </row>
-    <row r="3038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3038" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3038" s="6"/>
     </row>
-    <row r="3039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3039" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3039" s="6"/>
     </row>
-    <row r="3040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3040" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3040" s="6"/>
     </row>
-    <row r="3041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3041" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3041" s="6"/>
     </row>
-    <row r="3042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3042" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3042" s="6"/>
     </row>
-    <row r="3043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3043" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3043" s="6"/>
     </row>
-    <row r="3044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3044" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3044" s="6"/>
     </row>
-    <row r="3045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3045" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3045" s="6"/>
     </row>
-    <row r="3046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3046" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3046" s="6"/>
     </row>
-    <row r="3047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3047" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3047" s="6"/>
     </row>
-    <row r="3048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3048" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3048" s="6"/>
     </row>
-    <row r="3049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3049" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3049" s="6"/>
     </row>
-    <row r="3050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3050" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3050" s="6"/>
     </row>
-    <row r="3051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3051" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3051" s="6"/>
     </row>
-    <row r="3052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3052" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3052" s="6"/>
     </row>
-    <row r="3053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3053" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3053" s="6"/>
     </row>
-    <row r="3054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3054" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3054" s="6"/>
     </row>
-    <row r="3055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3055" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3055" s="6"/>
     </row>
-    <row r="3056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3056" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3056" s="6"/>
     </row>
-    <row r="3057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3057" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3057" s="6"/>
     </row>
-    <row r="3058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3058" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3058" s="6"/>
     </row>
-    <row r="3059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3059" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3059" s="6"/>
     </row>
-    <row r="3060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3060" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3060" s="6"/>
     </row>
-    <row r="3061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3061" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3061" s="6"/>
     </row>
-    <row r="3062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3062" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3062" s="6"/>
     </row>
-    <row r="3063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3063" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3063" s="6"/>
     </row>
-    <row r="3064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3064" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3064" s="6"/>
     </row>
-    <row r="3065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3065" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3065" s="6"/>
     </row>
-    <row r="3066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3066" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3066" s="6"/>
     </row>
-    <row r="3067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3067" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3067" s="6"/>
     </row>
-    <row r="3068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3068" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3068" s="6"/>
     </row>
-    <row r="3069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3069" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3069" s="6"/>
     </row>
-    <row r="3070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3070" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3070" s="6"/>
     </row>
-    <row r="3071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3071" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3071" s="6"/>
     </row>
-    <row r="3072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3072" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3072" s="6"/>
     </row>
-    <row r="3073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3073" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3073" s="6"/>
     </row>
-    <row r="3074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3074" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3074" s="6"/>
     </row>
-    <row r="3075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3075" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3075" s="6"/>
     </row>
-    <row r="3076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3076" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3076" s="6"/>
     </row>
-    <row r="3077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3077" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3077" s="6"/>
     </row>
-    <row r="3078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3078" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3078" s="6"/>
     </row>
-    <row r="3079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3079" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3079" s="6"/>
     </row>
-    <row r="3080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3080" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3080" s="6"/>
     </row>
-    <row r="3081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3081" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3081" s="6"/>
     </row>
-    <row r="3082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3082" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3082" s="6"/>
     </row>
-    <row r="3083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3083" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3083" s="6"/>
     </row>
-    <row r="3084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3084" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3084" s="6"/>
     </row>
-    <row r="3085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3085" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3085" s="6"/>
     </row>
-    <row r="3086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3086" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3086" s="6"/>
     </row>
-    <row r="3087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3087" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3087" s="6"/>
     </row>
-    <row r="3088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3088" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3088" s="6"/>
     </row>
-    <row r="3089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3089" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3089" s="6"/>
     </row>
-    <row r="3090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3090" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3090" s="6"/>
     </row>
-    <row r="3091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3091" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3091" s="6"/>
     </row>
-    <row r="3092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3092" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3092" s="6"/>
     </row>
-    <row r="3093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3093" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3093" s="6"/>
     </row>
-    <row r="3094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3094" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3094" s="6"/>
     </row>
-    <row r="3095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3095" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3095" s="6"/>
     </row>
-    <row r="3096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3096" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3096" s="6"/>
     </row>
-    <row r="3097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3097" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3097" s="6"/>
     </row>
-    <row r="3098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3098" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3098" s="6"/>
     </row>
-    <row r="3099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3099" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3099" s="6"/>
     </row>
-    <row r="3100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3100" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3100" s="6"/>
     </row>
-    <row r="3101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3101" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3101" s="6"/>
     </row>
-    <row r="3102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3102" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3102" s="6"/>
     </row>
-    <row r="3103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3103" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3103" s="6"/>
     </row>
-    <row r="3104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3104" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3104" s="6"/>
     </row>
-    <row r="3105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3105" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3105" s="6"/>
     </row>
-    <row r="3106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3106" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3106" s="6"/>
     </row>
-    <row r="3107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3107" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3107" s="6"/>
     </row>
-    <row r="3108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3108" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3108" s="6"/>
     </row>
-    <row r="3109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3109" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3109" s="6"/>
     </row>
-    <row r="3110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3110" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3110" s="6"/>
     </row>
-    <row r="3111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3111" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3111" s="6"/>
     </row>
-    <row r="3112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3112" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3112" s="6"/>
     </row>
-    <row r="3113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3113" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3113" s="6"/>
     </row>
-    <row r="3114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3114" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3114" s="6"/>
     </row>
-    <row r="3115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3115" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3115" s="6"/>
     </row>
-    <row r="3116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3116" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3116" s="6"/>
     </row>
-    <row r="3117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3117" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3117" s="6"/>
     </row>
-    <row r="3118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3118" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3118" s="6"/>
     </row>
-    <row r="3119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3119" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3119" s="6"/>
     </row>
-    <row r="3120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3120" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3120" s="6"/>
     </row>
-    <row r="3121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3121" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3121" s="6"/>
     </row>
-    <row r="3122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3122" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3122" s="6"/>
     </row>
-    <row r="3123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3123" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3123" s="6"/>
     </row>
-    <row r="3124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3124" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3124" s="6"/>
     </row>
-    <row r="3125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3125" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3125" s="6"/>
     </row>
-    <row r="3126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3126" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3126" s="6"/>
     </row>
-    <row r="3127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3127" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3127" s="6"/>
     </row>
-    <row r="3128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3128" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3128" s="6"/>
     </row>
-    <row r="3129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3129" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3129" s="6"/>
     </row>
-    <row r="3130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3130" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3130" s="6"/>
     </row>
-    <row r="3131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3131" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3131" s="6"/>
     </row>
-    <row r="3132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3132" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3132" s="6"/>
     </row>
-    <row r="3133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3133" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3133" s="6"/>
     </row>
-    <row r="3134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3134" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3134" s="6"/>
     </row>
-    <row r="3135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3135" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3135" s="6"/>
     </row>
-    <row r="3136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3136" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3136" s="6"/>
     </row>
-    <row r="3137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3137" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3137" s="6"/>
     </row>
-    <row r="3138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3138" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3138" s="6"/>
     </row>
-    <row r="3139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3139" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3139" s="6"/>
     </row>
-    <row r="3140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3140" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3140" s="6"/>
     </row>
-    <row r="3141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3141" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3141" s="6"/>
     </row>
-    <row r="3142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3142" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3142" s="6"/>
     </row>
-    <row r="3143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3143" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3143" s="6"/>
     </row>
-    <row r="3144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3144" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3144" s="6"/>
     </row>
-    <row r="3145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3145" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3145" s="6"/>
     </row>
-    <row r="3146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3146" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3146" s="6"/>
     </row>
-    <row r="3147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3147" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3147" s="6"/>
     </row>
-    <row r="3148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3148" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3148" s="6"/>
     </row>
-    <row r="3149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3149" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3149" s="6"/>
     </row>
-    <row r="3150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3150" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3150" s="6"/>
     </row>
-    <row r="3151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3151" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3151" s="6"/>
     </row>
-    <row r="3152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3152" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3152" s="6"/>
     </row>
-    <row r="3153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3153" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3153" s="6"/>
     </row>
-    <row r="3154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3154" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3154" s="6"/>
     </row>
-    <row r="3155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3155" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3155" s="6"/>
     </row>
-    <row r="3156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3156" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3156" s="6"/>
     </row>
-    <row r="3157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3157" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3157" s="6"/>
     </row>
-    <row r="3158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3158" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3158" s="6"/>
     </row>
-    <row r="3159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3159" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3159" s="6"/>
     </row>
-    <row r="3160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3160" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3160" s="6"/>
     </row>
-    <row r="3161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3161" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3161" s="6"/>
     </row>
-    <row r="3162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3162" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3162" s="6"/>
     </row>
-    <row r="3163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3163" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3163" s="6"/>
     </row>
-    <row r="3164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3164" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3164" s="6"/>
     </row>
-    <row r="3165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3165" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3165" s="6"/>
     </row>
-    <row r="3166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3166" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3166" s="6"/>
     </row>
-    <row r="3167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3167" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3167" s="6"/>
     </row>
-    <row r="3168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3168" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3168" s="6"/>
     </row>
-    <row r="3169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3169" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3169" s="6"/>
     </row>
-    <row r="3170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3170" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3170" s="6"/>
     </row>
-    <row r="3171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3171" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3171" s="6"/>
     </row>
-    <row r="3172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3172" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3172" s="6"/>
     </row>
-    <row r="3173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3173" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3173" s="6"/>
     </row>
-    <row r="3174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3174" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3174" s="6"/>
     </row>
-    <row r="3175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3175" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3175" s="6"/>
     </row>
-    <row r="3176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3176" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3176" s="6"/>
     </row>
-    <row r="3177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3177" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3177" s="6"/>
     </row>
-    <row r="3178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3178" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3178" s="6"/>
     </row>
-    <row r="3179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3179" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3179" s="6"/>
     </row>
-    <row r="3180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3180" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3180" s="6"/>
     </row>
-    <row r="3181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3181" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3181" s="6"/>
     </row>
-    <row r="3182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3182" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3182" s="6"/>
     </row>
-    <row r="3183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3183" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3183" s="6"/>
     </row>
-    <row r="3184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3184" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3184" s="6"/>
     </row>
-    <row r="3185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3185" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3185" s="6"/>
     </row>
-    <row r="3186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3186" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3186" s="6"/>
     </row>
-    <row r="3187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3187" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3187" s="6"/>
     </row>
-    <row r="3188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3188" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3188" s="6"/>
     </row>
-    <row r="3189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3189" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3189" s="6"/>
     </row>
-    <row r="3190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3190" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3190" s="6"/>
     </row>
-    <row r="3191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3191" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3191" s="6"/>
     </row>
-    <row r="3192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3192" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3192" s="6"/>
     </row>
-    <row r="3193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3193" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3193" s="6"/>
     </row>
-    <row r="3194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3194" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3194" s="6"/>
     </row>
-    <row r="3195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3195" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3195" s="6"/>
     </row>
-    <row r="3196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3196" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3196" s="6"/>
     </row>
-    <row r="3197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3197" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3197" s="6"/>
     </row>
-    <row r="3198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3198" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3198" s="6"/>
     </row>
-    <row r="3199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3199" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3199" s="6"/>
     </row>
-    <row r="3200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3200" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3200" s="6"/>
     </row>
-    <row r="3201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3201" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3201" s="6"/>
     </row>
-    <row r="3202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3202" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3202" s="6"/>
     </row>
-    <row r="3203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3203" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3203" s="6"/>
     </row>
-    <row r="3204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3204" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3204" s="6"/>
     </row>
-    <row r="3205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3205" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3205" s="6"/>
     </row>
-    <row r="3206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3206" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3206" s="6"/>
     </row>
-    <row r="3207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3207" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3207" s="6"/>
     </row>
-    <row r="3208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3208" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3208" s="6"/>
     </row>
-    <row r="3209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3209" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3209" s="6"/>
     </row>
-    <row r="3210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3210" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3210" s="6"/>
     </row>
-    <row r="3211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3211" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3211" s="6"/>
     </row>
-    <row r="3212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3212" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3212" s="6"/>
     </row>
-    <row r="3213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3213" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3213" s="6"/>
     </row>
-    <row r="3214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3214" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3214" s="6"/>
     </row>
-    <row r="3215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3215" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3215" s="6"/>
     </row>
-    <row r="3216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3216" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3216" s="6"/>
     </row>
-    <row r="3217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3217" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3217" s="6"/>
     </row>
-    <row r="3218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3218" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3218" s="6"/>
     </row>
-    <row r="3219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3219" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3219" s="6"/>
     </row>
-    <row r="3220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3220" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3220" s="6"/>
     </row>
-    <row r="3221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3221" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3221" s="6"/>
     </row>
-    <row r="3222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3222" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3222" s="6"/>
     </row>
-    <row r="3223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3223" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3223" s="6"/>
     </row>
-    <row r="3224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3224" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3224" s="6"/>
     </row>
-    <row r="3225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3225" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3225" s="6"/>
     </row>
-    <row r="3226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3226" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3226" s="6"/>
     </row>
-    <row r="3227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3227" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3227" s="6"/>
     </row>
-    <row r="3228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3228" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3228" s="6"/>
     </row>
-    <row r="3229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3229" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3229" s="6"/>
     </row>
-    <row r="3230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3230" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3230" s="6"/>
     </row>
-    <row r="3231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3231" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3231" s="6"/>
     </row>
-    <row r="3232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3232" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3232" s="6"/>
     </row>
-    <row r="3233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3233" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3233" s="6"/>
     </row>
-    <row r="3234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3234" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3234" s="6"/>
     </row>
-    <row r="3235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3235" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3235" s="6"/>
     </row>
-    <row r="3236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3236" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3236" s="6"/>
     </row>
-    <row r="3237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3237" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3237" s="6"/>
     </row>
-    <row r="3238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3238" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3238" s="6"/>
     </row>
-    <row r="3239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3239" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3239" s="6"/>
     </row>
-    <row r="3240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3240" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3240" s="6"/>
     </row>
-    <row r="3241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3241" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3241" s="6"/>
     </row>
-    <row r="3242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3242" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3242" s="6"/>
     </row>
-    <row r="3243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3243" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3243" s="6"/>
     </row>
-    <row r="3244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3244" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3244" s="6"/>
     </row>
-    <row r="3245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3245" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3245" s="6"/>
     </row>
-    <row r="3246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3246" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3246" s="6"/>
     </row>
-    <row r="3247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3247" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3247" s="6"/>
     </row>
-    <row r="3248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3248" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3248" s="6"/>
     </row>
-    <row r="3249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3249" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3249" s="6"/>
     </row>
-    <row r="3250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3250" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3250" s="6"/>
     </row>
-    <row r="3251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3251" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3251" s="6"/>
     </row>
-    <row r="3252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3252" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3252" s="6"/>
     </row>
-    <row r="3253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3253" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3253" s="6"/>
     </row>
-    <row r="3254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3254" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3254" s="6"/>
     </row>
-    <row r="3255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3255" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3255" s="6"/>
     </row>
-    <row r="3256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3256" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3256" s="6"/>
     </row>
-    <row r="3257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3257" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3257" s="6"/>
     </row>
-    <row r="3258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3258" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3258" s="6"/>
     </row>
-    <row r="3259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3259" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3259" s="6"/>
     </row>
-    <row r="3260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3260" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3260" s="6"/>
     </row>
-    <row r="3261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3261" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3261" s="6"/>
     </row>
-    <row r="3262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3262" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3262" s="6"/>
     </row>
-    <row r="3263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3263" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3263" s="6"/>
     </row>
-    <row r="3264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3264" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3264" s="6"/>
     </row>
-    <row r="3265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3265" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3265" s="6"/>
     </row>
-    <row r="3266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3266" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3266" s="6"/>
     </row>
-    <row r="3267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3267" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3267" s="6"/>
     </row>
-    <row r="3268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3268" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3268" s="6"/>
     </row>
-    <row r="3269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3269" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3269" s="6"/>
     </row>
-    <row r="3270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3270" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3270" s="6"/>
     </row>
-    <row r="3271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3271" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3271" s="6"/>
     </row>
-    <row r="3272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3272" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3272" s="6"/>
     </row>
-    <row r="3273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3273" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3273" s="6"/>
     </row>
-    <row r="3274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3274" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3274" s="6"/>
     </row>
-    <row r="3275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3275" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3275" s="6"/>
     </row>
-    <row r="3276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3276" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3276" s="6"/>
     </row>
-    <row r="3277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3277" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3277" s="6"/>
     </row>
-    <row r="3278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3278" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3278" s="6"/>
     </row>
-    <row r="3279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3279" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3279" s="6"/>
     </row>
-    <row r="3280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3280" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3280" s="6"/>
     </row>
-    <row r="3281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3281" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3281" s="6"/>
     </row>
-    <row r="3282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3282" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3282" s="6"/>
     </row>
-    <row r="3283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3283" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3283" s="6"/>
     </row>
-    <row r="3284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3284" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3284" s="6"/>
     </row>
-    <row r="3285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3285" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3285" s="6"/>
     </row>
-    <row r="3286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3286" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3286" s="6"/>
     </row>
-    <row r="3287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3287" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3287" s="6"/>
     </row>
-    <row r="3288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3288" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3288" s="6"/>
     </row>
-    <row r="3289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3289" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3289" s="6"/>
     </row>
-    <row r="3290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3290" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3290" s="6"/>
     </row>
-    <row r="3291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3291" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3291" s="6"/>
     </row>
-    <row r="3292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3292" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3292" s="6"/>
     </row>
-    <row r="3293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3293" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3293" s="6"/>
     </row>
-    <row r="3294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3294" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3294" s="6"/>
     </row>
-    <row r="3295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3295" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3295" s="6"/>
     </row>
-    <row r="3296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3296" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3296" s="6"/>
     </row>
-    <row r="3297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3297" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3297" s="6"/>
     </row>
-    <row r="3298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3298" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3298" s="6"/>
     </row>
-    <row r="3299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3299" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3299" s="6"/>
     </row>
-    <row r="3300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3300" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3300" s="6"/>
     </row>
-    <row r="3301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3301" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3301" s="6"/>
     </row>
-    <row r="3302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3302" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3302" s="6"/>
     </row>
-    <row r="3303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3303" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3303" s="6"/>
     </row>
-    <row r="3304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3304" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3304" s="6"/>
     </row>
-    <row r="3305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3305" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3305" s="6"/>
     </row>
-    <row r="3306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3306" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3306" s="6"/>
     </row>
-    <row r="3307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3307" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3307" s="6"/>
     </row>
-    <row r="3308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3308" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3308" s="6"/>
     </row>
-    <row r="3309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3309" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3309" s="6"/>
     </row>
-    <row r="3310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3310" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3310" s="6"/>
     </row>
-    <row r="3311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3311" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3311" s="6"/>
     </row>
-    <row r="3312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3312" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3312" s="6"/>
     </row>
-    <row r="3313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3313" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3313" s="6"/>
     </row>
-    <row r="3314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3314" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3314" s="6"/>
     </row>
-    <row r="3315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3315" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3315" s="6"/>
     </row>
-    <row r="3316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3316" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3316" s="6"/>
     </row>
-    <row r="3317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3317" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3317" s="6"/>
     </row>
-    <row r="3318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3318" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3318" s="6"/>
     </row>
-    <row r="3319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3319" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3319" s="6"/>
     </row>
-    <row r="3320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3320" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3320" s="6"/>
     </row>
-    <row r="3321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3321" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3321" s="6"/>
     </row>
-    <row r="3322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3322" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3322" s="6"/>
     </row>
-    <row r="3323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3323" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3323" s="6"/>
     </row>
-    <row r="3324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3324" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3324" s="6"/>
     </row>
-    <row r="3325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3325" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3325" s="6"/>
     </row>
-    <row r="3326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3326" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3326" s="6"/>
     </row>
-    <row r="3327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3327" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3327" s="6"/>
     </row>
-    <row r="3328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3328" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3328" s="6"/>
     </row>
-    <row r="3329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3329" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3329" s="6"/>
     </row>
-    <row r="3330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3330" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3330" s="6"/>
     </row>
-    <row r="3331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3331" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3331" s="6"/>
     </row>
-    <row r="3332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3332" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3332" s="6"/>
     </row>
-    <row r="3333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3333" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3333" s="6"/>
     </row>
-    <row r="3334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3334" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3334" s="6"/>
     </row>
-    <row r="3335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3335" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3335" s="6"/>
     </row>
-    <row r="3336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3336" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3336" s="6"/>
     </row>
-    <row r="3337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3337" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3337" s="6"/>
     </row>
-    <row r="3338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3338" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3338" s="6"/>
     </row>
-    <row r="3339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3339" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3339" s="6"/>
     </row>
-    <row r="3340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3340" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3340" s="6"/>
     </row>
-    <row r="3341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3341" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3341" s="6"/>
     </row>
-    <row r="3342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3342" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3342" s="6"/>
     </row>
-    <row r="3343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3343" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3343" s="6"/>
     </row>
-    <row r="3344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3344" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3344" s="6"/>
     </row>
-    <row r="3345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3345" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3345" s="6"/>
     </row>
-    <row r="3346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3346" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3346" s="6"/>
     </row>
-    <row r="3347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3347" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3347" s="6"/>
     </row>
-    <row r="3348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3348" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3348" s="6"/>
     </row>
-    <row r="3349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3349" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3349" s="6"/>
     </row>
-    <row r="3350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3350" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3350" s="6"/>
     </row>
-    <row r="3351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3351" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3351" s="6"/>
     </row>
-    <row r="3352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3352" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3352" s="6"/>
     </row>
-    <row r="3353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3353" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3353" s="6"/>
     </row>
-    <row r="3354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3354" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3354" s="6"/>
     </row>
-    <row r="3355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3355" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3355" s="6"/>
     </row>
-    <row r="3356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3356" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3356" s="6"/>
     </row>
-    <row r="3357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3357" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3357" s="6"/>
     </row>
-    <row r="3358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3358" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3358" s="6"/>
     </row>
-    <row r="3359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3359" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3359" s="6"/>
     </row>
-    <row r="3360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3360" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3360" s="6"/>
     </row>
-    <row r="3361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3361" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3361" s="6"/>
     </row>
-    <row r="3362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3362" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3362" s="6"/>
     </row>
-    <row r="3363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3363" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3363" s="6"/>
     </row>
-    <row r="3364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3364" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3364" s="6"/>
     </row>
-    <row r="3365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3365" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3365" s="6"/>
     </row>
-    <row r="3366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3366" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3366" s="6"/>
     </row>
-    <row r="3367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3367" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3367" s="6"/>
     </row>
-    <row r="3368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3368" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3368" s="6"/>
     </row>
-    <row r="3369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3369" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3369" s="6"/>
     </row>
-    <row r="3370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3370" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3370" s="6"/>
     </row>
-    <row r="3371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3371" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3371" s="6"/>
     </row>
-    <row r="3372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3372" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3372" s="6"/>
     </row>
-    <row r="3373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3373" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3373" s="6"/>
     </row>
-    <row r="3374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3374" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3374" s="6"/>
     </row>
-    <row r="3375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3375" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3375" s="6"/>
     </row>
-    <row r="3376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3376" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3376" s="6"/>
     </row>
-    <row r="3377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3377" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3377" s="6"/>
     </row>
-    <row r="3378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3378" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3378" s="6"/>
     </row>
-    <row r="3379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3379" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3379" s="6"/>
     </row>
-    <row r="3380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3380" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3380" s="6"/>
     </row>
-    <row r="3381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3381" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3381" s="6"/>
     </row>
-    <row r="3382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3382" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3382" s="6"/>
     </row>
-    <row r="3383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3383" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3383" s="6"/>
     </row>
-    <row r="3384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3384" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3384" s="6"/>
     </row>
-    <row r="3385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3385" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3385" s="6"/>
     </row>
-    <row r="3386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3386" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3386" s="6"/>
     </row>
-    <row r="3387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3387" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3387" s="6"/>
     </row>
-    <row r="3388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3388" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3388" s="6"/>
     </row>
-    <row r="3389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3389" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3389" s="6"/>
     </row>
-    <row r="3390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3390" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3390" s="6"/>
     </row>
-    <row r="3391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3391" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3391" s="6"/>
     </row>
-    <row r="3392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3392" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3392" s="6"/>
     </row>
-    <row r="3393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3393" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3393" s="6"/>
     </row>
-    <row r="3394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3394" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3394" s="6"/>
     </row>
-    <row r="3395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3395" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3395" s="6"/>
     </row>
-    <row r="3396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3396" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3396" s="6"/>
     </row>
-    <row r="3397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3397" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3397" s="6"/>
     </row>
-    <row r="3398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3398" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3398" s="6"/>
     </row>
-    <row r="3399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3399" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3399" s="6"/>
     </row>
-    <row r="3400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3400" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3400" s="6"/>
     </row>
-    <row r="3401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3401" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3401" s="6"/>
     </row>
-    <row r="3402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3402" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3402" s="6"/>
     </row>
-    <row r="3403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3403" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3403" s="6"/>
     </row>
-    <row r="3404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3404" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3404" s="6"/>
     </row>
-    <row r="3405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3405" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3405" s="6"/>
     </row>
-    <row r="3406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3406" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3406" s="6"/>
     </row>
-    <row r="3407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3407" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3407" s="6"/>
     </row>
-    <row r="3408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3408" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3408" s="6"/>
     </row>
-    <row r="3409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3409" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3409" s="6"/>
     </row>
-    <row r="3410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3410" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3410" s="6"/>
     </row>
-    <row r="3411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3411" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3411" s="6"/>
     </row>
-    <row r="3412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3412" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3412" s="6"/>
     </row>
-    <row r="3413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3413" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3413" s="6"/>
     </row>
-    <row r="3414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3414" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3414" s="6"/>
     </row>
-    <row r="3415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3415" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3415" s="6"/>
     </row>
-    <row r="3416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3416" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3416" s="6"/>
     </row>
-    <row r="3417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3417" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3417" s="6"/>
     </row>
-    <row r="3418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3418" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3418" s="6"/>
     </row>
-    <row r="3419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3419" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3419" s="6"/>
     </row>
-    <row r="3420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3420" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3420" s="6"/>
     </row>
-    <row r="3421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3421" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3421" s="6"/>
     </row>
-    <row r="3422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3422" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3422" s="6"/>
     </row>
-    <row r="3423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3423" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3423" s="6"/>
     </row>
-    <row r="3424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3424" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3424" s="6"/>
     </row>
-    <row r="3425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3425" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3425" s="6"/>
     </row>
-    <row r="3426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3426" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3426" s="6"/>
     </row>
-    <row r="3427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3427" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3427" s="6"/>
     </row>
-    <row r="3428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3428" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3428" s="6"/>
     </row>
-    <row r="3429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3429" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3429" s="6"/>
     </row>
-    <row r="3430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3430" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3430" s="6"/>
     </row>
-    <row r="3431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3431" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3431" s="6"/>
     </row>
-    <row r="3432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3432" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3432" s="6"/>
     </row>
-    <row r="3433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3433" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3433" s="6"/>
     </row>
-    <row r="3434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3434" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3434" s="6"/>
     </row>
-    <row r="3435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3435" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3435" s="6"/>
     </row>
-    <row r="3436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3436" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3436" s="6"/>
     </row>
-    <row r="3437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3437" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3437" s="6"/>
     </row>
-    <row r="3438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3438" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3438" s="6"/>
     </row>
-    <row r="3439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3439" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3439" s="6"/>
     </row>
-    <row r="3440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3440" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3440" s="6"/>
     </row>
-    <row r="3441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3441" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3441" s="6"/>
     </row>
-    <row r="3442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3442" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3442" s="6"/>
     </row>
-    <row r="3443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3443" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3443" s="6"/>
     </row>
-    <row r="3444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3444" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3444" s="6"/>
     </row>
-    <row r="3445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3445" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3445" s="6"/>
     </row>
-    <row r="3446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3446" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3446" s="6"/>
     </row>
-    <row r="3447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3447" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3447" s="6"/>
     </row>
-    <row r="3448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3448" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3448" s="6"/>
     </row>
-    <row r="3449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3449" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3449" s="6"/>
     </row>
-    <row r="3450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3450" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3450" s="6"/>
     </row>
-    <row r="3451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3451" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3451" s="6"/>
     </row>
-    <row r="3452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3452" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3452" s="6"/>
     </row>
-    <row r="3453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3453" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3453" s="6"/>
     </row>
-    <row r="3454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3454" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3454" s="6"/>
     </row>
-    <row r="3455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3455" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3455" s="6"/>
     </row>
-    <row r="3456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3456" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3456" s="6"/>
     </row>
-    <row r="3457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3457" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3457" s="6"/>
     </row>
-    <row r="3458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3458" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3458" s="6"/>
     </row>
-    <row r="3459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3459" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3459" s="6"/>
     </row>
-    <row r="3460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3460" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3460" s="6"/>
     </row>
-    <row r="3461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3461" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3461" s="6"/>
     </row>
-    <row r="3462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3462" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3462" s="6"/>
     </row>
-    <row r="3463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3463" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3463" s="6"/>
     </row>
-    <row r="3464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3464" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3464" s="6"/>
     </row>
-    <row r="3465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3465" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3465" s="6"/>
     </row>
-    <row r="3466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3466" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3466" s="6"/>
     </row>
-    <row r="3467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3467" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3467" s="6"/>
     </row>
-    <row r="3468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3468" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3468" s="6"/>
     </row>
-    <row r="3469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3469" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3469" s="6"/>
     </row>
-    <row r="3470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3470" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3470" s="6"/>
     </row>
-    <row r="3471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3471" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3471" s="6"/>
     </row>
-    <row r="3472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3472" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3472" s="6"/>
     </row>
-    <row r="3473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3473" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3473" s="6"/>
     </row>
-    <row r="3474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3474" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3474" s="6"/>
     </row>
-    <row r="3475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3475" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3475" s="6"/>
     </row>
-    <row r="3476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3476" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3476" s="6"/>
     </row>
-    <row r="3477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3477" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3477" s="6"/>
     </row>
-    <row r="3478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3478" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3478" s="6"/>
     </row>
-    <row r="3479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3479" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3479" s="6"/>
     </row>
-    <row r="3480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3480" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3480" s="6"/>
     </row>
-    <row r="3481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3481" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3481" s="6"/>
     </row>
-    <row r="3482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3482" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3482" s="6"/>
     </row>
-    <row r="3483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3483" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3483" s="6"/>
     </row>
-    <row r="3484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3484" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3484" s="6"/>
     </row>
-    <row r="3485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3485" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3485" s="6"/>
     </row>
-    <row r="3486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3486" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3486" s="6"/>
     </row>
-    <row r="3487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3487" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3487" s="6"/>
     </row>
-    <row r="3488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3488" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3488" s="6"/>
     </row>
-    <row r="3489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3489" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3489" s="6"/>
     </row>
-    <row r="3490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3490" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3490" s="6"/>
     </row>
-    <row r="3491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3491" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3491" s="6"/>
     </row>
-    <row r="3492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3492" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3492" s="6"/>
     </row>
-    <row r="3493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3493" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3493" s="6"/>
     </row>
-    <row r="3494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3494" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3494" s="6"/>
     </row>
-    <row r="3495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3495" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3495" s="6"/>
     </row>
-    <row r="3496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3496" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3496" s="6"/>
     </row>
-    <row r="3497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3497" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3497" s="6"/>
     </row>
-    <row r="3498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3498" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3498" s="6"/>
     </row>
-    <row r="3499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3499" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3499" s="6"/>
     </row>
-    <row r="3500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3500" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3500" s="6"/>
     </row>
-    <row r="3501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3501" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3501" s="6"/>
     </row>
-    <row r="3502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3502" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3502" s="6"/>
     </row>
-    <row r="3503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3503" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3503" s="6"/>
     </row>
-    <row r="3504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3504" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3504" s="6"/>
     </row>
-    <row r="3505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3505" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3505" s="6"/>
     </row>
-    <row r="3506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3506" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3506" s="6"/>
     </row>
-    <row r="3507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3507" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3507" s="6"/>
     </row>
-    <row r="3508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3508" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3508" s="6"/>
     </row>
-    <row r="3509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3509" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3509" s="6"/>
     </row>
-    <row r="3510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3510" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3510" s="6"/>
     </row>
-    <row r="3511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3511" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3511" s="6"/>
     </row>
-    <row r="3512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3512" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3512" s="6"/>
     </row>
-    <row r="3513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3513" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3513" s="6"/>
     </row>
-    <row r="3514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3514" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3514" s="6"/>
     </row>
-    <row r="3515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3515" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3515" s="6"/>
     </row>
-    <row r="3516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3516" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3516" s="6"/>
     </row>
-    <row r="3517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3517" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3517" s="6"/>
     </row>
-    <row r="3518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3518" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3518" s="6"/>
     </row>
-    <row r="3519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3519" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3519" s="6"/>
     </row>
-    <row r="3520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3520" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3520" s="6"/>
     </row>
-    <row r="3521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3521" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3521" s="6"/>
     </row>
-    <row r="3522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3522" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3522" s="6"/>
     </row>
-    <row r="3523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3523" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3523" s="6"/>
     </row>
-    <row r="3524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3524" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3524" s="6"/>
     </row>
-    <row r="3525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3525" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3525" s="6"/>
     </row>
-    <row r="3526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3526" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3526" s="6"/>
     </row>
-    <row r="3527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3527" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3527" s="6"/>
     </row>
-    <row r="3528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3528" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3528" s="6"/>
     </row>
-    <row r="3529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3529" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3529" s="6"/>
     </row>
-    <row r="3530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3530" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3530" s="6"/>
     </row>
-    <row r="3531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3531" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3531" s="6"/>
     </row>
-    <row r="3532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3532" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3532" s="6"/>
     </row>
-    <row r="3533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3533" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3533" s="6"/>
     </row>
-    <row r="3534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3534" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3534" s="6"/>
     </row>
-    <row r="3535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3535" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3535" s="6"/>
     </row>
-    <row r="3536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3536" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3536" s="6"/>
     </row>
-    <row r="3537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3537" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3537" s="6"/>
     </row>
-    <row r="3538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3538" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3538" s="6"/>
     </row>
-    <row r="3539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3539" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3539" s="6"/>
     </row>
-    <row r="3540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3540" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3540" s="6"/>
     </row>
-    <row r="3541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3541" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3541" s="6"/>
     </row>
-    <row r="3542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3542" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3542" s="6"/>
     </row>
-    <row r="3543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3543" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3543" s="6"/>
     </row>
-    <row r="3544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3544" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3544" s="6"/>
     </row>
-    <row r="3545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3545" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3545" s="6"/>
     </row>
-    <row r="3546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3546" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3546" s="6"/>
     </row>
-    <row r="3547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3547" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3547" s="6"/>
     </row>
-    <row r="3548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3548" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3548" s="6"/>
     </row>
-    <row r="3549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3549" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3549" s="6"/>
     </row>
-    <row r="3550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3550" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3550" s="6"/>
     </row>
-    <row r="3551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3551" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3551" s="6"/>
     </row>
-    <row r="3552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3552" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3552" s="6"/>
     </row>
-    <row r="3553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3553" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3553" s="6"/>
     </row>
-    <row r="3554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3554" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3554" s="6"/>
     </row>
-    <row r="3555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3555" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3555" s="6"/>
     </row>
-    <row r="3556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3556" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3556" s="6"/>
     </row>
-    <row r="3557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3557" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3557" s="6"/>
     </row>
-    <row r="3558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3558" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3558" s="6"/>
     </row>
-    <row r="3559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3559" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3559" s="6"/>
     </row>
-    <row r="3560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3560" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3560" s="6"/>
     </row>
-    <row r="3561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3561" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3561" s="6"/>
     </row>
-    <row r="3562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3562" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3562" s="6"/>
     </row>
-    <row r="3563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3563" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3563" s="6"/>
     </row>
-    <row r="3564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3564" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3564" s="6"/>
     </row>
-    <row r="3565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3565" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3565" s="6"/>
     </row>
-    <row r="3566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3566" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3566" s="6"/>
     </row>
-    <row r="3567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3567" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3567" s="6"/>
     </row>
-    <row r="3568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3568" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3568" s="6"/>
     </row>
-    <row r="3569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3569" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3569" s="6"/>
     </row>
-    <row r="3570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3570" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3570" s="6"/>
     </row>
-    <row r="3571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3571" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3571" s="6"/>
     </row>
-    <row r="3572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3572" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3572" s="6"/>
     </row>
-    <row r="3573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3573" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3573" s="6"/>
     </row>
-    <row r="3574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3574" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3574" s="6"/>
     </row>
-    <row r="3575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3575" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3575" s="6"/>
     </row>
-    <row r="3576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3576" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3576" s="6"/>
     </row>
-    <row r="3577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3577" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3577" s="6"/>
     </row>
-    <row r="3578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3578" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3578" s="6"/>
     </row>
-    <row r="3579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3579" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3579" s="6"/>
     </row>
-    <row r="3580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3580" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3580" s="6"/>
     </row>
-    <row r="3581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3581" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3581" s="6"/>
     </row>
-    <row r="3582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3582" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3582" s="6"/>
     </row>
-    <row r="3583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3583" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3583" s="6"/>
     </row>
-    <row r="3584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3584" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3584" s="6"/>
     </row>
-    <row r="3585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3585" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3585" s="6"/>
     </row>
-    <row r="3586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3586" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3586" s="6"/>
     </row>
-    <row r="3587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3587" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3587" s="6"/>
     </row>
-    <row r="3588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3588" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3588" s="6"/>
     </row>
-    <row r="3589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3589" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3589" s="6"/>
     </row>
-    <row r="3590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3590" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3590" s="6"/>
     </row>
-    <row r="3591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3591" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3591" s="6"/>
     </row>
-    <row r="3592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3592" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3592" s="6"/>
     </row>
-    <row r="3593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3593" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3593" s="6"/>
     </row>
-    <row r="3594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3594" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3594" s="6"/>
     </row>
-    <row r="3595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3595" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3595" s="6"/>
     </row>
-    <row r="3596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3596" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3596" s="6"/>
     </row>
-    <row r="3597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3597" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3597" s="6"/>
     </row>
-    <row r="3598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3598" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3598" s="6"/>
     </row>
-    <row r="3599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3599" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3599" s="6"/>
     </row>
-    <row r="3600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3600" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3600" s="6"/>
     </row>
-    <row r="3601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3601" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3601" s="6"/>
     </row>
-    <row r="3602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3602" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3602" s="6"/>
     </row>
-    <row r="3603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3603" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3603" s="6"/>
     </row>
-    <row r="3604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3604" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3604" s="6"/>
     </row>
-    <row r="3605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3605" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3605" s="6"/>
     </row>
-    <row r="3606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3606" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3606" s="6"/>
     </row>
-    <row r="3607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3607" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3607" s="6"/>
     </row>
-    <row r="3608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3608" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3608" s="6"/>
     </row>
-    <row r="3609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3609" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3609" s="6"/>
     </row>
-    <row r="3610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3610" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3610" s="6"/>
     </row>
-    <row r="3611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3611" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3611" s="6"/>
     </row>
-    <row r="3612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3612" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3612" s="6"/>
     </row>
-    <row r="3613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3613" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3613" s="6"/>
     </row>
-    <row r="3614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3614" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3614" s="6"/>
     </row>
-    <row r="3615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3615" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3615" s="6"/>
     </row>
-    <row r="3616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3616" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3616" s="6"/>
     </row>
-    <row r="3617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3617" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3617" s="6"/>
     </row>
-    <row r="3618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3618" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3618" s="6"/>
     </row>
-    <row r="3619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3619" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3619" s="6"/>
     </row>
-    <row r="3620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3620" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3620" s="6"/>
     </row>
-    <row r="3621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3621" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3621" s="6"/>
     </row>
-    <row r="3622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3622" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3622" s="6"/>
     </row>
-    <row r="3623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3623" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3623" s="6"/>
     </row>
-    <row r="3624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3624" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3624" s="6"/>
     </row>
-    <row r="3625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3625" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3625" s="6"/>
     </row>
-    <row r="3626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3626" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3626" s="6"/>
     </row>
-    <row r="3627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3627" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3627" s="6"/>
     </row>
-    <row r="3628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3628" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3628" s="6"/>
     </row>
-    <row r="3629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3629" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3629" s="6"/>
     </row>
-    <row r="3630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3630" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3630" s="6"/>
     </row>
-    <row r="3631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3631" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3631" s="6"/>
     </row>
-    <row r="3632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3632" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3632" s="6"/>
     </row>
-    <row r="3633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3633" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3633" s="6"/>
     </row>
-    <row r="3634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3634" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3634" s="6"/>
     </row>
-    <row r="3635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3635" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3635" s="6"/>
     </row>
-    <row r="3636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3636" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3636" s="6"/>
     </row>
-    <row r="3637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3637" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3637" s="6"/>
     </row>
-    <row r="3638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3638" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3638" s="6"/>
     </row>
-    <row r="3639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3639" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3639" s="6"/>
     </row>
-    <row r="3640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3640" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3640" s="6"/>
     </row>
-    <row r="3641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3641" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3641" s="6"/>
     </row>
-    <row r="3642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3642" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3642" s="6"/>
     </row>
-    <row r="3643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3643" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3643" s="6"/>
     </row>
-    <row r="3644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3644" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3644" s="6"/>
     </row>
-    <row r="3645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3645" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3645" s="6"/>
     </row>
-    <row r="3646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3646" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3646" s="6"/>
     </row>
-    <row r="3647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3647" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3647" s="6"/>
     </row>
-    <row r="3648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3648" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3648" s="6"/>
     </row>
-    <row r="3649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3649" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3649" s="6"/>
     </row>
-    <row r="3650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3650" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3650" s="6"/>
     </row>
-    <row r="3651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3651" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3651" s="6"/>
     </row>
-    <row r="3652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3652" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3652" s="6"/>
     </row>
-    <row r="3653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3653" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3653" s="6"/>
     </row>
-    <row r="3654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3654" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3654" s="6"/>
     </row>
-    <row r="3655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3655" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3655" s="6"/>
     </row>
-    <row r="3656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3656" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3656" s="6"/>
     </row>
-    <row r="3657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3657" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3657" s="6"/>
     </row>
-    <row r="3658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3658" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3658" s="6"/>
     </row>
-    <row r="3659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3659" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3659" s="6"/>
     </row>
-    <row r="3660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3660" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3660" s="6"/>
     </row>
-    <row r="3661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3661" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3661" s="6"/>
     </row>
-    <row r="3662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3662" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3662" s="6"/>
     </row>
-    <row r="3663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3663" spans="3:3" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C3663" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="C3:E3"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.15748031496062992" bottom="0.35433070866141736" header="0.31496062992125984" footer="0"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d91381d19a20875501023545d7282fe" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="87e528c34e1611fb45c7774c2d2111fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fbd4fd8da05f77cf80b6d3f5806dc1a" ns2:_="" ns3:_="">
     <xsd:import namespace="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <xsd:import namespace="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -24783,71 +24771,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B36C05C-6189-4F1A-AB45-EFB50AD9D4D2}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCFE1CC5-913F-4950-960B-8B91EA86AE57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84404D99-8C03-467A-9E7F-F62F35549BC4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB39ED37-F6C7-4A78-889D-31263D7B78D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4af69165-b505-481b-9011-f24b730a8c49"/>
     <ds:schemaRef ds:uri="0c41f792-b750-44f5-ae1e-577e00342cf2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>