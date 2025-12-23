--- v0 (2025-10-15)
+++ v1 (2025-12-23)
@@ -11,78 +11,78 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/GABiocincies/Documentos compartidos/MOBILITAT/4 - Arxiu/02 Convenis Unis Partners/Bilateral Agreements - FAC.  BIOCIÈNCIES/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="24" documentId="8_{F97B1D2E-65F2-417C-B45E-EEF34B29207C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{24B9A3D6-4D79-4A54-8A48-5F7BBE97DECF}"/>
+  <xr:revisionPtr revIDLastSave="37" documentId="8_{F97B1D2E-65F2-417C-B45E-EEF34B29207C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{17FD5DE2-0C7F-49D8-8D51-9DED7A3134EF}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
     <sheet name="Full2" sheetId="2" r:id="rId2"/>
     <sheet name="Full3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="656" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="673" uniqueCount="313">
   <si>
     <t>Programa d'intercanvi</t>
   </si>
   <si>
     <t>Centre</t>
   </si>
   <si>
     <t>PAÍS</t>
   </si>
   <si>
     <t>UNIVERSITAT</t>
   </si>
   <si>
     <t>CODI UNIVERSITAT</t>
   </si>
   <si>
     <t>Nº PLACES</t>
   </si>
   <si>
     <t>MESOS</t>
   </si>
   <si>
     <t>NIVELL D'ESTUDIS</t>
   </si>
   <si>
@@ -344,101 +344,92 @@
     <t>F PERPIGN01</t>
   </si>
   <si>
     <t>UNIVERSITÀ DEGLI STUDI DI FIRENZE</t>
   </si>
   <si>
     <t>I FIRENZE01</t>
   </si>
   <si>
     <t>UNIVERSITÀ DEGLI STUDI INSUBRIA VARESE-COMO</t>
   </si>
   <si>
     <t>I VARESE02</t>
   </si>
   <si>
     <t>HØGSKOLEN I STAVANGER</t>
   </si>
   <si>
     <t>N STAVANG01</t>
   </si>
   <si>
     <t>LANDBOUWUNIVERSITEIT WAGENINGEN</t>
   </si>
   <si>
     <t>NL WAGENIN01</t>
-  </si>
-[...1 lines deleted...]
-    <t>Idiomes: l'A1 d'alemany és obligatori</t>
   </si>
   <si>
     <t>Idioma: B1 d'Alemany o Anglès</t>
   </si>
   <si>
     <t>Universitat SF JYVASKY01 - JYVÄSKYLÄN YLIOPISTO</t>
   </si>
   <si>
     <t>SF JYVASKY01.BCBL</t>
   </si>
   <si>
     <t>Idioma recomanat: B2 anglès</t>
   </si>
   <si>
     <t>Idioma recomanat: Finès o Anglès (B1)</t>
   </si>
   <si>
     <t>Idioma recomanat B2 anglès o finès.</t>
   </si>
   <si>
     <t>Idioma recomanat: B2 de Francès</t>
   </si>
   <si>
     <t>Idioma requerit: Francès B2.</t>
   </si>
   <si>
     <t>I  MILANO16</t>
   </si>
   <si>
     <t>Idioma requerit: B1 d'italià.
 Si no es té aquest nivell és obligatori fer un curs d'italià.</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 d'Italià</t>
   </si>
   <si>
     <t>Es requereix:
 Italià A2 per cursos en italìà.
 Anglès B1 per cursos en anglès.</t>
   </si>
   <si>
     <t>Idioma recomanat: A2 Italià</t>
-  </si>
-[...4 lines deleted...]
-No és obligatori però es recomana.</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 Anglès i B1 Italià</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 italià</t>
   </si>
   <si>
     <t>Requeriments d'idiomes: B2 d'anglès.
 http://www.wageningenur.nl/en/Education-Programmes/Student-Service-Centre/Show-ssc/English-Language-Proficiency-EU.htm</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 Portuguès</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 Anglès o Portuguès</t>
   </si>
   <si>
     <t>Idioma recomanat: B1 Txec o Anglès</t>
   </si>
   <si>
     <t>B! Anglès o Búlgar</t>
   </si>
   <si>
     <t>RO CLUJNAP01</t>
@@ -1100,51 +1091,78 @@
       </rPr>
       <t>Idiomes: B2 Holandès i/o anglès</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Només per a estudiants de màster.</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Idiomes obligatoris: anglès i alemany B2. </t>
     </r>
   </si>
   <si>
-    <t>Pendent de renovació</t>
+    <t>For courses taught in English: Level B2
+For courses taught in German: Level B1</t>
+  </si>
+  <si>
+    <t>Idiomes obligatoris: 
+B1 italià 
+B1 anglès</t>
+  </si>
+  <si>
+    <t>UNIVERSITÀ DEGLI STUDI DI URBINO CARLO BO</t>
+  </si>
+  <si>
+    <t>I URBINO01</t>
+  </si>
+  <si>
+    <t>Department of Biomolecular Sciences </t>
+  </si>
+  <si>
+    <t>512 - Biological and related sciences (Bioquímica)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Idioma recomanat (no obligatori): B1 italià </t>
+  </si>
+  <si>
+    <t>511 - Biological and related sciences (Biologia)</t>
+  </si>
+  <si>
+    <t>Idioma recomanat (no obligatori): B1 italià</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1208,61 +1226,61 @@
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial Unicode MS"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF242424"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="11"/>
-      <color rgb="FFFF3399"/>
+      <color rgb="FF00B0F0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCCCCC"/>
         <bgColor indexed="64"/>
@@ -1382,51 +1400,51 @@
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -1490,72 +1508,61 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF3399"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1831,2699 +1838,2780 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L89"/>
+  <dimension ref="A1:M91"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B57" workbookViewId="0">
-      <selection activeCell="M69" sqref="M69"/>
+    <sheetView tabSelected="1" topLeftCell="A63" workbookViewId="0">
+      <selection activeCell="E72" sqref="E72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" customWidth="1"/>
     <col min="5" max="6" width="24.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.28515625" customWidth="1"/>
     <col min="8" max="8" width="9.42578125" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
     <col min="10" max="10" width="19.140625" customWidth="1"/>
     <col min="11" max="11" width="29" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="27.75" customHeight="1">
-      <c r="B1" s="46"/>
-      <c r="C1" s="47"/>
+      <c r="B1" s="48"/>
+      <c r="C1" s="49"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F1" s="33"/>
     </row>
     <row r="2" spans="1:11" ht="26.25" customHeight="1">
-      <c r="B2" s="46"/>
-      <c r="C2" s="47"/>
+      <c r="B2" s="48"/>
+      <c r="C2" s="49"/>
       <c r="D2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="33"/>
     </row>
     <row r="3" spans="1:11" ht="63.75" customHeight="1">
       <c r="B3" s="38"/>
       <c r="C3" s="38"/>
       <c r="D3" s="39" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E3" s="33"/>
       <c r="F3" s="33"/>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="34.5">
       <c r="A6" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H6" s="6">
         <v>4</v>
       </c>
       <c r="I6" s="6">
         <v>5</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="23.25">
       <c r="A7" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="H7" s="6">
         <v>2</v>
       </c>
       <c r="I7" s="6">
         <v>5</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>102</v>
+        <v>304</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="24" customHeight="1">
       <c r="A8" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H8" s="6">
         <v>2</v>
       </c>
       <c r="I8" s="6">
         <v>10</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="64.5" customHeight="1">
       <c r="A9" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H9" s="6">
         <v>2</v>
       </c>
       <c r="I9" s="6">
         <v>5</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="29" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="46.5" customHeight="1">
       <c r="A10" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H10" s="6">
         <v>2</v>
       </c>
       <c r="I10" s="6">
         <v>5</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K10" s="29" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="63" customHeight="1">
       <c r="A11" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="H11" s="6">
         <v>2</v>
       </c>
       <c r="I11" s="6">
         <v>5</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="23.25">
       <c r="A12" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="35" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="J12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="23.25">
       <c r="A13" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="6" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="H13" s="6">
         <v>2</v>
       </c>
       <c r="I13" s="6">
         <v>10</v>
       </c>
       <c r="J13" s="30" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="28.5" customHeight="1">
       <c r="A14" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="34" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H14" s="6">
         <v>2</v>
       </c>
       <c r="I14" s="6">
         <v>10</v>
       </c>
       <c r="J14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="27" customHeight="1">
       <c r="A15" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B15" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D15" t="s">
         <v>142</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H15" s="6">
         <v>2</v>
       </c>
       <c r="I15" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="32.25" customHeight="1">
       <c r="A16" s="12"/>
       <c r="B16" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="C16" t="s">
+        <v>141</v>
+      </c>
+      <c r="D16" t="s">
         <v>142</v>
       </c>
-      <c r="C16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H16" s="6">
         <v>2</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="J16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" ht="34.5">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="35.25" customHeight="1">
       <c r="A17" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B17" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
         <v>142</v>
       </c>
-      <c r="C17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H17" s="6">
         <v>4</v>
       </c>
       <c r="I17" s="6">
         <v>10</v>
       </c>
       <c r="J17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
     </row>
     <row r="18" spans="1:11" s="26" customFormat="1">
       <c r="A18" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="25" t="s">
         <v>87</v>
       </c>
       <c r="E18" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="25" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G18" s="25" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="H18" s="25">
         <v>2</v>
       </c>
       <c r="I18" s="25">
         <v>5</v>
       </c>
       <c r="J18" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K18" s="44" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="23.25">
       <c r="A19" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B19" s="13" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C19" s="21" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D19" s="20" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H19" s="6">
         <v>2</v>
       </c>
       <c r="I19" s="6">
         <v>5</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="9" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:11" s="15" customFormat="1" ht="23.25">
       <c r="A20" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" s="23" t="s">
         <v>128</v>
       </c>
-      <c r="B20" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="16" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D20" s="16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E20" s="17" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="17" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G20" s="18" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H20" s="18">
         <v>2</v>
       </c>
       <c r="I20" s="6">
         <v>5</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:11" s="15" customFormat="1" ht="23.25">
       <c r="A21" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" s="23" t="s">
         <v>128</v>
       </c>
-      <c r="B21" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="16" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D21" s="16" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E21" s="17" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="17" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="G21" s="18" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H21" s="18">
         <v>3</v>
       </c>
       <c r="I21" s="6">
         <v>10</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="19" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="24" customHeight="1">
       <c r="A22" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H22" s="6">
         <v>2</v>
       </c>
       <c r="I22" s="6">
         <v>5</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="23.25">
       <c r="A23" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="14" t="s">
         <v>104</v>
       </c>
-      <c r="D23" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H23" s="6">
         <v>2</v>
       </c>
       <c r="I23" s="6">
         <v>5</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="23.25">
       <c r="A24" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="H24" s="6">
         <v>3</v>
       </c>
       <c r="I24" s="6">
         <v>10</v>
       </c>
       <c r="J24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>89</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G25" s="6" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H25" s="6">
         <v>2</v>
       </c>
       <c r="I25" s="6">
         <v>5</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="10" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="45.75">
       <c r="A26" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="36" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H26" s="31">
         <v>1</v>
       </c>
       <c r="I26" s="6">
         <v>10</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="9" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="45.75">
       <c r="A27" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="36" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H27" s="6">
         <v>1</v>
       </c>
       <c r="I27" s="6">
         <v>5</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="9" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="23.25">
       <c r="A28" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G28" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="I28" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="23.25">
       <c r="A29" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H29" s="6">
         <v>2</v>
       </c>
       <c r="I29" s="6">
         <v>10</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="57">
       <c r="A30" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H30" s="6">
         <v>2</v>
       </c>
       <c r="I30" s="6">
         <v>5</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="6" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="31" spans="1:11" s="26" customFormat="1" ht="23.25">
       <c r="A31" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="25" t="s">
         <v>90</v>
       </c>
       <c r="D31" s="25" t="s">
         <v>91</v>
       </c>
       <c r="E31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="35" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G31" s="25" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H31" s="25" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="I31" s="25" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J31" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="25" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="34.5">
       <c r="A32" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H32" s="6">
         <v>2</v>
       </c>
       <c r="I32" s="6">
         <v>5</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="9" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:11" s="26" customFormat="1" ht="34.5">
       <c r="A33" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B33" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="25" t="s">
         <v>92</v>
       </c>
       <c r="D33" s="25" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="25" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G33" s="25" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H33" s="25">
         <v>2</v>
       </c>
       <c r="I33" s="25">
         <v>10</v>
       </c>
       <c r="J33" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K33" s="25" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="6">
         <v>3</v>
       </c>
       <c r="I34" s="6">
         <v>10</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H35" s="6">
         <v>2</v>
       </c>
       <c r="I35" s="6">
         <v>5</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="34.5">
       <c r="A36" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H36" s="6">
         <v>2</v>
       </c>
       <c r="I36" s="6">
         <v>5</v>
       </c>
       <c r="J36" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="23.25">
       <c r="A37" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H37" s="6">
         <v>2</v>
       </c>
       <c r="I37" s="6">
         <v>5</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="23.25">
       <c r="A38" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B38" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H38" s="6">
         <v>2</v>
       </c>
       <c r="I38" s="6">
         <v>5</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="45.75">
       <c r="A39" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B39" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H39" s="6">
         <v>3</v>
       </c>
       <c r="I39" s="6">
         <v>5</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="9" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="90.75">
       <c r="A40" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="43" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H40" s="6">
         <v>2</v>
       </c>
       <c r="I40" s="6">
         <v>5</v>
       </c>
       <c r="J40" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="23.25">
       <c r="A41" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H41" s="6">
         <v>2</v>
       </c>
       <c r="I41" s="6">
         <v>10</v>
       </c>
       <c r="J41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="34.5">
       <c r="A42" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H42" s="6">
         <v>2</v>
       </c>
       <c r="I42" s="6">
         <v>10</v>
       </c>
       <c r="J42" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="34.5">
       <c r="A43" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H43" s="6">
         <v>2</v>
       </c>
       <c r="I43" s="6">
         <v>5</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="23.25">
       <c r="A44" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="6"/>
       <c r="G44" s="6" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="H44" s="6">
         <v>2</v>
       </c>
       <c r="I44" s="6">
         <v>5</v>
       </c>
       <c r="J44" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="23.25">
       <c r="A45" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="6"/>
       <c r="G45" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="6">
         <v>2</v>
       </c>
       <c r="I45" s="6">
         <v>5</v>
       </c>
       <c r="J45" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:11" ht="45.75">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="34.5">
       <c r="A46" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H46" s="6">
         <v>3</v>
       </c>
       <c r="I46" s="6">
         <v>10</v>
       </c>
       <c r="J46" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>116</v>
+        <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:11" s="26" customFormat="1" ht="34.5">
       <c r="A47" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B47" s="24" t="s">
         <v>38</v>
       </c>
       <c r="C47" s="25" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D47" s="25" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="E47" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="25"/>
       <c r="G47" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H47" s="25">
         <v>3</v>
       </c>
       <c r="I47" s="6">
         <v>10</v>
       </c>
       <c r="J47" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K47" s="25" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="23.25">
       <c r="A48" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="6"/>
       <c r="G48" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H48" s="6">
         <v>4</v>
       </c>
       <c r="I48" s="6">
         <v>10</v>
       </c>
       <c r="J48" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="49" spans="1:12">
+    <row r="49" spans="1:13">
       <c r="A49" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="6"/>
       <c r="G49" s="6" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H49" s="6">
         <v>2</v>
       </c>
       <c r="I49" s="6">
         <v>5</v>
       </c>
       <c r="J49" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="34.5" customHeight="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="34.5" customHeight="1">
       <c r="A50" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="41" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="H50" s="6">
         <v>2</v>
       </c>
       <c r="I50" s="6">
         <v>5</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K50" s="6" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="23.25">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="23.25">
       <c r="A51" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B51" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H51" s="6">
         <v>2</v>
       </c>
       <c r="I51" s="6">
         <v>5</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="34.5">
+      <c r="A52" s="12"/>
       <c r="B52" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>96</v>
+        <v>306</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>97</v>
+        <v>307</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="F52" s="6"/>
+      <c r="F52" s="45" t="s">
+        <v>308</v>
+      </c>
       <c r="G52" s="6" t="s">
-        <v>252</v>
+        <v>311</v>
       </c>
       <c r="H52" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I52" s="6">
         <v>5</v>
       </c>
       <c r="J52" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K52" s="9" t="s">
-[...3 lines deleted...]
-    <row r="53" spans="1:12">
+      <c r="K52" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="L52" s="15"/>
+      <c r="M52" s="46"/>
+    </row>
+    <row r="53" spans="1:13" ht="34.5">
       <c r="A53" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>39</v>
+        <v>306</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>40</v>
+        <v>307</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="F53" s="6"/>
+      <c r="F53" s="45" t="s">
+        <v>308</v>
+      </c>
       <c r="G53" s="6" t="s">
-        <v>252</v>
+        <v>309</v>
       </c>
       <c r="H53" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I53" s="6">
         <v>5</v>
       </c>
       <c r="J53" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K53" s="45" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:12" ht="45.75">
+      <c r="K53" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="L53" s="15"/>
+      <c r="M53" s="46"/>
+    </row>
+    <row r="54" spans="1:13" ht="23.25">
       <c r="A54" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B54" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="6"/>
+      <c r="G54" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="H54" s="6">
+        <v>2</v>
+      </c>
+      <c r="I54" s="6">
+        <v>5</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K54" s="9" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="22.5">
+      <c r="A55" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="H55" s="6">
+        <v>3</v>
+      </c>
+      <c r="I55" s="6">
+        <v>5</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K55" s="47" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="45.75">
+      <c r="A56" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B56" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="C54" s="6" t="s">
+      <c r="C56" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="D54" s="6" t="s">
+      <c r="D56" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="E54" s="6" t="s">
-[...11 lines deleted...]
-      <c r="I54" s="6">
+      <c r="E56" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="H56" s="6">
+        <v>2</v>
+      </c>
+      <c r="I56" s="6">
         <v>10</v>
       </c>
-      <c r="J54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="37" t="s">
+      <c r="J56" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K56" s="37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" s="26" customFormat="1" ht="23.25">
+      <c r="A57" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B57" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C57" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="D57" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E57" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="25" t="s">
         <v>234</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H55" s="51">
+      <c r="G57" s="25" t="s">
+        <v>235</v>
+      </c>
+      <c r="H57" s="25">
         <v>1</v>
       </c>
-      <c r="I55" s="51">
+      <c r="I57" s="25">
         <v>10</v>
       </c>
-      <c r="J55" s="51" t="s">
-[...69 lines deleted...]
-      </c>
       <c r="J57" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K57" s="25" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" s="26" customFormat="1" ht="39" customHeight="1">
+        <v>179</v>
+      </c>
+      <c r="L57" s="26" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" s="26" customFormat="1" ht="79.5">
       <c r="A58" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B58" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="25" t="s">
-        <v>192</v>
+        <v>62</v>
       </c>
       <c r="D58" s="25" t="s">
-        <v>190</v>
+        <v>63</v>
       </c>
       <c r="E58" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="25" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="G58" s="25" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="H58" s="25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I58" s="25">
         <v>10</v>
       </c>
       <c r="J58" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K58" s="25" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" s="26" customFormat="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" s="26" customFormat="1" ht="57">
       <c r="A59" s="22" t="s">
-        <v>283</v>
+        <v>126</v>
       </c>
       <c r="B59" s="24" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C59" s="25" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="D59" s="25" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="E59" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="F59" s="42" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="F59" s="25"/>
+      <c r="G59" s="6" t="s">
+        <v>207</v>
       </c>
       <c r="H59" s="25">
         <v>4</v>
       </c>
       <c r="I59" s="25">
         <v>5</v>
       </c>
       <c r="J59" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K59" s="25" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" s="26" customFormat="1" ht="34.5">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" s="26" customFormat="1" ht="39" customHeight="1">
       <c r="A60" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B60" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C60" s="25" t="s">
+        <v>190</v>
+      </c>
+      <c r="D60" s="25" t="s">
+        <v>188</v>
+      </c>
+      <c r="E60" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>237</v>
+      </c>
+      <c r="G60" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="H60" s="25">
+        <v>2</v>
+      </c>
+      <c r="I60" s="25">
+        <v>10</v>
+      </c>
+      <c r="J60" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K60" s="25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" s="26" customFormat="1">
+      <c r="A61" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="B61" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="C60" s="25" t="s">
-[...15 lines deleted...]
-      <c r="I60" s="6">
+      <c r="C61" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="D61" s="25" t="s">
+        <v>66</v>
+      </c>
+      <c r="E61" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="42" t="s">
+        <v>273</v>
+      </c>
+      <c r="G61" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="25">
+        <v>4</v>
+      </c>
+      <c r="I61" s="25">
         <v>5</v>
       </c>
-      <c r="J60" s="25" t="s">
-[...32 lines deleted...]
-      <c r="J61" s="6" t="s">
+      <c r="J61" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K61" s="25" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" s="26" customFormat="1" ht="34.5">
+      <c r="A62" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="24" t="s">
+        <v>64</v>
+      </c>
+      <c r="C62" s="25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D62" s="25" t="s">
+        <v>136</v>
+      </c>
+      <c r="E62" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="25"/>
+      <c r="G62" s="25" t="s">
         <v>193</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H62" s="6">
+      <c r="H62" s="25">
         <v>2</v>
       </c>
       <c r="I62" s="6">
         <v>5</v>
       </c>
-      <c r="J62" s="6" t="s">
-[...8 lines deleted...]
-        <v>128</v>
+      <c r="J62" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K62" s="25" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" s="26" customFormat="1" ht="23.25">
+      <c r="A63" s="22" t="s">
+        <v>126</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C63" s="6" t="s">
-[...15 lines deleted...]
-        <v>1</v>
+      <c r="C63" s="25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D63" s="25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E63" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="25"/>
+      <c r="G63" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="H63" s="25">
+        <v>2</v>
       </c>
       <c r="I63" s="6">
         <v>10</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K63" s="6" t="s">
-[...7 lines deleted...]
-      <c r="B64" s="24" t="s">
+      <c r="K63" s="25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="23.25">
+      <c r="A64" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B64" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C64" s="40" t="s">
+      <c r="C64" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="G64" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="H64" s="6">
+        <v>2</v>
+      </c>
+      <c r="I64" s="6">
+        <v>5</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="23.25">
+      <c r="A65" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="H65" s="6">
+        <v>1</v>
+      </c>
+      <c r="I65" s="6">
+        <v>10</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" s="26" customFormat="1" ht="34.5">
+      <c r="A66" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B66" s="24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C66" s="40" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="G66" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="D64" s="25" t="s">
+      <c r="H66" s="25">
+        <v>2</v>
+      </c>
+      <c r="I66" s="25">
+        <v>5</v>
+      </c>
+      <c r="J66" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K66" s="27" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" s="26" customFormat="1" ht="34.5">
+      <c r="A67" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B67" s="24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C67" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="D67" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="E64" s="25" t="s">
-[...2 lines deleted...]
-      <c r="F64" s="25" t="s">
+      <c r="E67" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="25" t="s">
         <v>258</v>
       </c>
-      <c r="G64" s="25" t="s">
+      <c r="G67" s="25" t="s">
+        <v>253</v>
+      </c>
+      <c r="H67" s="25">
+        <v>2</v>
+      </c>
+      <c r="I67" s="25">
+        <v>10</v>
+      </c>
+      <c r="J67" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K67" s="27" t="s">
         <v>259</v>
       </c>
-      <c r="H64" s="25">
-[...2 lines deleted...]
-      <c r="I64" s="25">
+    </row>
+    <row r="68" spans="1:12" ht="23.25">
+      <c r="A68" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H68" s="6">
+        <v>3</v>
+      </c>
+      <c r="I68" s="6">
         <v>5</v>
       </c>
-      <c r="J64" s="25" t="s">
-[...146 lines deleted...]
-        <v>306</v>
+      <c r="J68" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K68" s="8" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="23.25">
       <c r="A69" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H69" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I69" s="6">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J69" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>293</v>
+        <v>119</v>
       </c>
     </row>
     <row r="70" spans="1:12" s="26" customFormat="1" ht="23.25">
       <c r="A70" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B70" s="24" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>67</v>
+      </c>
+      <c r="C70" s="25" t="s">
+        <v>72</v>
       </c>
       <c r="D70" s="25" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="E70" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="F70" s="25" t="s">
-        <v>207</v>
+      <c r="F70" s="35" t="s">
+        <v>239</v>
       </c>
       <c r="G70" s="25" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H70" s="25">
         <v>2</v>
       </c>
       <c r="I70" s="25">
         <v>5</v>
       </c>
       <c r="J70" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K70" s="27" t="s">
-        <v>206</v>
-[...34 lines deleted...]
-      <c r="L71" s="15"/>
+        <v>240</v>
+      </c>
+      <c r="L70" s="26" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="23.25">
+      <c r="A71" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="H71" s="6">
+        <v>2</v>
+      </c>
+      <c r="I71" s="6">
+        <v>5</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K71" s="8" t="s">
+        <v>291</v>
+      </c>
     </row>
     <row r="72" spans="1:12" s="26" customFormat="1" ht="23.25">
       <c r="A72" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B72" s="24" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C72" s="28" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="D72" s="25" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E72" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="25" t="s">
-        <v>244</v>
+        <v>205</v>
       </c>
       <c r="G72" s="25" t="s">
-        <v>226</v>
+        <v>192</v>
       </c>
       <c r="H72" s="25">
         <v>2</v>
       </c>
       <c r="I72" s="25">
+        <v>5</v>
+      </c>
+      <c r="J72" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K72" s="27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" s="26" customFormat="1" ht="23.25">
+      <c r="A73" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B73" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="C73" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" s="25" t="s">
+        <v>297</v>
+      </c>
+      <c r="E73" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="25" t="s">
+        <v>298</v>
+      </c>
+      <c r="G73" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="H73" s="25">
+        <v>2</v>
+      </c>
+      <c r="I73" s="25">
         <v>10</v>
       </c>
-      <c r="J72" s="25" t="s">
-[...13 lines deleted...]
-      <c r="C73" s="28" t="s">
+      <c r="J73" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K73" s="27"/>
+      <c r="L73" s="15"/>
+    </row>
+    <row r="74" spans="1:12" s="26" customFormat="1" ht="23.25">
+      <c r="A74" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B74" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="C74" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="D73" s="25" t="s">
+      <c r="D74" s="25" t="s">
         <v>134</v>
       </c>
-      <c r="E73" s="25" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="E74" s="25" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="25" t="s">
-        <v>296</v>
+        <v>242</v>
       </c>
       <c r="G74" s="25" t="s">
-        <v>194</v>
+        <v>224</v>
       </c>
       <c r="H74" s="25">
         <v>2</v>
       </c>
       <c r="I74" s="25">
         <v>10</v>
       </c>
       <c r="J74" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K74" s="27" t="s">
-        <v>186</v>
-[...35 lines deleted...]
-    <row r="76" spans="1:12" s="26" customFormat="1" ht="34.5">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" s="26" customFormat="1" ht="45.75">
+      <c r="A75" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B75" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="C75" s="28" t="s">
+        <v>133</v>
+      </c>
+      <c r="D75" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="E75" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="25" t="s">
+        <v>244</v>
+      </c>
+      <c r="G75" s="25" t="s">
+        <v>243</v>
+      </c>
+      <c r="H75" s="25">
+        <v>2</v>
+      </c>
+      <c r="I75" s="25">
+        <v>5</v>
+      </c>
+      <c r="J75" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K75" s="27" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" s="26" customFormat="1" ht="45.75">
       <c r="A76" s="22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B76" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="C76" s="25" t="s">
-        <v>285</v>
+      <c r="C76" s="32" t="s">
+        <v>185</v>
       </c>
       <c r="D76" s="25" t="s">
-        <v>75</v>
+        <v>183</v>
       </c>
       <c r="E76" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="F76" s="25"/>
+      <c r="F76" s="25" t="s">
+        <v>294</v>
+      </c>
       <c r="G76" s="25" t="s">
-        <v>14</v>
+        <v>192</v>
       </c>
       <c r="H76" s="25">
         <v>2</v>
       </c>
       <c r="I76" s="25">
         <v>10</v>
       </c>
       <c r="J76" s="25" t="s">
         <v>15</v>
       </c>
       <c r="K76" s="27" t="s">
-        <v>76</v>
+        <v>184</v>
       </c>
     </row>
     <row r="77" spans="1:12" ht="23.25">
       <c r="A77" s="12" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B77" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="H77" s="6">
+        <v>2</v>
+      </c>
+      <c r="I77" s="6">
+        <v>10</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K77" s="8" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" s="26" customFormat="1" ht="34.5">
+      <c r="A78" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B78" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="C78" s="25" t="s">
+        <v>283</v>
+      </c>
+      <c r="D78" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="E78" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="25"/>
+      <c r="G78" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" s="25">
+        <v>2</v>
+      </c>
+      <c r="I78" s="25">
+        <v>10</v>
+      </c>
+      <c r="J78" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K78" s="27" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" ht="23.25">
+      <c r="A79" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B79" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="C77" s="6" t="s">
+      <c r="C79" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="D77" s="6" t="s">
+      <c r="D79" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="E77" s="6" t="s">
-[...11 lines deleted...]
-      <c r="I77" s="6">
+      <c r="E79" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="H79" s="6">
+        <v>2</v>
+      </c>
+      <c r="I79" s="6">
         <v>5</v>
       </c>
-      <c r="J77" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B78" s="11" t="s">
+      <c r="J79" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K79" s="8" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" ht="23.25">
+      <c r="A80" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B80" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="C78" s="6" t="s">
+      <c r="C80" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="D78" s="6" t="s">
+      <c r="D80" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H78" s="6">
+      <c r="E80" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="H80" s="6">
         <v>4</v>
       </c>
-      <c r="I78" s="6">
+      <c r="I80" s="6">
         <v>5</v>
       </c>
-      <c r="J78" s="6" t="s">
-[...8 lines deleted...]
-        <v>127</v>
+      <c r="J80" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K80" s="8" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="91" spans="8:8">
+      <c r="H91" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:K52">
-[...1 lines deleted...]
-    <sortCondition ref="D6:D52"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:K54">
+    <sortCondition ref="B6:B54"/>
+    <sortCondition ref="D6:D54"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="8b60995db377c5c8bdde4a2d1bd9904a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d91381d19a20875501023545d7282fe" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072343D018995924AA519A2847E1AF797" ma:contentTypeVersion="19" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="87e528c34e1611fb45c7774c2d2111fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ee1f67ce-da88-4dfb-a650-0f0da831f464" xmlns:ns3="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fbd4fd8da05f77cf80b6d3f5806dc1a" ns2:_="" ns3:_="">
     <xsd:import namespace="ee1f67ce-da88-4dfb-a650-0f0da831f464"/>
     <xsd:import namespace="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4738,95 +4826,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ee1f67ce-da88-4dfb-a650-0f0da831f464">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c0983f89-a1cb-4442-b4b9-3c8b9e162bd0" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{406E7BE8-5CC8-4D66-B321-69A641C2331D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFDA8574-6664-4032-8C92-0472A6FBDDBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEDA8A10-2F7D-4647-8543-B7C440F019A3}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0BEF751-E653-4B46-BFC6-E120B64DBBE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="c4324c5d-3360-4aba-b64a-68fa33097a2b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="465e47be-2e80-431a-89e7-26a5b2fe6f69"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Full1</vt:lpstr>
       <vt:lpstr>Full2</vt:lpstr>
       <vt:lpstr>Full3</vt:lpstr>
     </vt:vector>