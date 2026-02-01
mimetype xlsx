--- v0 (2025-10-13)
+++ v1 (2026-02-01)
@@ -1,104 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab.sharepoint.com/sites/UNITATTCNICADESTUDIS/Documentos compartidos/General/RECTOR LAFUENTE - WEB/Transparència/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{05B08BEC-AB5A-49A2-A2D2-CCB51D62D912}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{2A2B30D6-D1D9-41F5-811F-42DAD70A9CF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7801B591-06E8-4E1B-A9AA-52B588508D11}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Rector" sheetId="18" r:id="rId1"/>
-    <sheet name="Gerent" sheetId="19" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AQ3" i="19" l="1"/>
-  <c r="AS6" i="18"/>
+  <c r="AS6" i="18" l="1"/>
   <c r="AT6" i="18" s="1"/>
   <c r="AM6" i="18"/>
   <c r="AN6" i="18" s="1"/>
   <c r="AA6" i="18"/>
   <c r="N6" i="18"/>
   <c r="AO6" i="18" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="63">
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Dades dels béns immobles</t>
   </si>
   <si>
     <t>Béns mobles de qualsevol naturalesa que superin els 12.000 €</t>
   </si>
   <si>
     <t>Automòbils, embarcacions i altres vehicles de motor</t>
   </si>
   <si>
     <t>Assegurances de vida la indemnització de les quals superi els 30.000 €</t>
   </si>
   <si>
     <t>Import aproximat de comptes corrents i altres dipòsits bancaris</t>
   </si>
   <si>
     <t>Plans de pensions i assimilats</t>
   </si>
   <si>
     <t>Títols, actius financers o valors mobiliaris</t>
   </si>
   <si>
@@ -243,100 +240,60 @@
     <t>parquing</t>
   </si>
   <si>
     <t>AERIS Tecnologias Ambientales</t>
   </si>
   <si>
     <t>hipotecari</t>
   </si>
   <si>
     <t>Personal</t>
   </si>
   <si>
     <t>Familiars</t>
   </si>
   <si>
     <t>Pla de pensions Sabadell 70.800€
 Pla de pensions La caixa 2.315€</t>
   </si>
   <si>
     <t>Fco. Javier Lafuente Sancho</t>
   </si>
   <si>
     <t>Declaració patrimonial dels alts càrrecs</t>
   </si>
   <si>
-    <t>Credit o prèstec hipotecari</t>
-[...34 lines deleted...]
-  <si>
     <t>Dades de desembre de 2020.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dades de 12 de juny de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ _€"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000\ _€"/>
-    <numFmt numFmtId="166" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="36"/>
       <color theme="1"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
@@ -380,101 +337,65 @@
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF008C3C"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...34 lines deleted...]
-    </fill>
   </fills>
-  <borders count="12">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -523,95 +444,55 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...38 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -683,222 +564,105 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...89 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF008C3C"/>
       <color rgb="FF00D059"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de l'Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1122,293 +886,289 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE215654-0532-4F1E-A02D-22B889A9A7C7}">
   <dimension ref="A1:AU13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="44" max="44" width="13.7109375" customWidth="1"/>
     <col min="45" max="45" width="12.85546875" customWidth="1"/>
     <col min="46" max="47" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="71" t="s">
+      <c r="A1" s="47" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="71"/>
-[...4 lines deleted...]
-      <c r="G1" s="71"/>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:47" ht="31.7" customHeight="1" x14ac:dyDescent="0.9">
       <c r="H2" s="30"/>
       <c r="I2" s="30"/>
       <c r="J2" s="31"/>
       <c r="K2" s="31"/>
       <c r="L2" s="32"/>
       <c r="M2" s="32"/>
       <c r="N2" s="32"/>
       <c r="O2" s="30"/>
       <c r="P2" s="30"/>
       <c r="Q2" s="33"/>
       <c r="R2" s="30"/>
       <c r="S2" s="30"/>
       <c r="T2" s="30"/>
       <c r="U2" s="32"/>
       <c r="V2" s="32"/>
       <c r="W2" s="30"/>
       <c r="X2" s="32"/>
       <c r="Y2" s="30"/>
       <c r="Z2" s="32"/>
       <c r="AA2" s="32"/>
       <c r="AB2" s="30"/>
       <c r="AC2" s="32"/>
       <c r="AD2" s="30"/>
       <c r="AE2" s="30"/>
       <c r="AF2" s="30"/>
       <c r="AG2" s="32"/>
       <c r="AH2" s="32"/>
       <c r="AI2" s="30"/>
       <c r="AJ2" s="30"/>
       <c r="AK2" s="30"/>
       <c r="AL2" s="32"/>
       <c r="AM2" s="32"/>
       <c r="AN2" s="32"/>
       <c r="AO2" s="32"/>
       <c r="AP2" s="31"/>
       <c r="AQ2" s="31"/>
       <c r="AR2" s="32"/>
       <c r="AS2" s="32"/>
       <c r="AT2" s="32"/>
     </row>
     <row r="3" spans="1:47" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="78" t="s">
+      <c r="A3" s="44" t="s">
         <v>61</v>
       </c>
-      <c r="B3" s="78"/>
-[...4 lines deleted...]
-      <c r="G3" s="78"/>
+      <c r="B3" s="44"/>
+      <c r="C3" s="44"/>
+      <c r="D3" s="44"/>
+      <c r="E3" s="44"/>
+      <c r="F3" s="44"/>
+      <c r="G3" s="44"/>
       <c r="H3" s="34"/>
       <c r="I3" s="34"/>
       <c r="J3" s="35"/>
       <c r="K3" s="35"/>
       <c r="L3" s="36"/>
       <c r="M3" s="37"/>
       <c r="N3" s="37"/>
       <c r="O3" s="34"/>
       <c r="P3" s="34"/>
       <c r="Q3" s="38"/>
       <c r="R3" s="34"/>
       <c r="S3" s="34"/>
       <c r="T3" s="34"/>
       <c r="U3" s="37"/>
       <c r="V3" s="37"/>
       <c r="W3" s="34"/>
       <c r="X3" s="37"/>
       <c r="Y3" s="34"/>
       <c r="Z3" s="37"/>
       <c r="AA3" s="37"/>
       <c r="AB3" s="34"/>
       <c r="AC3" s="37"/>
       <c r="AD3" s="34"/>
       <c r="AE3" s="34"/>
       <c r="AF3" s="34"/>
       <c r="AG3" s="37"/>
       <c r="AH3" s="37"/>
       <c r="AI3" s="34"/>
       <c r="AJ3" s="34"/>
       <c r="AK3" s="34"/>
       <c r="AL3" s="37"/>
       <c r="AM3" s="37"/>
       <c r="AN3" s="37"/>
       <c r="AO3" s="37"/>
       <c r="AP3" s="35"/>
       <c r="AQ3" s="35"/>
       <c r="AR3" s="37"/>
       <c r="AS3" s="37"/>
       <c r="AT3" s="37"/>
       <c r="AU3" s="38"/>
     </row>
     <row r="4" spans="1:47" ht="63.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="79" t="s">
+      <c r="A4" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="79"/>
-[...3 lines deleted...]
-      <c r="F4" s="79" t="s">
+      <c r="B4" s="45"/>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="45"/>
+      <c r="F4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="G4" s="79"/>
-[...7 lines deleted...]
-      <c r="O4" s="72" t="s">
+      <c r="G4" s="45"/>
+      <c r="H4" s="45"/>
+      <c r="I4" s="45"/>
+      <c r="J4" s="45"/>
+      <c r="K4" s="45"/>
+      <c r="L4" s="45"/>
+      <c r="M4" s="45"/>
+      <c r="N4" s="46"/>
+      <c r="O4" s="42" t="s">
         <v>2</v>
       </c>
-      <c r="P4" s="72"/>
-[...1 lines deleted...]
-      <c r="R4" s="72" t="s">
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="S4" s="72"/>
-[...1 lines deleted...]
-      <c r="U4" s="72"/>
+      <c r="S4" s="42"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
       <c r="V4" s="23"/>
-      <c r="W4" s="72" t="s">
+      <c r="W4" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="X4" s="72"/>
-      <c r="Y4" s="72" t="s">
+      <c r="X4" s="42"/>
+      <c r="Y4" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="Z4" s="72"/>
-[...1 lines deleted...]
-      <c r="AB4" s="72" t="s">
+      <c r="Z4" s="42"/>
+      <c r="AA4" s="42"/>
+      <c r="AB4" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="AC4" s="72"/>
-      <c r="AD4" s="72" t="s">
+      <c r="AC4" s="42"/>
+      <c r="AD4" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="AE4" s="72"/>
-[...3 lines deleted...]
-      <c r="AI4" s="72" t="s">
+      <c r="AE4" s="42"/>
+      <c r="AF4" s="42"/>
+      <c r="AG4" s="42"/>
+      <c r="AH4" s="48"/>
+      <c r="AI4" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="AJ4" s="72"/>
-[...2 lines deleted...]
-      <c r="AM4" s="73"/>
+      <c r="AJ4" s="42"/>
+      <c r="AK4" s="42"/>
+      <c r="AL4" s="42"/>
+      <c r="AM4" s="48"/>
       <c r="AN4" s="23"/>
       <c r="AO4" s="23"/>
-      <c r="AP4" s="74" t="s">
+      <c r="AP4" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="AQ4" s="75"/>
-[...1 lines deleted...]
-      <c r="AS4" s="76"/>
+      <c r="AQ4" s="40"/>
+      <c r="AR4" s="40"/>
+      <c r="AS4" s="41"/>
       <c r="AT4" s="28"/>
       <c r="AU4" s="13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:47" ht="47.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>23</v>
       </c>
       <c r="N5" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="O5" s="77" t="s">
+      <c r="O5" s="43" t="s">
         <v>25</v>
       </c>
-      <c r="P5" s="77"/>
+      <c r="P5" s="43"/>
       <c r="Q5" s="10" t="s">
         <v>26</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="S5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="T5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="U5" s="22" t="s">
         <v>29</v>
       </c>
       <c r="V5" s="22" t="s">
         <v>26</v>
       </c>
       <c r="W5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="X5" s="22" t="s">
         <v>26</v>
       </c>
       <c r="Y5" s="5" t="s">
@@ -1949,482 +1709,89 @@
       <c r="Y12" s="15"/>
       <c r="Z12" s="21"/>
       <c r="AA12" s="21"/>
       <c r="AB12" s="7"/>
       <c r="AC12" s="21"/>
       <c r="AD12" s="15"/>
       <c r="AE12" s="15"/>
       <c r="AF12" s="15"/>
       <c r="AG12" s="21"/>
       <c r="AH12" s="21"/>
       <c r="AI12" s="15"/>
       <c r="AJ12" s="29"/>
       <c r="AK12" s="17"/>
       <c r="AL12" s="21"/>
       <c r="AM12" s="21"/>
       <c r="AN12" s="21"/>
       <c r="AO12" s="21"/>
       <c r="AP12" s="7"/>
       <c r="AQ12" s="15"/>
       <c r="AR12" s="21"/>
       <c r="AS12" s="21"/>
       <c r="AT12" s="21"/>
     </row>
     <row r="13" spans="1:47" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="Y4:AA4"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="AD4:AH4"/>
+    <mergeCell ref="AI4:AM4"/>
     <mergeCell ref="AP4:AS4"/>
     <mergeCell ref="R4:U4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="F4:N4"/>
     <mergeCell ref="O4:Q4"/>
-    <mergeCell ref="A1:G1"/>
-[...396 lines deleted...]
-    <mergeCell ref="Z1:AA1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013447A4A084B824EB3E3AFA2CAACE4CE" ma:contentTypeVersion="18" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="fd80724b89f7079583cfff5317a165fd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="476b5948-f25b-48f5-9dd6-4380828dcbfa" xmlns:ns3="da00e8b1-4712-4f0d-8196-1dcdaceb680f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85bb0338f26d28e061a71b46d7510e12" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013447A4A084B824EB3E3AFA2CAACE4CE" ma:contentTypeVersion="18" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="a94995eefb9df7668d7d6dd9a7393e8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="476b5948-f25b-48f5-9dd6-4380828dcbfa" xmlns:ns3="da00e8b1-4712-4f0d-8196-1dcdaceb680f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10db71297a30c5f5c909feb22c56b704" ns2:_="" ns3:_="">
     <xsd:import namespace="476b5948-f25b-48f5-9dd6-4380828dcbfa"/>
     <xsd:import namespace="da00e8b1-4712-4f0d-8196-1dcdaceb680f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2634,132 +2001,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="476b5948-f25b-48f5-9dd6-4380828dcbfa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="da00e8b1-4712-4f0d-8196-1dcdaceb680f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{938818C9-7C0C-4C75-9BAC-1DE38AB0EEF4}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF90C96B-D431-4DED-821D-46DE2FBC29B0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8877ECF-164C-4424-8972-946C67245158}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9780FDB-BAD5-405E-A8E4-C82F87A01D8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="da00e8b1-4712-4f0d-8196-1dcdaceb680f"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9780FDB-BAD5-405E-A8E4-C82F87A01D8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8877ECF-164C-4424-8972-946C67245158}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="476b5948-f25b-48f5-9dd6-4380828dcbfa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="da00e8b1-4712-4f0d-8196-1dcdaceb680f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Rector</vt:lpstr>
-      <vt:lpstr>Gerent</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>francisco javier lafuente sancho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>